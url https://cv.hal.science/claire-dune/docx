--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -363,1046 +363,1046 @@
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-05134851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IMU-based Monitoring of Buoy-Ballast System through Cable Dynamics Simulation</w:t>
+                <w:t xml:space="preserve">SUCRe: Leveraging Scene Structure for Underwater Color Restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Peraud</w:t>
+                <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Filliung</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cédric Anthierens</w:t>
+                <w:t xml:space="preserve">Ricard Marxer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Boizot</w:t>
+                <w:t xml:space="preserve">Aurélien Arnaubec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ferrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Conference on 3D Vision (3DV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Davos, Switzerland. pp.1488-1497, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/3DV62453.2024.00148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756297v1</w:t>
+                <w:t xml:space="preserve">hal-04613193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SUCRe: Leveraging Scene Structure for Underwater Color Restoration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les câbles en robotique sous-marine. Faut-il couper le cordon ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on 3D Vision (3DV)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Rendez vous mer et drones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pole mer mediterrannée, Dec 2024, Les Arcs sur Argens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613193v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les câbles en robotique sous-marine. Faut-il couper le cordon ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Augmented Catenary Model for Underwater Tethered Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Filliung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Drupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Rendez vous mer et drones</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Yokohama, Japan. pp.6051 - 6057, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRA57147.2024.10611132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04833504v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Augmented Catenary Model for Underwater Tethered Robots</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">IMU-based Monitoring of Buoy-Ballast System through Cable Dynamics Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Peraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Filliung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charly Peraud</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Anthierens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Abu Dhabi, United Arab Emirates</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICRA57147.2024.10611132⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04459364v1</w:t>
+                <w:t xml:space="preserve">hal-04756297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualitative evaluation of state-of-the-art DSO and ORB-SLAM-based monocular visual SLAM algorithms for underwater applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliette Drupt</w:t>
+                <w:t xml:space="preserve">Skeleton-based Visual Recognition of Diver's Gesture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Ghader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew I. Comport</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Limerick, Jun 2023, Limerick, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116537v1</w:t>
+                <w:t xml:space="preserve">hal-04116540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divers gesture recognition from upper limb tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Ghader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19éme colloque ORASIS (journées francophones des jeunes chercheurs en vision par ordinateur )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thanh Phuong Nguyen; Yassine Zniyed; Nadège Thirion-Moreau; Sandra Senisar; Eric Moreau; Thanh Tuan Nguyen, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04108621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeleton-based Visual Recognition of Diver's Gesture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bilal Ghader</w:t>
+                <w:t xml:space="preserve">Long-term visual localization in deep-sea underwater environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Arnaubec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricard Marxer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ferrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCEANS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Limerick, Jun 2023, Limerick, France</w:t>
+              <w:t xml:space="preserve">ORASIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Thanh Phuong Nguyen, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116540v1</w:t>
+                <w:t xml:space="preserve">hal-04108737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term visual localization in deep-sea underwater environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
+                <w:t xml:space="preserve">Estimation de forme de câble pesant pour la localisation de robots sous-marins encordés : comparaison d'une approche visuelle à une nouvelle approche inertielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Drupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew I Comport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORASIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Thanh Phuong Nguyen, May 2023, Carqueiranne, France</w:t>
+              <w:t xml:space="preserve">, Thanh Phuong Nguyen; Laboratoire LIS, May 2023, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04108737v1</w:t>
+                <w:t xml:space="preserve">hal-04108624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de forme de câble pesant pour la localisation de robots sous-marins encordés : comparaison d'une approche visuelle à une nouvelle approche inertielle</w:t>
+                <w:t xml:space="preserve">Qualitative evaluation of state-of-the-art DSO and ORB-SLAM-based monocular visual SLAM algorithms for underwater applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Drupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew I Comport</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew I. Comport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORASIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Thanh Phuong Nguyen; Laboratoire LIS, May 2023, Carqueiranne, France</w:t>
+              <w:t xml:space="preserve">OCEANS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Limerick, Jun 2023, Limerick, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04108624v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04116537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inertial-Measurement-Based Catenary Shape Estimation of Underwater Cables for Tethered Robots</w:t>
               </w:r>
@@ -1617,77 +1617,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning for Underwater Gesture Identification From Airbone Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Ghader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Watelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2013,282 +2013,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01657118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pose Error Correction For Visual Features Prediction</w:t>
+                <w:t xml:space="preserve">A new application of smart walker for quantitative analysis of human walking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Cazy</w:t>
+                <w:t xml:space="preserve">Ting Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Brice Wieber</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Merlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
+                <w:t xml:space="preserve">Philippe Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Chaumette</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Sacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'14</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Second Workshop on Assistive Computer Vision and Robotics (ACVR'14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, zuric, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01010772v1</w:t>
+                <w:t xml:space="preserve">hal-01092987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new application of smart walker for quantitative analysis of human walking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pose Error Correction For Visual Features Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ting Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Dune</w:t>
+                <w:t xml:space="preserve">Pierre-Brice Wieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Merlet</w:t>
+                <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gorce</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Chaumette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Second Workshop on Assistive Computer Vision and Robotics (ACVR'14)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Chicago, United States. pp.791-796, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2014.6942649⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01092987v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feet and legs tracking using a smart rollator equipped with a Kinect</w:t>
               </w:r>
@@ -2300,51 +2300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2408,51 +2408,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Gorce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Merlet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IROS 2012 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Vilamoura, Portugal. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2529,51 +2529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Stasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Brice Wieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IROS Workshop on Visual Control of Mobile Robots (ViCoMoR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, San Francisco, California,, United States. pp.19-26</w:t>
@@ -2641,51 +2641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Herdt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Stasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Brice Wieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kazuhito Yokoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2894,243 +2894,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00436758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vision-based grasping of unknown objects to improve disabled people autonomy.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Dune</w:t>
+                <w:t xml:space="preserve">Active rough shape estimation of unknown objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Remazeilles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Marchand</w:t>
+                <w:t xml:space="preserve">E. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Leroux</w:t>
+                <w:t xml:space="preserve">Christophe Collewet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics: Science and Systems Manipulation Workshop: Intelligence in Human Environments.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Zurich, Switzerland, France</w:t>
+              <w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nice, France, France. pp.3622-3627</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00351863v1</w:t>
+                <w:t xml:space="preserve">inria-00351864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active rough shape estimation of unknown objects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Marchand</w:t>
+                <w:t xml:space="preserve">Vision-based grasping of unknown objects to improve disabled people autonomy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Collewet</w:t>
+                <w:t xml:space="preserve">A. Remazeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Leroux</w:t>
+                <w:t xml:space="preserve">Christophe Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ Int. Conf. on Intelligent Robots and Systems, IROS'08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Nice, France, France. pp.3622-3627</w:t>
+              <w:t xml:space="preserve">Robotics: Science and Systems Manipulation Workshop: Intelligence in Human Environments.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Zurich, Switzerland, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00351864v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00351863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One Click Focus with Eye-in-hand/Eye-to-hand Cooperation</w:t>
               </w:r>
@@ -3142,51 +3142,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Int. Conf. on Robotics and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Roma, Italia, Italy. pp.2471-2476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3224,1933 +3224,1933 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intuitive human interactive with an arm robot for severely handicapped people - A one click approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Int. Conf. on Rehabilitation Robotics, ICORR'2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Noordwijk, Netherlands. pp.582-589</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00350648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Underwater robotics research at Cosmer lab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Symbolic Regression for Dynamic Tether Modeling in Underwater Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Ether Deowan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Filliung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IEEE IROS Workshop on Managing deformation: A step towards higher robot autonomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihong Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cherubini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro-Alarcon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ROV localization using ballasted umbilical equipped with IMUs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Viel</w:t>
+                <w:t xml:space="preserve">Retrieval of benthic habitat abundance and bathymetry from hyperspectral data (DESIS) in shallow waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Minghelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malik Chami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manchun Lei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JOE.2024.3467448⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (4), pp.1467-1486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2025.2455009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04350174v2</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04924211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieval of benthic habitat abundance and bathymetry from hyperspectral data (DESIS) in shallow waters</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Manchun Lei</w:t>
+                <w:t xml:space="preserve">ROV localization using ballasted umbilical equipped with IMUs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Drupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01431161.2025.2455009⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JOE.2024.3467448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04924211v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350174v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAM3SLAM: Towards underwater robust multi-agent visual SLAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Drupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Comport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 302, pp.117643. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2024.117643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392461v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ROV localization based on umbilical angle measurement</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Drupt</w:t>
+                <w:t xml:space="preserve">Eiffel Tower: A Deep-Sea Underwater Dataset for Long-Term Visual Localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ferrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Arnaubec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricard Marxer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.113570⟩</w:t>
+              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/02783649231177322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875151v2</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eiffel Tower: A Deep-Sea Underwater Dataset for Long-Term Visual Localization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
+                <w:t xml:space="preserve">ROV localization based on umbilical angle measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Viel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Drupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/02783649231177322⟩</w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 269, pp.113570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2022.113570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04089339v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875151v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic Parameters Estimation Using Varying Forces and Numerical Integration Fitting Method</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Richier</w:t>
+                <w:t xml:space="preserve">Editorial: Robotic Handling of Deformable Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihong Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youcef Mezouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Antonio Corrales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 7 (4), pp.11713-11719. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3205126⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 7 (3), pp.8257-8259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3185539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03875312v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homography-Based Loss Function for Camera Pose Regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentin Boittiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricard Marxer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Arnaubec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 7 (3), pp.6242-6249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LRA.2022.3168329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03654445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Robotic Handling of Deformable Objects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Challenges and Outlook in Robotic Manipulation of Deformable Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihong Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cherubini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juan Antonio Corrales</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro-Alarcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farshid Alambeigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3185539⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (3), pp.67-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MRA.2022.3147415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03846762v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03483491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges and Outlook in Robotic Manipulation of Deformable Objects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrea Cherubini</w:t>
+                <w:t xml:space="preserve">Hydrodynamic Parameters Estimation Using Varying Forces and Numerical Integration Fitting Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gartner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Richier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MRA.2022.3147415⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.11713-11719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3205126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03483491v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03875312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Perception and Augmented Reality Developments in Underwater Robotics for Ocean Sciences</w:t>
+                <w:t xml:space="preserve">Catenary-based visual servoing for tether shape control between underwater vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Laranjeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jan Opderbecke</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hugel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Robotics Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s43154-020-00014-5⟩</w:t>
+              <w:t xml:space="preserve">Ocean Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 200, pp.107018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2020.107018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02980249v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catenary-based visual servoing for tether shape control between underwater vehicles</w:t>
+                <w:t xml:space="preserve">3D Perception and Augmented Reality Developments in Underwater Robotics for Ocean Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus Laranjeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Arnaubec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Brignone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hugel</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Opderbecke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceaneng.2020.107018⟩</w:t>
+              <w:t xml:space="preserve">Current Robotics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (3), pp.123-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s43154-020-00014-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02477150v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vision-guided motion primitives for humanoid reactive walking: decoupled vs. coupled approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Stasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Hayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 34 (4-5), pp.402-419. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0278364914550891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0278364914550891⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01113499v1</w:t>
-              </w:r>
-[...294 lines deleted...]
-                <w:t xml:space="preserve">hal-02980281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5408,51 +5408,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05495947v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Drupt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Comport" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05134851v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Anthierens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756297v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Peraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Filliung" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boizot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613193v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentin Boittiaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Marxer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Arnaubec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ferrera" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DV62453.2024.00148" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833504v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459364v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA57147.2024.10611132" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116537v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108621v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Ghader" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116540v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108737v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108624v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I Comport" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841236v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sellier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841238v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274321v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350067v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Laranjeira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867548" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657118v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010772v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Brice Wieber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Robuffo Giordano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942649" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092987v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sacco" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921273v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Joly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723818v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gorce" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427750v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Herdt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marchand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Stasse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00567664v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhito Yokoi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5649126" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404646v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nadeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dune" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436758v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nadeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351863v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Remazeilles" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351864v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marchand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collewet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leroux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00160956v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00350648v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350174v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2024.3467448" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2025.2455009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392461v4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Comport" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.117643" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875151v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.113570" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089339v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649231177322" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875312v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gartner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Richier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3205126" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654445v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3168329" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846762v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihong Zhu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mezouar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Corrales" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3185539" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483491v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro-Alarcon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Alambeigi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2022.3147415" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980249v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Brignone" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Opderbecke" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-020-00014-5" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477150v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2020.107018" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113499v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Garcia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Hayet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Esteves" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364914550891" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234077v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Ether Deowan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905090v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980281v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00844919v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05495947v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Drupt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Comport" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hugel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-05134851v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Creuze" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Seillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Anthierens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613193v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentin Boittiaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Marxer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Arnaubec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ferrera" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DV62453.2024.00148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833504v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459364v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Filliung" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Peraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boizot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA57147.2024.10611132" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756297v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116540v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Ghader" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Watelain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108621v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108737v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108624v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I Comport" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116537v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841236v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sellier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841238v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274321v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350067v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Laranjeira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867548" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657118v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092987v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sacco" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010772v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cazy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Brice Wieber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Robuffo Giordano" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921273v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Joly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723818v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gorce" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427750v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Herdt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marchand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Stasse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00567664v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhito Yokoi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5649126" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00404646v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nadeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dune" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00436758v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nadeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351864v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Marchand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collewet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leroux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00351863v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Remazeilles" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Leroux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00160956v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00350648v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905090v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234077v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Ether Deowan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980281v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihong Zhu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cherubini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro-Alarcon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924211v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manchun Lei" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2025.2455009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350174v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2024.3467448" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392461v4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Comport" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2024.117643" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089339v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649231177322" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875151v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2022.113570" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846762v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mezouar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Corrales" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3185539" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654445v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3168329" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Alambeigi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2022.3147415" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875312v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gartner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Richier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3205126" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477150v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2020.107018" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02980249v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Brignone" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Opderbecke" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43154-020-00014-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01113499v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Garcia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Hayet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Esteves" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364914550891" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00844919v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>