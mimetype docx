--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -206,165 +206,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative environmental law: methodological challenges and ontological perspectives</w:t>
+                <w:t xml:space="preserve">Réflexions autour du statut juridique de l’animal : l’exemple de la Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hitotsubashi Journal of Law and Politics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026</w:t>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05369890v1</w:t>
+                <w:t xml:space="preserve">hal-05506288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions autour du statut juridique de l’animal : l’exemple de la Nouvelle-Calédonie</w:t>
+                <w:t xml:space="preserve">Comparative environmental law: methodological challenges and ontological perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">Hitotsubashi Journal of Law and Politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506288v1</w:t>
+                <w:t xml:space="preserve">hal-05369890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental Law in the Loyalty Islands: Questioning the Success of Legal Crossbreeding</w:t>
               </w:r>
@@ -491,286 +491,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between risk and complexity, European water protection law issues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réflexion sur la valeur constitutionnelle de la protection de l’environnement : un droit fondamental comparable en France et en Grèce ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue méditerranéenne de droit public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Études franco-grecques de droit public, VII</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02503564v1</w:t>
+                <w:t xml:space="preserve">hal-02968236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexion sur la valeur constitutionnelle de la protection de l’environnement : un droit fondamental comparable en France et en Grèce ?</w:t>
+                <w:t xml:space="preserve">Être ou ne pas être une grande région : les outils sont-ils à la hauteur des ambitions ? Éclairages de droit comparé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue méditerranéenne de droit public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Études franco-grecques de droit public, VII</w:t>
+              <w:t xml:space="preserve">Journal du droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, chronique administrative 05 ; Art. 135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968236v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être ou ne pas être une grande région : les outils sont-ils à la hauteur des ambitions ? Éclairages de droit comparé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Between risk and complexity, European water protection law issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Mazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal du droit administratif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal international de bioéthique et d'éthique des sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (2), pp.69-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jib.282.0069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04071075v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02503564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responsabilité, recherche en nanosciences et production de nanomatériaux. Perspectives de droit comparé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Mazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -990,51 +990,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Veritas occultum revelat » Réflexions autour d'un acte d'ingérence contemporaine</w:t>
+                <w:t xml:space="preserve">« Veritas occultum revelat » Reflections on an Act of Contemporary Interference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1052,151 +1052,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Environmental Law and Ontological Pluralism: A Caledonian Case Study</w:t>
+                <w:t xml:space="preserve">Révolutionnaire ? Une mise en contexte de l'Avis consultatif de la Cour internationale de justice rendu le 23 juillet 2025 sur les obligations des Etats en matière de changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05265941v1</w:t>
+                <w:t xml:space="preserve">hal-05200755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révolutionnaire ? Une mise en contexte de l'Avis consultatif de la Cour internationale de justice rendu le 23 juillet 2025 sur les obligations des Etats en matière de changement climatique</w:t>
+                <w:t xml:space="preserve">Comparative Environmental Law and Ontological Pluralism: A Caledonian Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05200755v1</w:t>
+                <w:t xml:space="preserve">hal-05265941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire du contenu multimodal pour enseigner le droit constitutionnel en distanciel - Retour d'expérience</w:t>
               </w:r>
@@ -1238,151 +1238,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Silver economy&amp;lt;/i&amp;gt;, robotique et droit - Comparaison franco-japonaise</w:t>
+                <w:t xml:space="preserve">European Union and Chinese environmental protection - Some comparative elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03147937v1</w:t>
+                <w:t xml:space="preserve">hal-03429322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">European Union and Chinese environmental protection - Some comparative elements</w:t>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Silver economy&amp;lt;/i&amp;gt;, robotique et droit - Comparaison franco-japonaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03429322v1</w:t>
+                <w:t xml:space="preserve">hal-03147937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La protection de l'environnement constitutionnalisée - Éclairages comparatifs franco-helléniques</w:t>
               </w:r>
@@ -1443,51 +1443,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European water protection - Some legal issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Mazeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1497,1321 +1497,1321 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions autour du statut juridique de l’animal : l’exemple de la Nouvelle-Calédonie</w:t>
+                <w:t xml:space="preserve">Perspectives juridiques de Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L.G.D.J. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'animal domestique et le droit, le cas de la Polynésie française</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Les droits de l’Homme à l’épreuve : controverses autour de l’universel et discussions comparées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05369893v1</w:t>
+                <w:t xml:space="preserve">hal-05369889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Law Methods: a new perspective?</w:t>
+                <w:t xml:space="preserve">Des concepts et des ontologies : L’exemple du diptyque « Environnement-Nature » en France et au Japon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumiko Nakanishi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the Faculty of Law</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Langue(s) et droit(s), enjeux et paradoxes en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05369896v1</w:t>
+                <w:t xml:space="preserve">hal-05369887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The environmental code of the Loyalty Islands: an example of successful legal crossbreeding?</w:t>
+                <w:t xml:space="preserve">Le cas de l'Asie : variation sur le thème des Asian Values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Lageot; Jean-Jacques Sueur. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale et pluridisciplinaire de clôture du Projet « FALAH (Agriculture Familiale, Mode de vie et Santé) »</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05369897v1</w:t>
+              <w:t xml:space="preserve">Culture(s) et liberté(s) : Des sols pour un droit comparé des libertés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, pp.41-49, 2023, Collection de la Faculté de droit et des sciences sociales. Actes &amp; colloques, 978-2-38194-019-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’adaptation des politiques sociales au Japon et en France face aux crises climatiques</w:t>
+                <w:t xml:space="preserve">Lapplication de la méthode des cas aux pays d'Asie : quelques défis issus du droit de l'environnement chinois, japonais et singapourien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Lageot; Jean-Jacques Sueur. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international : Les systèmes de protection sociale face aux crises. Regards croisés franco-Japonais</w:t>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">L'analyse par cas : une méthode pour le droit comparé des libertés ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...601 lines deleted...]
-                <w:t xml:space="preserve">hal-02952212v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires juridiques de Poitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.115-124, 2021, Collection de la Faculté de droit et des sciences sociales. Actes &amp; colloques, 978-2-38194-003-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives juridiques de Chine</w:t>
+                <w:t xml:space="preserve">The environmental code of the Loyalty Islands: an example of successful legal crossbreeding?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les droits de l’Homme à l’épreuve : controverses autour de l’universel et discussions comparées</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05369889v1</w:t>
+              <w:t xml:space="preserve">Conférence internationale et pluridisciplinaire de clôture du Projet « FALAH (Agriculture Familiale, Mode de vie et Santé) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pr Jean-Marie Fosting, Olivier Galy, Mar 2025, Nouméa (Nouvelle-Calédonie), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05369897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des concepts et des ontologies : L’exemple du diptyque « Environnement-Nature » en France et au Japon</w:t>
+                <w:t xml:space="preserve">Comparative Law Methods: a new perspective?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langue(s) et droit(s), enjeux et paradoxes en France</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05369887v1</w:t>
+              <w:t xml:space="preserve">International Conference of the Faculty of Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Yumiko Nakanishi, May 2025, Tokyo (Japan), Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05369896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cas de l'Asie : variation sur le thème des Asian Values</w:t>
+                <w:t xml:space="preserve">Réflexions autour du statut juridique de l’animal : l’exemple de la Nouvelle-Calédonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture(s) et liberté(s) : Des sols pour un droit comparé des libertés</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04085407v1</w:t>
+              <w:t xml:space="preserve">L'animal domestique et le droit, le cas de la Polynésie française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laure Bélanger, Amanda Dubuis, Sandrine Sana, Sep 2025, Papeete, Polynésie Française, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05369893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lapplication de la méthode des cas aux pays d'Asie : quelques défis issus du droit de l'environnement chinois, japonais et singapourien</w:t>
+                <w:t xml:space="preserve">L’adaptation des politiques sociales au Japon et en France face aux crises climatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Joachim</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumiko Nakanishi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'analyse par cas : une méthode pour le droit comparé des libertés ?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque international : Les systèmes de protection sociale face aux crises. Regards croisés franco-Japonais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers; Faculté de droit et de sciences sociales [Université de Poitiers]; Institut de droit public (IDP) [Université de Poitiers]; Nihon Europa : Réseau de juristes français et japonais; Région Nouvelle Aquitaine; Grand-Poitiers; Institut de recherche juridique interdisciplinaire François-Rabelais (IRJI François-Rabelais) [Université de Tours], Sep 2023, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'escamotage de la procédure législative en Asie ? L'exemple de la République populaire de Chine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Le Parlement escamoté ? Entre détournement et contournement de la procédure législative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Droit Public (IDP) [Université de Poitiers], Dec 2022, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La performance environnementale appliquée à la gestion de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude « La performance environnementale : nouveau paradigme des politiques agricoles ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études et de coopération juridique interdisciplinaire (CECOJI) [Université de Poitiers]; Institut de Droit rural [Université de Poitiers], Mar 2022, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ressource en eau : origines et mises en perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Eau(x) au sein de l'Union européenne : Eau(x) et Outre-mer »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’Études et de Recherches Comparatives sur les Constitutions, les Libertés et l’État (CERCCLE) [Université de Bordeaux]; Centre de recherche et de documentation européennes et internationales (CRDEI) [Université de Bordeaux], Nov 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éclairages de droit comparé franco-japonais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rendez-vous du droit de la santé, 2e édition : COVID-19 et droit de la santé – Regards croisés franco-japonais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amanda Dubuis; Centre de recherches juridiques de l’Université de Franche-Comté (CRJFC), Mar 2022, Belfort, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Considering legal, cultural and ecological diversity to strengthen the law: some indicators from comparative environmental law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Environmental Law Conference « Power of Law: Addressing Global Environmental Challenges »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Oslo; Union Internationale pour la Conservation de la Nature (UICN); World Commission on Environmental Law (WCEL), Oct 2022, Oslo, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European and Chinese environmental protection laws: a convergence? Some issues about legal cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th Global Younger Comparativists Committee Conference, American Society of Comparative Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université McGill, May 2019, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’arbre en droit chinois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CECOJI (EA7353), Université de Poitiers, Jan 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur l’articulation des normes en droits chinois, américain et européen : l’exemple des normes d’émission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quel droit pour les changements climatiques ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Droit et changement climatique - Université Panthéon Sorbonne, Mar 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-03703780v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Water protection law complexity in European Union : a case analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Joachim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flinders University Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Adelaïde, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3093,51 +3093,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3EDC6D02"/>
+    <w:nsid w:val="BDD8535F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3324,51 +3324,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claire-joachim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-8232-2340" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/187469350" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369890v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Joachim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506288v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090510v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/1548-6605/2022.08.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02503564v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Mazeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jib.282.0069" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968236v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071075v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02503598v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071201v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.103.0685" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.1668" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524557v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265941v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200755v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428781v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147937v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429322v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369893v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369896v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369897v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464779v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumiko Nakanishi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464774v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464776v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464764v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464765v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464777v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952197v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952231v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953454v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952212v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369889v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369887v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085407v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703780v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/l-analyse-par-cas-une-methode-pour-le-droit-compare-des-libertes-9782381940038.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777430v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-protection_de_la_qualite_des_eaux_douces_au_canada_et_dans_l_union_europeenne_le_partage_des_competences_claire_joachim-9782343109749-61312.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02947852v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claire-joachim" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-8232-2340" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/187469350" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506288v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Joachim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369890v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369888v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090510v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17265/1548-6605/2022.08.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968236v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071075v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02503564v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Mazeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jib.282.0069" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02503598v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071201v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfdc.103.0685" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mimmoc.1668" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524557v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200755v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265941v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428781v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429322v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147937v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968220v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369889v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369887v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumiko Nakanishi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085407v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/l-analyse-par-cas-une-methode-pour-le-droit-compare-des-libertes-9782381940038.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369897v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369896v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369893v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464764v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464774v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464776v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464765v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952231v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953454v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952212v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777430v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-protection_de_la_qualite_des_eaux_douces_au_canada_et_dans_l_union_europeenne_le_partage_des_competences_claire_joachim-9782343109749-61312.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02947852v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>