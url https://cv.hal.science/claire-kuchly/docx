--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1042,299 +1042,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Eché</w:t>
+                <w:t xml:space="preserve">Comparison of two molecular barcodes for the study of equine strongylid communities with amplicon sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Courtot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Iampietro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Birbes</w:t>
+                <w:t xml:space="preserve">Michel Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreea Dréau</w:t>
+                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Serreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Kuchly</w:t>
+                <w:t xml:space="preserve">Amandine Gesbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (1), pp.369. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.e15124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-023-02249-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.15124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04122201v1</w:t>
+                <w:t xml:space="preserve">hal-04078317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two molecular barcodes for the study of equine strongylid communities with amplicon sequencing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Élise Courtot</w:t>
+                <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Boisseau</w:t>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Serreau</w:t>
+                <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Gesbert</w:t>
+                <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, pp.e15124. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (1), pp.369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.15124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02249-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04078317v1</w:t>
+                <w:t xml:space="preserve">hal-04122201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A supernumerary “B-sex” chromosome drives male sex determination in the Pachón cavefish, Astyanax mexicanus</w:t>
               </w:r>
@@ -1448,295 +1448,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintaining Two Mating Types: Structure of the Mating Type Locus and Its Role in Heterokaryosis in Podospora anserina</w:t>
+                <w:t xml:space="preserve">Genome-wide Translational Changes Induced by the Prion [PSI+]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Grognet</w:t>
+                <w:t xml:space="preserve">Agnès Baudin-Baillieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Bidard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Rachel Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Chan Ho Tong</w:t>
+                <w:t xml:space="preserve">Isabelle Hatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Coppin</w:t>
+                <w:t xml:space="preserve">Stéphane Demais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 197 (1), pp.421-432. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (2), pp.439-448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/genetics.113.159988⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.06.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153569v1</w:t>
+                <w:t xml:space="preserve">hal-04617983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide Translational Changes Induced by the Prion [PSI+]</w:t>
+                <w:t xml:space="preserve">Maintaining Two Mating Types: Structure of the Mating Type Locus and Its Role in Heterokaryosis in Podospora anserina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Baudin-Baillieu</w:t>
+                <w:t xml:space="preserve">Pierre Grognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Legendre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Frédérique Bidard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Hatin</w:t>
+                <w:t xml:space="preserve">Laetitia Chan Ho Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Demais</w:t>
+                <w:t xml:space="preserve">Evelyne Coppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8 (2), pp.439-448. </w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 197 (1), pp.421-432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2014.06.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1534/genetics.113.159988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617983v1</w:t>
+                <w:t xml:space="preserve">hal-03153569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of non-coding RNA in bacteria and archaea using the DETR'PROK Galaxy pipeline</w:t>
               </w:r>
@@ -1748,51 +1748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Toffano-Nioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yufei Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2026,90 +2026,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bos taurus sequencing methods benchmark for assembly, haplotyping, and variant calling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Genome San Diego 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, San Diego, United States. 10, 2024</w:t>
@@ -2177,51 +2177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Marcuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2315,51 +2315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Suin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale France Génomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
@@ -2388,51 +2388,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural variants detection and de novo genome assembly of a maize line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2440,51 +2440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Di Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant &amp; Animal Genome Conference (PAG) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, United States</w:t>
@@ -2513,51 +2513,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary results from Nanopore Q20+ sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Sabban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2763,51 +2763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De novo assembling 19 maize inbred lines of the European germplasm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2914,51 +2914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Di Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3039,77 +3039,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dréau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMRT Leiden 2021 – Young Investigator Virtual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, virtuel, Netherlands</w:t>
@@ -3138,51 +3138,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Long Read project to find optimal technologic combinations for genome assembly and variability, epigenetic marks detection and metagenomic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3308,90 +3308,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the Bos taurus Genome Assembly using New Sequencing Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Birbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Dreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Kuchly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discoveries Roadshow 2023 - PacBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PacBio, May 2023, Paris, France</w:t>
@@ -3420,64 +3420,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic stability of the cyathostomin – gut microbiota interactions in horses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3590,90 +3590,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the nemabiome approach for the study of equine strongylid communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Courtot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Dhorne-Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Serreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gesbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3868,51 +3868,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05197483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sall&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Courtot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.571" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maulana Mughitz Naji" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Di Franco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birbes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24477-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039144v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sabban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04769-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714371v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guintard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03384-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170739v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanlin Jourdain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.277787.123" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122201v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dr&#233;au" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02249-1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04078317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boisseau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dhorne-Pollet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.15124" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouanno" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.08.030" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03153569v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grognet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bidard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chan Ho Tong" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Coppin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.113.159988" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617983v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baudin-Baillieu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hatin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Demais" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.06.036" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648776v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Luo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wallon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Steinbach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2013.06.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638952v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432803v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432840v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marcuzzo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcuzzo Camille" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719401v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590746v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dreau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539396v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Birbes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Denis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541316v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541224v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096124v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735407v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bars" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courtot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767915v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05197483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sall&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Courtot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Serreau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.571" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268512v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grohs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Milhes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391915v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maulana Mughitz Naji" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Di Franco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Birbes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24477-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05039144v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my-F&#233;lix Serre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Sabban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-04769-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638789v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Kuhl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Euclide" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zahm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01935-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714371v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Besnard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Guintard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guzylack-Piriou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03384-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170739v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanlin Jourdain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harmonie Barasc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Calgaro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.277787.123" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04078317v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Boisseau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dhorne-Pollet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.15124" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04122201v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dr&#233;au" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kuchly" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02249-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boudjema Imarazene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kang Du" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beille" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouanno" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.08.030" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617983v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Baudin-Baillieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hatin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Demais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2014.06.036" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03153569v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grognet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bidard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chan Ho Tong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Coppin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.113.159988" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648776v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toffano-Nioche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufei Luo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wallon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Steinbach" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2013.06.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04638952v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432803v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432840v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Suin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marcuzzo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590691v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcuzzo Camille" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719401v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Darnige" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590746v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Dreau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539396v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Birbes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Denis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541316v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541224v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947690v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096124v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735407v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bars" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courtot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03767915v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>