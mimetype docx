--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -66,825 +66,832 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the Hurst exponent of noisy or blurred fractal textures. Application to computer-aided mammogram analysis</w:t>
+                <w:t xml:space="preserve">Gaussian Random fields and monogenic images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Pascal</w:t>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lacaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 80, pp.101814</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05271258v1</w:t>
+                <w:t xml:space="preserve">hal-04659825v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaussian Random fields and monogenic images</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measuring uncertainty in human visual segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mamassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Coen-Cagli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (9), pp.e1011483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Carré</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-04659825v2</w:t>
+                <w:t xml:space="preserve">hal-05362474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weighted tensorized fractional Brownian textures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring uncertainty in human visual segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mamassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Esser</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Ruben Coen-Cagli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (9), pp.e1011483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011483⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exact Sampling of Determinantal Point Processes without Eigendecomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">hal-04611899v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galerne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Desolneux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57 (4), pp.1198-1221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jpr.2020.56⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01710266v6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determinantal point processes for image processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Desolneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galerne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Journal on Imaging Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (1), pp.304-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/20M1327306⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611259v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring uncertainty in human visual segmentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Estimation of the Hurst exponent of noisy or blurred fractal textures. Application to computer-aided mammogram analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-05362474v1</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05271258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring uncertainty in human visual segmentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Weighted tensorized fractional Brownian textures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Esser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...115 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Loosveldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vedel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Desolneux</w:t>
-[...145 lines deleted...]
-                <w:t xml:space="preserve">hal-02611259v2</w:t>
+                <w:t xml:space="preserve">hal-04611899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -902,90 +909,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de Textures : Champs Gaussiens Autosimilaires et Signal Monogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Biermé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hermine Biermé</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Lacaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXème Colloque GRETSI Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1042,51 +1049,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete determinantal point processes and their application to image processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Probability [math.PR]. Université Paris Cité, 2020. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020UNIP7034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1145,51 +1152,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinantal Patch Processes for Texture Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Leclaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1396,51 +1403,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271258v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pascal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Bierm&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659825v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04611899v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Esser" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loosveldt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vedel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362474v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vacher" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mamassian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Coen-Cagli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011483" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232972v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710266v6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galerne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desolneux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2020.56" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611259v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1327306" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067931v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03189384v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UNIP7034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088725v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leclaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659825v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Bierm&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lacaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Launay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362474v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vacher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mamassian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Coen-Cagli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011483" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232972v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710266v6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galerne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desolneux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jpr.2020.56" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611259v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/20M1327306" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271258v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pascal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04611899v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Esser" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loosveldt" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vedel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067931v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03189384v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UNIP7034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088725v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leclaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>