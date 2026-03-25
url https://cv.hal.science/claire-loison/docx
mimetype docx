--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -386,343 +386,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05211021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic view on the polarization-resolved S-SHG intensity of the vapor/liquid interface of pure water</w:t>
+                <w:t xml:space="preserve">FROG: exploiting all-atom Molecular Dynamics trajectories to calculate linear and non-linear optical responses of molecular liquids within Dalton's QM/MM polarizable embedding scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Loison</w:t>
+                <w:t xml:space="preserve">Oriane Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Vynck</w:t>
+                <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Benichou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Bonhomme</w:t>
+                <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 161 (15), pp.154712. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0231240⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 160 (19), pp.194103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0203424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756407v1</w:t>
+                <w:t xml:space="preserve">hal-04576047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FROG: exploiting all-atom Molecular Dynamics trajectories to calculate linear and non-linear optical responses of molecular liquids within Dalton's QM/MM polarizable embedding scheme</w:t>
+                <w:t xml:space="preserve">Microscopic view on the polarization-resolved S-SHG intensity of the vapor/liquid interface of pure water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriane Bonhomme</w:t>
+                <w:t xml:space="preserve">Kevin Vynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Benichou</w:t>
+                <w:t xml:space="preserve">E. Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Loison</w:t>
+                <w:t xml:space="preserve">O. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 160 (19), pp.194103. </w:t>
+              <w:t xml:space="preserve">, 2024, 161 (15), pp.154712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0203424⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0231240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04576047v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid Water: When Hyperpolarizability Fluctuations Boost and Reshape the Second Harmonic Scattering Intensities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (18), pp.4158-4163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -903,77 +903,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First hyperpolarizability of water in bulk liquid phase: long-range electrostatic effects included via the second hyperpolarizability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24 (32), pp.19463 - 19472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1154,51 +1154,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheology of sliding leaflets in coarse-grained DSPC lipid bilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Othmene Benazieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Thalmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1258,90 +1258,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First hyperpolarizability of water at the air–vapor interface: a QM/MM study questions standard experimental approximations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23 (43), pp.24932-24941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1522,51 +1522,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment to: “Martini straight: Boosting performance using a shorter cutoff and GPUs” by D.H. de Jong, S. Baoukina, H.I. Ingólfsson, and S.J. Marrink</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Physics Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 228, pp.146-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1773,51 +1773,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykhailo Girych</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matti Javanainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Melcr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1907,51 +1907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 31 (44), pp.12197-202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2247,369 +2247,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01160097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interleaflet sliding in Lipidic Bilayers under Shear Flow: Comparison of the Gel and Fluid Phases using Reversed Non-Equilibrium Molecular Dynamics Simulations.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale modeling of mycosubtilin lipopeptides at the air/water interface: structure and optical second harmonic generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerstin Falk</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fillot</w:t>
+                <w:t xml:space="preserve">Mehmet Nail Nasir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana-Maria Sfarghiu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Loison</w:t>
+                <w:t xml:space="preserve">Françoise Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Brevet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 16 (5), pp.2154-66. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3cp53238k⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 16 (5), pp.2136-2148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3cp53101e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00934316v1</w:t>
+                <w:t xml:space="preserve">hal-01142523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale modeling of mycosubtilin lipopeptides at the air/water interface: structure and optical second harmonic generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Interleaflet sliding in Lipidic Bilayers under Shear Flow: Comparison of the Gel and Fluid Phases using Reversed Non-Equilibrium Molecular Dynamics Simulations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Falk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Maria Sfarghiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Berthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-François Brevet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 16 (5), pp.2136-2148. </w:t>
+              <w:t xml:space="preserve">, 2014, 16 (5), pp.2154-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3cp53101e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c3cp53238k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01142523v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the tyrosine environment on the second harmonic generation of iturinic antimicrobial lipopeptides at the air-water interface.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet Nail Nasir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Russier-Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15 (45), pp.19919-24. </w:t>
@@ -2781,51 +2781,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microsolvation Effects on the Optical Properties of Crystal Violet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2985,51 +2985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeric Miclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Terrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luminita Duma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3132,51 +3132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo de Sa Peixoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Duboisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3253,64 +3253,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Duboisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Benichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3798,51 +3798,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371265v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gardr&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swen Helstroffer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thalmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charitat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211021v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fragneto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hemmerle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c01538" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756407v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Breton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loison" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benichou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bonhomme" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0231240" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576047v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bonhomme" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benichou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loison" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203424" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155453v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c00546" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265852v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Terrien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Rahgoshay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Renaglia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lensen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacquot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01242" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842643v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp00803c" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025433v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Henot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rioual" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Macek" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Crublet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35399-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmene Benazieb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.054802" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428115v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Brevet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02258J" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973275v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Benedetti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Fu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rubin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c03913" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309299v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2018.02.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Schindler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barnes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Renois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gray" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chambert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01179-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303912v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Catte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Girych" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Javanainen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Melcr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp04883h" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308161v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02786" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308166v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Favela-Rosales" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. J. Fuchs" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b04878" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Drink" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Aronssohn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Antoine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP01498K" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934316v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Falk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Sfarghiu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berthier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53238k" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142523v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Nail Nasir" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Besson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53101e" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917880v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Russier-Antoine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53098a" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Enjalbert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Racaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Redon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Menaf Ayhan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2099015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368134v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Broyer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guthmuller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800547" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N058MDGP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02057961v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Miclet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Terrien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Duma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brigaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/35EPS.2018.192" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00838897v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo de Sa Peixoto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duboisset" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hache" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.840873" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00838920v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5194760" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819347v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845893v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371265v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gardr&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swen Helstroffer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Thalmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charitat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0274252" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211021v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Fragneto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hemmerle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c01538" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576047v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Breton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Bonhomme" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benichou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loison" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203424" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756407v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loison" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vynck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benichou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bonhomme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0231240" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155453v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c00546" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265852v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Terrien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Rahgoshay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Renaglia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lensen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jacquot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01242" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842643v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp00803c" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025433v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Henot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rioual" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Macek" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Crublet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35399-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016981v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmene Benazieb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.054802" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428115v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Brevet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP02258J" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973275v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Benedetti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Fu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rubin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c03913" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309299v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2018.02.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673946v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Schindler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barnes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Renois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gray" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chambert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01179-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303912v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Catte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Girych" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Javanainen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Melcr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp04883h" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308161v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02786" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308166v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Favela-Rosales" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. J. Fuchs" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b04878" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Drink" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumont" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Aronssohn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Antoine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP01498K" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142523v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Nail Nasir" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Besson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53101e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934316v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Falk" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Sfarghiu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berthier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53238k" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917880v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Russier-Antoine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp53098a" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875784v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Enjalbert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Racaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lemoine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Redon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Menaf Ayhan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2099015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368134v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Broyer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guthmuller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200800547" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N058MDGP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-02057961v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Miclet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Terrien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Duma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brigaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17952/35EPS.2018.192" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00838897v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo de Sa Peixoto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duboisset" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hache" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.840873" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00838920v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5194760" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819347v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845893v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>