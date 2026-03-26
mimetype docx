--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -464,265 +464,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04491986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Custom-made macroporous bioceramic implants based on triply-periodic minimal surfaces for bone defects in load-bearing sites</w:t>
+                <w:t xml:space="preserve">Implementing a micromechanical model into a finite element code to simulate the mechanical and microstructural response of arteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Manassero</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniele Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2020.03.016⟩</w:t>
+              <w:t xml:space="preserve">Biomechanics and Modeling in Mechanobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (6), pp.2553-2566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10237-020-01355-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03031166v1</w:t>
+                <w:t xml:space="preserve">emse-04966589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing a micromechanical model into a finite element code to simulate the mechanical and microstructural response of arteries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Custom-made macroporous bioceramic implants based on triply-periodic minimal surfaces for bone defects in load-bearing sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Manassero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane El-Hafci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Bianchi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adeline Decambron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomechanics and Modeling in Mechanobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (6), pp.2553-2566. </w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 109, pp.254-266. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10237-020-01355-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2020.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04966589v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematics of collagen fibers in carotid arteries under tension-inflation loading</w:t>
               </w:r>
@@ -1260,391 +1260,391 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01671644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The concept of frozen elastic energy as a consequence of changes in microstructure morphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Witold Krasny</w:t>
+                <w:t xml:space="preserve">Time Integration and Assessment of a Model for Shape Memory Alloys Considering Multiaxial Nonproportional Loading Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Zaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Hellmich</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Moumni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2015.1069581⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54, pp.82-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01215204v1</w:t>
+                <w:t xml:space="preserve">hal-01137441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time Integration and Assessment of a Model for Shape Memory Alloys Considering Multiaxial Nonproportional Loading Cases</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The fiber reorientation problem revisited in the context of Eshelbian micromechanics: theory and computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Weihong Zhang</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Avril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Hellmich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 54, pp.82-99. </w:t>
+              <w:t xml:space="preserve">Proceedings in Applied Mathematics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.39-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2014.11.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pamm.201510011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01137441v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01251817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fiber reorientation problem revisited in the context of Eshelbian micromechanics: theory and computations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The concept of frozen elastic energy as a consequence of changes in microstructure morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Krasny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Avril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Magoariec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Hellmich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings in Applied Mathematics and Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (1), pp.39-42. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (S1), pp.1966-1967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pamm.201510011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2015.1069581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01251817v1</w:t>
+                <w:t xml:space="preserve">hal-01215204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse problems in the mechanical characterization of elastic arteries</w:t>
               </w:r>
@@ -1734,64 +1734,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of heat transfer on the thermomechanical behavior of shape memory alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wael Zaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review of Mechanical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 5 (2), pp.329-339</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2310,73 +2310,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CASE 2021 : 17th International Conference on Automation Science and Engineering</w:t>
+              <w:t xml:space="preserve">17th International Conference on Automation Science and Engineering (CASE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05176857v1</w:t>
+                <w:t xml:space="preserve">emse-03278598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supervised Classification with Short-Term Memory of Sleep Stages Using Cardio-Respiratory and Body Movement Variables</w:t>
               </w:r>
@@ -2435,73 +2435,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Automation Science and Engineering (CASE 2021)</w:t>
+              <w:t xml:space="preserve">CASE 2021 : 17th International Conference on Automation Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03278598v1</w:t>
+                <w:t xml:space="preserve">emse-05176857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sleep stages classification using cardio-respiratory variables</w:t>
               </w:r>
@@ -2606,286 +2606,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-05185141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep stages classification using cardio-respiratory variables</w:t>
+                <w:t xml:space="preserve">Analyse de la qualité du sommeil dans le cadre de la détection de fragilités cognitives au travers d'un lit connecté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Gasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul-Antoine Beaudet</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Baudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE 16th International Conference on Automation Science and Engineering (CASE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10ème conférence Francophone en Gestion et Ingénierie des Systèmes Hospitaliers, GISEH2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Valenciennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03128483v1</w:t>
+                <w:t xml:space="preserve">hal-03198071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la qualité du sommeil dans le cadre de la détection de fragilités cognitives au travers d'un lit connecté</w:t>
+                <w:t xml:space="preserve">Sleep stages classification using cardio-respiratory variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Gasmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul-Antoine Baudet</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Antoine Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème conférence Francophone en Gestion et Ingénierie des Systèmes Hospitaliers, GISEH2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 IEEE 16th International Conference on Automation Science and Engineering (CASE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Hong Kong, France. pp.1031-1036, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE48305.2020.9217045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03198071v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03128483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poro-micromechanics of materials with complex morphologies – a review, and recent results for concrete, bone, and paper</w:t>
               </w:r>
@@ -3617,103 +3617,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time Integration and Assessment of a Model for Shape Memory Alloys Considering Multiaxial Nonproportional Loading Cases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wael Zaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wael Zaki</w:t>
+                <w:t xml:space="preserve">Weihong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Moumni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2014 Conference on Smart Materials, Adaptive Structures and Intelligent Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Newport, United States. pp. V001T03A024; (5 p.), 2014, 978-0-7918-4614-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4019,51 +4019,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04953225v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Kumbolder" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scheiner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hellmich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105140" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Nejim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42600-022-00250-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491986v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cr&#233;pin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Montmartin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tardy-Poncet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-021-09752-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031166v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourguignon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane El-Hafci" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Decambron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2020.03.016" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966589v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bianchi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-020-01355-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671698v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Krasny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magoariec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Avril" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.08.014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004904v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201700360" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671719v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.04.033" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Vass" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671644v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blanchard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Malandrino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vella" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenka Sant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215204v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069581" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Gu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zaki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.11.005" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251817v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.201510011" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380409v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/mrs.2015.63" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838871v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04740431v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Gasmi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Augusto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Serpaggi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE56687.2023.10260617" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942808v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hilaire" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Moulin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCME55909.2022.9988255" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176649v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05176857v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Baudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03278598v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05185141v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Beaudet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03128483v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE48305.2020.9217045" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198071v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671733v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#246;nigsberger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Shahidi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Godinho" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444972v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/tel-05363580v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978203v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cavinato" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20182-1_5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405895v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.99934-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671668v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01108477v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/SMASIS2014-7599" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00608205v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04953225v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Kumbolder" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Scheiner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hellmich" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105140" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Nejim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42600-022-00250-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491986v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cr&#233;pin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Montmartin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tardy-Poncet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-021-09752-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04966589v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Bianchi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-020-01355-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031166v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Manassero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourguignon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane El-Hafci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Decambron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2020.03.016" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671698v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Krasny" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magoariec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Avril" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.08.014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004904v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zamm.201700360" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671719v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.04.033" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Vass" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671644v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Blanchard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Malandrino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vella" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdenka Sant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137441v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Gu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zaki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Moumni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2014.11.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251817v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.201510011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215204v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069581" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380409v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/mrs.2015.63" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00838871v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04740431v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Gasmi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Augusto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Serpaggi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE56687.2023.10260617" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942808v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hilaire" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Moulin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCME55909.2022.9988255" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176649v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03278598v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Baudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05176857v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05185141v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Beaudet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198071v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03128483v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE48305.2020.9217045" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671733v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus K&#246;nigsberger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Shahidi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Godinho" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444972v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/tel-05363580v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978203v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cavinato" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-20182-1_5" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405895v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-801238-3.99934-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671668v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01108477v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/SMASIS2014-7599" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00608205v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>