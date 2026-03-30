--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -431,973 +431,973 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02900740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normes scientifiques ou normes professionnelles, quels effets sur la production des connaissances ?</w:t>
+                <w:t xml:space="preserve">Introduction et conclusion du texte « Entre cadrage institutionnel et autonomie disciplinaire : exposition du travail de reprise des fiches RNCP »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude du master 2 recherche en sociologie</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Approche par compétences. Anatomie d’une réforme silencieuse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://ases.hypotheses.org/entre-cadrage-institutionnel-et-autonomie-disciplinaire-exposition-du-travail-de-reprise-des-fiches-rncp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05534080v1</w:t>
+                <w:t xml:space="preserve">hal-05534614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un dispositif pédagogique « innovant » : la fin des problèmes de l’université ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Edito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire ERCAE</w:t>
-[...63 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Approche par compétences. Anatomie d’une réforme silencieuse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://ases.hypotheses.org/bulletin-de-lases-juin-2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corine Eyraud</w:t>
-[...515 lines deleted...]
-                <w:t xml:space="preserve">hal-05534582v1</w:t>
+                <w:t xml:space="preserve">hal-05534603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction et conclusion du texte « Entre cadrage institutionnel et autonomie disciplinaire : exposition du travail de reprise des fiches RNCP »</w:t>
+                <w:t xml:space="preserve">Normes scientifiques ou normes professionnelles, quels effets sur la production des connaissances ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche par compétences. Anatomie d’une réforme silencieuse</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05534614v1</w:t>
+              <w:t xml:space="preserve">Journée d’étude du master 2 recherche en sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Master 2 recherche en sociologie (Université Lyon 2), Apr 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edito</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un dispositif pédagogique « innovant » : la fin des problèmes de l’université ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche par compétences. Anatomie d’une réforme silencieuse</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Séminaire ERCAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Équipe de Recherche Contextes et Acteurs de l’Éducation (ÉRCAÉ – EA7493), Nov 2024, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour critique sur le travail collectif de refonte des fiches RNCP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Jedlicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Guéraut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Tralongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journée d’étude de l’ASES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des sociologues enseignant.e.s du supérieur, Dec 2024, Centre des colloques, Aubervilliers, Campus Condorcet, France. https://ases.hypotheses.org/bulletin-de-lases-juin-2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La thèse, pendant et après. Retour sur deux expériences de doctorat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier méthodologique des doctorant.e.s du MEPS (Modes espaces et processus de socialisation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Modes espaces et processus de socialisation (MEPS), équipe du Centre Max Weber, Jan 2022, Université Louis Lumière Lyon 2, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse d'un dispositif d’hybridation des enseignements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Refaire collectif ! Retour à la fac après la pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des sociologues enseignants du supérieur (ASES); Association des enseignant·es et chercheur·es en science politique (AECSP), Mar 2022, Paris (Université Paris Diderot), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04654245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction des goûts sexuels pour les personnes de même sexe : analyse de trajectoires au prisme de différenciations de classe et de genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : Sexualité et classes sociales. Décloisonnement thématique et enjeux méthodologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Max Weber (UMR 5283); Université Lumière Lyon 2; MSH Lyon St-Étienne (UAR 2000); MSH Paris Nord (UAR 3258), Sep 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04654254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discontinuité pratique et continuité discursive : de la crise sanitaire comme révélateur et accélérateur des transformations de l’enseignement à l’Université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Tralongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association Française de Sociologie, RT46</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2021, Lyon (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations sexuelles comme moments socialisateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’Association Française de Sociologie, sessions croisée RT28-RT50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie, Aug 2019, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-05534603v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Retour sur la recherche de thèse en cours »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée transversale du Centre Max Weber</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Max Weber, Jun 2017, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1557,51 +1557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Kakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tralongo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-logos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1661,51 +1661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Kakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tralongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1778,51 +1778,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Kakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tralongo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2808,51 +2808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05515859v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piluso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900740v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lahire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denave" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534080v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534042v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534144v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Eyraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tralongo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534172v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lemaitre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654245v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534273v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534286v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534614v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534603v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04691335v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSE2027" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534808v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Kakpo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3286" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976084v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976067v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535835v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02410590v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Woollven" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183313v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975798v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabiere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01095908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine D&#233;trez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534178v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.octob.2014.02.0027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401973v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533984v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05515859v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Piluso" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900740v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lahire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Denave" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534614v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Eyraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jedlicki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534603v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534080v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534042v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534144v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Gu&#233;raut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tralongo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534172v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lemaitre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654245v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654254v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534286v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534582v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04691335v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LYSE2027" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534808v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Kakpo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.3286" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976084v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976067v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535835v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02410590v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Woollven" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183313v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabi&#232;re" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975798v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Henri-Panabiere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01095908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine D&#233;trez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534178v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/deps.octob.2014.02.0027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401973v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533984v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>