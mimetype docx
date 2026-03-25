--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -532,191 +532,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Faire la &amp;quot;Twitthistoire&amp;quot; des luttes sociales. Entretien avec Mathilde Larrère »</w:t>
+                <w:t xml:space="preserve">« Le gréviste, l’usager et le journaliste. Les grèves dans les journaux télévisés depuis les années 1960 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Larrère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 1 (34), pp.229-244</w:t>
+              <w:t xml:space="preserve">, 2020, 1 (34), pp.24-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943278v1</w:t>
+                <w:t xml:space="preserve">hal-02943272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le gréviste, l’usager et le journaliste. Les grèves dans les journaux télévisés depuis les années 1960 »</w:t>
+                <w:t xml:space="preserve">« Faire la &amp;quot;Twitthistoire&amp;quot; des luttes sociales. Entretien avec Mathilde Larrère »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Larrère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 1 (34), pp.24-45</w:t>
+              <w:t xml:space="preserve">, 2020, 1 (34), pp.229-244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943272v1</w:t>
+                <w:t xml:space="preserve">hal-02943278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies, (dé)construction et circulation de la négativité dans les meetings de la présidentielle française de 2017</w:t>
               </w:r>
@@ -765,563 +765,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La libéralisation de l’ORTF à l’épreuve du contrôle de l’information. Pratiques ordinaires et scandalisation pendant « l’expérience Desgraupes »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Un procureur n’est pas là pour faire peur et en rajouter ». Communiquer l’attentat. Entretien avec François Molins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ferragu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 2 (33), pp.165-186</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, L’attentat, du tyrannicide au terrorisme, 1 (32), pp.234-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.032.0234⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943087v1</w:t>
+                <w:t xml:space="preserve">hal-04075317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Un procureur n’est pas là pour faire peur et en rajouter ». Communiquer l’attentat. Entretien avec François Molins</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« La libéralisation de l’ORTF à l’épreuve du contrôle de l’information. Pratiques ordinaires et scandalisation pendant « l’expérience Desgraupes »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, L’attentat, du tyrannicide au terrorisme, 1 (32), pp.234-246. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 2 (33), pp.165-186</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tdm.032.0234⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04075317v1</w:t>
+                <w:t xml:space="preserve">hal-02943087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’attentat, un objet au croisement de l’histoire politique et de l’histoire des médias »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le choc de l’attentat et ses suites : récits de victimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Ferragu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claude Ambroise-Rendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1 (32), pp.10-22</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, n° 32 (1), pp.293-299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.032.0293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943103v1</w:t>
+                <w:t xml:space="preserve">hal-04564544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Porter la parole des victimes du terrorisme. Entretien avec Françoise Rudetzki »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferragu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Rudetzki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1 (32), pp.219-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le choc de l’attentat et ses suites : récits de victimes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« L’attentat, un objet au croisement de l’histoire politique et de l’histoire des médias »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sécail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gilles Ferragu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bazin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Claude Ambroise-Rendu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, n° 32 (1), pp.293-299. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 1 (32), pp.10-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tdm.032.0293⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04564544v1</w:t>
+                <w:t xml:space="preserve">hal-02943103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’attentat, un objet au croisement de l’histoire politique et de l’histoire des médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferragu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1368,64 +1368,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Filmer l'attentat. Entretien avec Jules Naudet »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferragu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1489,64 +1489,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Communiquer l’attentat. Entretien avec François Molins »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferragu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Molins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1627,51 +1627,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefébure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Discours Post-attentats, 118 (3), pp.37-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1742,264 +1742,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01713316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les meetings de la présidentielle 2012. Un dispositif technique et stratégique pour faire campagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Televisión, diversidad y hegemonía cultural: un estudio comparado de los estereotipos étnicos dominantes en los sistemas televisivos de Chile y Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernado Amigo Latorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cecilia Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefébure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borrell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques de communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7</w:t>
+              <w:t xml:space="preserve">Cuadernos.Info</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 39, pp.151-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01513702v1</w:t>
+                <w:t xml:space="preserve">hal-03028043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Televisión, diversidad y hegemonía cultural: un estudio comparado de los estereotipos étnicos dominantes en los sistemas televisivos de Chile y Francia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les meetings de la présidentielle 2012. Un dispositif technique et stratégique pour faire campagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Borrell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cuadernos.Info</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 39, pp.151-164</w:t>
+              <w:t xml:space="preserve">Politiques de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03028043v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01513702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un fait divers dans la « chaleur et le bruit ». Le meurtre de Toufik Ouannes à la télévision (9 juillet 1983)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t>
+              <w:t xml:space="preserve">Hommes et migrations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 1313</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01292097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2473,174 +2473,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du compte rendu au reportage : les formes de la chronique judiciaire à la télévision (1958-2008)</w:t>
+                <w:t xml:space="preserve">In Cold Blood de Truman Capote. Histoire médiatique d’une fiction multiple et de ses résurgences (1959-2007)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue CIRCAV (Centre interdisciplinaire de recherche sur la communication audio-visuelle)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tdm.014.0124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269865v1</w:t>
+                <w:t xml:space="preserve">hal-01269871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Cold Blood de Truman Capote. Histoire médiatique d’une fiction multiple et de ses résurgences (1959-2007)</w:t>
+                <w:t xml:space="preserve">Du compte rendu au reportage : les formes de la chronique judiciaire à la télévision (1958-2008)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue CIRCAV (Centre interdisciplinaire de recherche sur la communication audio-visuelle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tdm.014.0124⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01269871v1</w:t>
+                <w:t xml:space="preserve">hal-01269865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la loi du 6 décembre 1954 au rapport Linden (2005) : vers le retour des caméras dans le prétoire ?</w:t>
               </w:r>
@@ -3257,299 +3257,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03884906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Médias, Sécurité, Justice : une mise en perspective historique »</w:t>
+                <w:t xml:space="preserve">« Les spots de campagne des élections présidentielles de 2017 en France et au Chili »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefébure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cecilia Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Amigo Latorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Prévenir, protéger, juger : 30 ans de sécurité et de justice », Institut national des hautes études de la sécurité et de la justice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études « Télévision et pluralisme politique. Approche comparée franco-chilienne »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LCP-IRISSO, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943384v1</w:t>
+                <w:t xml:space="preserve">hal-02943359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les spots de campagne des élections présidentielles de 2017 en France et au Chili »</w:t>
+                <w:t xml:space="preserve">« Réagir aux attentats devant son écran de télévision. Médias, solidarités et tensions sociales : une étude de réception »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefébure</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernardo Amigo Latorre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études « Télévision et pluralisme politique. Approche comparée franco-chilienne »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LCP-IRISSO, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international « Deuil, colère et réconciliation : réaction de la société civile face aux attentats islamistes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Düsseldorf, Mar 2019, Düsseldorf, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02943359v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Réagir aux attentats devant son écran de télévision. Médias, solidarités et tensions sociales : une étude de réception »</w:t>
+                <w:t xml:space="preserve">« Médias, Sécurité, Justice : une mise en perspective historique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefébure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Deuil, colère et réconciliation : réaction de la société civile face aux attentats islamistes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Düsseldorf, Mar 2019, Düsseldorf, Allemagne</w:t>
+              <w:t xml:space="preserve">Colloque « Prévenir, protéger, juger : 30 ans de sécurité et de justice », Institut national des hautes études de la sécurité et de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02943356v1</w:t>
+                <w:t xml:space="preserve">hal-02943384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Scandalisation et pratiques ordinaires du contrôle de l’information, 1969-1972 »</w:t>
               </w:r>
@@ -3604,77 +3604,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les spots de campagne des élections présidentielles de 2017 en France et au Chili »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Amigo Latorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Borrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Cecilia Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefébure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4259,217 +4259,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archiving the 2015 Paris attacks : Small traces and grassroots witnessing</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le meeting électoral comme producteur d’émotions. Retour sur un terrain d’observation de la présidentielle 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII IAMHIST International Conference « Media and History : Crime, Violence and Justice »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études « Les émotions dans la campagne électorale 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715254v1</w:t>
+                <w:t xml:space="preserve">hal-01714185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le meeting électoral comme producteur d’émotions. Retour sur un terrain d’observation de la présidentielle 2017</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archiving the 2015 Paris attacks : Small traces and grassroots witnessing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Méadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Pehlivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Schafer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études « Les émotions dans la campagne électorale 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">XXVII IAMHIST International Conference « Media and History : Crime, Violence and Justice »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01714185v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responsabilité journalistique et sensibilité des publics face à la médiatisation des attentats en 2015</w:t>
               </w:r>
@@ -4600,260 +4600,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Faced Populism? Media Framing and Strategic Identity of “Populist” Candidates in the 2012 French Presidential Election</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les meetings de la présidentielle 2012. Un dispositif technique et stratégique pour faire campagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPSA 24th World Congress of Political Science, RC 22-08 « Media (and) Populism »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Poznań, Poland</w:t>
+              <w:t xml:space="preserve">Campagnes électorales et communication politique Enjeux de comparaison, débats sociologiques, techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715295v1</w:t>
+                <w:t xml:space="preserve">hal-01715276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les meetings de la présidentielle 2012. Un dispositif technique et stratégique pour faire campagne</w:t>
+                <w:t xml:space="preserve">Sensibilité au traitement télévisuel des attentats de novembre 2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Campagnes électorales et communication politique Enjeux de comparaison, débats sociologiques, techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque de restitution organisé dans le cadre de l’appel à projets CNRS Attentats-recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715276v1</w:t>
+                <w:t xml:space="preserve">hal-01715303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensibilité au traitement télévisuel des attentats de novembre 2015</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Two-Faced Populism? Media Framing and Strategic Identity of “Populist” Candidates in the 2012 French Presidential Election</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefébure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de restitution organisé dans le cadre de l’appel à projets CNRS Attentats-recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">IPSA 24th World Congress of Political Science, RC 22-08 « Media (and) Populism »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Poznań, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715303v1</w:t>
+                <w:t xml:space="preserve">hal-01715295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Meetings on TV Screen: How a Revived Tradition Shaped Media Coverage in the 2012 French Presidential Campaign</w:t>
               </w:r>
@@ -5029,64 +5029,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TV Interviews of the President in Chile and France (2012-2015). A comparative approach of political communication and journalistic cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo Amigo Latorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Cecilia Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefébure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8104,51 +8104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Schafer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8186,51 +8186,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'animal médiatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Fantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Schafer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8467,77 +8467,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’attentat, du tyrannicide au terrorisme »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Ferragu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Bazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1 (32), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8657,51 +8657,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justice(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claude Ambroise-Rendu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Sécail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8921,51 +8921,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlis.eu/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-le-temps-des-medias.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884715v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;cail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03875564v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.035.0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03679076v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Larr&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Boutet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.034.0229" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943278v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943272v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943289v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943087v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075317v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ferragu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0234" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943103v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943165v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rudetzki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564544v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Ambroise-Rendu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0293" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03863949v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943232v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Naudet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943174v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molins" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027997v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lef&#233;bure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713316v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513702v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028043v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado Amigo Latorre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cecilia Bravo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292097v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272547v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourdaa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pieter Pieter Konsman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Venturini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veyrat-Masson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963662513484842" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270123v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.023.0096" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01111637v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mansier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.023.0005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270017v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2012.0875" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272541v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/CST.7.2.10" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269865v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269871v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.014.0124" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269875v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.015.0269" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.013.0154" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.089.0012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884924v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884992v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884894v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884906v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943359v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Amigo Latorre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943356v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943385v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316826v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jadot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316832v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943354v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715245v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811012v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715254v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Pehlivan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schafer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714185v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715323v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715319v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715295v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715276v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715303v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715302v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293765v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293769v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293768v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293944v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942945v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100588330" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714181v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blandin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Dakhlia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibia Pavard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Provenzano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/manuel-danalyse-de-la-presse-magazine-9782200619930" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273505v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647453v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis S&#233;bastien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-94163-5_4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943281v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310501v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.99147" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943007v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/penser-l-histoire-des-medias/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943142v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100388880" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03035740v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714170v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714177v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713320v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272544v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Niemeyer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269948v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272545v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293766v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270115v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270058v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270116v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270136v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310667v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024117v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884438v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884431v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024558v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024822v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964029v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fantin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774237v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.040.0006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943351v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943350v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942975v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272536v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271313v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Villez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cerlis.eu/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-le-temps-des-medias.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884715v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S&#233;cail" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03875564v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;adel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.035.0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03679076v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Larr&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Boutet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.034.0229" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943272v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943278v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943289v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075317v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ferragu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0234" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943087v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564544v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Ambroise-Rendu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943165v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rudetzki" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943103v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-03863949v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.032.0010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943232v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Naudet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943174v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Molins" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027997v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lef&#233;bure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713316v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028043v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernado Amigo Latorre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cecilia Bravo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513702v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292097v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272547v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bourdaa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Pieter Pieter Konsman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Venturini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veyrat-Masson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963662513484842" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270123v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.023.0096" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01111637v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mansier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.023.0005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270017v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2012.0875" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272541v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7227/CST.7.2.10" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269871v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.014.0124" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269865v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269875v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.015.0269" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.013.0154" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269921v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mate.089.0012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270103v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884924v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884992v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884894v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884906v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943359v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Amigo Latorre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943356v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943384v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943385v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316820v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316826v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jadot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04316832v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943354v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715245v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811012v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borrel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714185v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715254v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Pehlivan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schafer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715323v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715319v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715303v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715295v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715302v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293765v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293769v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293768v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293944v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942945v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100588330" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714181v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Blandin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Dakhlia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bibia Pavard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Provenzano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armand-colin.com/manuel-danalyse-de-la-presse-magazine-9782200619930" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273505v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03647453v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis S&#233;bastien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01273508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-94163-5_4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943281v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310501v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Roche" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.99147" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943007v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/histoire/penser-l-histoire-des-medias/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943142v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100388880" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03035740v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714170v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714177v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713320v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272544v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Niemeyer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269948v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272545v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293766v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270115v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270058v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270116v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270136v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04310667v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024117v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Truc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884438v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884431v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024558v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024822v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964029v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fantin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774237v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tdm.040.0006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943351v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943350v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942975v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272536v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271313v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Villez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>