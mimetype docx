--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -828,389 +828,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A port-Hamiltonian formulation of physical swithching systems with varying constraints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation des systèmes physiques à commutations par approche énergétique. Application à un convertisseur DC-DC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cormerais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Maschke</w:t>
+                <w:t xml:space="preserve">Marius Zainea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Magos-Rivera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Buisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 43 (7), pp.1125-1133</w:t>
+              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 41 (n°7-8), pp.775-818</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00364832v1</w:t>
+                <w:t xml:space="preserve">hal-00204239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commande des systèmes hybrides rapides. Applications aux systèmes mécatroniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Rétif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Smaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 41 (7-8), pp.963-990. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/jesa.41.963-990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00258088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des systèmes physiques à commutations par approche énergétique. Application à un convertisseur DC-DC</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A port-Hamiltonian formulation of physical swithching systems with varying constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Magos-Rivera</w:t>
+                <w:t xml:space="preserve">Miguel Magos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Buisson</w:t>
+                <w:t xml:space="preserve">Bernhard Maschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Européen des Systèmes Automatisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 41 (n°7-8), pp.775-818</w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 43 (7), pp.1125-1133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00204239v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00364832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid port–Hamiltonian systems: From parameterized incidence matrices to hybrid automata</w:t>
               </w:r>
@@ -3908,51 +3908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Riedinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Daafouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Iung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4231,51 +4231,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05527888v1</w:t>
+                <w:t xml:space="preserve">hal-05527888v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boundary feedback control of a 2×2 weakly hyperbolic system: Lyapunov-based approach (long version)</w:t>
               </w:r>
@@ -4978,51 +4978,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895628v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bahroun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couenne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jallut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valentin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2011.2181173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Salah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jerbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Z. Xu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2011.08.005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890404v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Panthou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2010.02.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890387v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bahroun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jallut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Panthou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2010.03.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291671v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie R&#233;tif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.911938" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ben Salah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadi Jerbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Zhong Xu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364832v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Magos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Maschke" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258088v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Smaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.41.963-990" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NR0M70P7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204239v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cormerais" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Zainea" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Magos-Rivera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Buisson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976688v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maschke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895632v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Manon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin-Roubinet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gilles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0967-0661(01)00123-X" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CF2GSD9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610539v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976869v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Champagnat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pingaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Alla" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valentin-Roubinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Valette" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389643v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouidir Amirat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andrieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Auriol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bajodek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531360v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.10.211" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04019817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagouti&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15274-0.50112-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026811v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Choubert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.211" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372643v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dochain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V dos Santos Martins" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1181" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977173v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977096v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Couenne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Machefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di Miceli Raimondi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gabas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabassud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977080v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977037v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Panthou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977018v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401705v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977142v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Maschke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976811v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977148v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magos M." TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976782v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gilles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977159v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977189v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01734810v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04184278v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riedinger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Daafouz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Iung" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01734834v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Pascal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Soriano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527888v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035536v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835484v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678231v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chassin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425677v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04184321v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Omri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895628v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bahroun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Couenne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jallut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valentin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2011.2181173" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Salah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jerbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Z. Xu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2011.08.005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890404v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Panthou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlp.2010.02.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890387v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bahroun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jallut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De Panthou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2010.03.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291671v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Morel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie R&#233;tif" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2007.911938" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#226;far Ben Salah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamadi Jerbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Zhong Xu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204239v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cormerais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Zainea" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Magos-Rivera" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Buisson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00258088v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Smaoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.41.963-990" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-NR0M70P7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364832v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Magos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Maschke" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976688v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Magos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maschke" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895632v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Manon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Valentin-Roubinet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gilles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0967-0661(01)00123-X" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CF2GSD9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610539v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976869v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Champagnat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pingaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassane Alla" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Valentin-Roubinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Valette" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389643v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouidir Amirat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andrieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Auriol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bajodek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04531360v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.10.211" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04019817v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagouti&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15274-0.50112-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026811v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Choubert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.211" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372643v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dochain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V dos Santos Martins" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.1181" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977173v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977096v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Couenne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977223v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Machefer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Di Miceli Raimondi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Gabas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabassud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977080v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977037v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Panthou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977018v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401705v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977142v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Maschke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976811v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977148v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magos M." TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976782v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Manon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gilles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977159v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977189v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01734810v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04184278v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riedinger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Daafouz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Iung" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01734834v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Pascal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Soriano" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527888v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035536v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835484v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678231v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Chassin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425677v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04184321v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Omri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>