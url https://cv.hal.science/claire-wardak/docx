--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -115,1212 +115,1212 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From low-level to high-level factors’ influence on pupil hippus</w:t>
+                <w:t xml:space="preserve">Invariant response to faces in ASD: Unexpected trajectory of oculo-pupillometric biomarkers from childhood to adulthood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Rabadan</w:t>
+                <w:t xml:space="preserve">Camille Ricou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Roché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Mofid</w:t>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 135 (1), pp.51-64. </w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 1871, pp.150070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00458.2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2025.150070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05472311v1</w:t>
+                <w:t xml:space="preserve">hal-05404862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mind wandering and its relationship with sustained attention and executive functions in preschoolers</w:t>
+                <w:t xml:space="preserve">From low-level to high-level factors’ influence on pupil hippus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Ziane</w:t>
+                <w:t xml:space="preserve">Vivien Rabadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ricou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Wardak</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jecp.2025.106372⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 135 (1), pp.51-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00458.2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05298832v1</w:t>
+                <w:t xml:space="preserve">hal-05472311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invariant response to faces in ASD: Unexpected trajectory of oculo-pupillometric biomarkers from childhood to adulthood</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yassine Mofid</w:t>
+                <w:t xml:space="preserve">Mind wandering and its relationship with sustained attention and executive functions in preschoolers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Ziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Roché</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 1871, pp.150070. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 262, pp.106372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2025.150070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jecp.2025.106372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05404862v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The prefrontal cortex encodes task-identity information and flexibly adjusts its sensory processes as a function of the specific ongoing task</w:t>
+                <w:t xml:space="preserve">Unraveling variability in young children’s brain responses to varied sensory stimulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Mouille</w:t>
+                <w:t xml:space="preserve">Lisa Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Gaillard</w:t>
+                <w:t xml:space="preserve">Mathilde Sassier-Roublin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaine Astrand</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marianne Latinus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003353⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (11), pp.113773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05298844v1</w:t>
+                <w:t xml:space="preserve">hal-05376540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocal smile is recognized but not embodied in autistic adults</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zoé Ranty</w:t>
+                <w:t xml:space="preserve">Motion Processing in ASD : From Low‐Level Information to Higher‐Level Social Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ricou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113858⟩</w:t>
+              <w:t xml:space="preserve">WIREs Cognitive Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (4), pp.e70010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/wcs.70010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373305v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05293764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomic disequilibrium at rest in autistic children and adults</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+                <w:t xml:space="preserve">L’attention soutenue et le vagabondage mental ou « mind-wandering »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ziane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Psychophysiology and Biofeedback</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10484-025-09696-z⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 70 (4), pp.275-299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2025.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05041985v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05403592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling variability in young children’s brain responses to varied sensory stimulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Sassier-Roublin</w:t>
+                <w:t xml:space="preserve">Vocal smile is recognized but not embodied in autistic adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Merchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Ranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Wardak</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iScience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 28 (11), pp.113773. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113773⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 28 (11), pp.113858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.113858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05376540v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion Processing in ASD : From Low‐Level Information to Higher‐Level Social Information</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The prefrontal cortex encodes task-identity information and flexibly adjusts its sensory processes as a function of the specific ongoing task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Mouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Astrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Luis Amengual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WIREs Cognitive Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/wcs.70010⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23 (8), pp.e3003353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3003353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05293764v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05298844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’attention soutenue et le vagabondage mental ou « mind-wandering »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autonomic disequilibrium at rest in autistic children and adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Guidotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ziane</w:t>
+                <w:t xml:space="preserve">Mathieu Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Wardak</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 70 (4), pp.275-299. </w:t>
+              <w:t xml:space="preserve">Applied Psychophysiology and Biofeedback</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2025.03.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10484-025-09696-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05403592v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional contagion to vocal smile revealed by combined pupil reactivity and motor resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.25043. </w:t>
@@ -1358,103 +1358,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pupil dilation reflects the social and motion content of faces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Ricou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Rabadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Mofid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Cognitive and Affective Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (1), pp.nsae055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1514,77 +1514,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Walle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Makris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Mofid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, RNTI-E-40, pp.279-286</w:t>
@@ -1613,103 +1613,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin type and nerve effects on cortical tactile processing: a somatosensory evoked potentials study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Guidotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Beaurieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marionnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 130 (3), pp.547-556. </w:t>
@@ -1741,585 +1741,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facial mask disturbs ocular exploration but not pupil reactivity</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atypical Response to Affective Touch in Children with Autism: Multi-Parametric Exploration of the Autonomic System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Guidotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16, </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (23), pp.7146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2022.1033243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm11237146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03971808v1</w:t>
+                <w:t xml:space="preserve">hal-03971811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomic tone in children and adults: Pupillary, electrodermal and cardiac activity at rest</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Facial mask disturbs ocular exploration but not pupil reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Rabadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ricou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Latinus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2022.07.009⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2022.1033243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03843389v1</w:t>
+                <w:t xml:space="preserve">hal-03971808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 masks: A barrier to facial and vocal information</w:t>
+                <w:t xml:space="preserve">Autonomic tone in children and adults: Pupillary, electrodermal and cardiac activity at rest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Guidotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindie De Faria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2022.982899⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 180, pp.68-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2022.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03971803v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical Response to Affective Touch in Children with Autism: Multi-Parametric Exploration of the Autonomic System</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">COVID-19 masks: A barrier to facial and vocal information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Jusiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Latinus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (23), pp.7146. </w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm11237146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2022.982899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03971811v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03971803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuronal population correlates of target selection and distractor filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Astrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2366,103 +2366,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pupil: a window on social automatic processing in autism spectrum disorder children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Latinus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Roché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Child Psychology and Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
@@ -2634,90 +2634,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A strategic plan to identify key neurophysiological mechanisms and brain circuits in autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurice Tuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Zebib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2807,51 +2807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Amiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Procyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2941,64 +2941,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Odouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 176, pp.164-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3084,51 +3084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Odouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 37 (44), pp.10656-10670. </w:t>
@@ -3166,90 +3166,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tactile representation of the head and shoulders assessed by fMRI in the nonhuman primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pinède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 115 (1), pp.80-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3277,464 +3277,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04260347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">fMRI Cortical Correlates of Spontaneous Eye Blinks in the Nonhuman Primate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuronal bases of peripersonal and extrapersonal spaces, their plasticity and their dynamics: Knowns and unknowns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Cléry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 25 (9), pp.2333 - 2345. </w:t>
+              <w:t xml:space="preserve">Neuropsychologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70, pp.313-326. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhu038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2014.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260427v1</w:t>
+                <w:t xml:space="preserve">hal-04260224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuronal bases of peripersonal and extrapersonal spaces, their plasticity and their dynamics: Knowns and unknowns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Whole brain mapping of visual and tactile convergence in the macaque monkey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guipponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cléry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Odouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 70, pp.313-326. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 117, pp.93 - 102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2014.10.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260224v1</w:t>
+                <w:t xml:space="preserve">hal-04260357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole brain mapping of visual and tactile convergence in the macaque monkey</w:t>
+                <w:t xml:space="preserve">fMRI Cortical Correlates of Spontaneous Eye Blinks in the Nonhuman Primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Odouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pinède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 117, pp.93 - 102. </w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (9), pp.2333 - 2345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2015.05.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhu038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04260357v1</w:t>
+                <w:t xml:space="preserve">hal-04260427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective visual attention to drive cognitive brain-machine interfaces: from concepts to neurofeedback and rehabilitation applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Astrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3781,51 +3781,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal convergence within the intraparietal sulcus of the macaque monkey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ibarrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3902,51 +3902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proactive inhibitory control varies with task context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Ramanoël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3954,51 +3954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guipponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boulinguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 36 (11), pp.3568-3579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4057,64 +4057,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proactive inhibitory control of response as the default state of executive control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Criaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedicte Ballanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4308,51 +4308,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of the Monkey Frontal Eye Field to Covert Visual Attention.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4425,51 +4425,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle du mouvement du regard (1) Le rôle du cortex pariétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4587,64 +4587,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Hardion-Carrias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Senggaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Latinus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVes Journées internationales de psychologie différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4669,90 +4669,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the sensory spectrum: unraveling variability in young children’s brain responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Sassier--Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Latinus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Neuroscience, Oct 2024, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4809,103 +4809,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal Smile Processing In Autism: Intact Representation But No Facial Reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Wardak</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON COGNITIVE NEUROSCIENCE 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Porto, Portugal</w:t>
@@ -4934,103 +4934,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When art catches the eye and the heart : An oculo-pupillometric and heart rate analysis of painting perception in autistic, artist, and neurotypical adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aladine Chetouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Jusiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montpelier, France</w:t>
@@ -5059,90 +5059,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal smile in children: mental representation and facial motor resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5180,90 +5180,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourire vocal et résonance motrice faciale chez l’enfant autiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5305,90 +5305,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Vocal Smile integration in Autism: from Acoustic Representation to Facial Motor Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5430,90 +5430,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourire vocal chez l’enfant : représentation perceptuelle et résonance faciale motrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Merchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Julien Aucouturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gomot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5551,103 +5551,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Oculo-Pupillometric Biomarkers from Childhood to Adulthood in ASD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Ricou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Mofid</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Malvy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bonnet-Brilhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INSAR 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Stockholm (Suède), Sweden</w:t>
@@ -5708,64 +5708,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pupil reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Aguillon-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of the Human Brain (Second Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.566-581, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5825,345 +5825,345 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct neural states encode task identity in frontal eye field and interact with its core spatial properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The power of combining oculometric and pupillometric parameters for autism screening in children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mofid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mouille</w:t>
+                <w:t xml:space="preserve">Kevin Druart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gaillard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
+                <w:t xml:space="preserve">Aymen Hermi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Roché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04799869v1</w:t>
+                <w:t xml:space="preserve">hal-04231054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The power of combining oculometric and pupillometric parameters for autism screening in children</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yassine Mofid</w:t>
+                <w:t xml:space="preserve">Distinct neural states encode task identity in frontal eye field and interact with its core spatial properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Druart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
+                <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aymen Hermi</w:t>
+                <w:t xml:space="preserve">E. Astrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Roché</w:t>
+                <w:t xml:space="preserve">Claire Wardak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suliann Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231054v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04799869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomic disequilibrium at rest in autistic children and adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Rosa Bufo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Guidotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6269,51 +6269,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03045220v1</w:t>
+                <w:t xml:space="preserve">hal-03045217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interneuronal correlations dynamically adjust to task demands at multiple time-scales</w:t>
               </w:r>
@@ -6383,51 +6383,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03045217v1</w:t>
+                <w:t xml:space="preserve">hal-03045220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6445,51 +6445,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation spatiale, attention et comportement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Wardak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie et comportements. Université Claude Bernard Lyon 1, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6676,51 +6676,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472311v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rabadan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Bufo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ricou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mofid" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00458.2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298832v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Ziane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2025.106372" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404862v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Roch&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2025.150070" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298844v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Mouille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gaillard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Astrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Luis Amengual" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003353" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373305v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merchie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ranty" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113858" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041985v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lemaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10484-025-09696-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376540v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Michel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sassier-Roublin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113773" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293764v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcs.70010" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403592v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ziane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wardak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2025.03.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788937v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-74848-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsae055" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Walle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Makris" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beaurieux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marionnaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00444.2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971808v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.1033243" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843389v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindie De Faria" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2022.07.009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971803v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jusiak" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.982899" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971811v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11237146" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045183v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Hamed" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116517" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpp.13170" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438447v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puiu Balan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Gerits" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauke Kolster" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy A. Orban" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhy128" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765727v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurice Tuller" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Zebib" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2017.11.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cl&#233;ry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guipponi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Procyk" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00749.2017" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438453v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Odouard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.04.036" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pin&#232;de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0610-17.2017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260347v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00633.2015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260427v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu038" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260224v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2014.10.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260357v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.05.022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260294v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2014.00144" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952170v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guipponi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ibarrola" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Comte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sappey-Marinier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1421-12.2013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138794v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulinguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08264.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CD1NLDH3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Criaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ballanger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2012.00059" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621258v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Mantini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelis Gerits" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Nelissen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2318-11.2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082383v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Ibos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Duhamel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Olivier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3336-05.2006" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260327v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200420189" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039235v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Riaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Hardion-Carrias" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Senggaran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05039194v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sassier--Roubin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366051v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aladine Chetouani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368184v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368166v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366042v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368194v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357887v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981794v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820480-1.00166-2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799869v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouille" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Astrand" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231054v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Druart" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Hermi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231045v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045220v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ben Hadj Hassen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gaillard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astrand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Wardak" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045217v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04260929v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404862v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ricou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mofid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Roch&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Bufo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2025.150070" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472311v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rabadan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Aguillon-Hernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00458.2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298832v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Ziane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wardak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suliann Ben Hamed" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2025.106372" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376540v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Michel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sassier-Roublin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113773" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293764v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcs.70010" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403592v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ziane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wardak" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2025.03.003" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373305v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Merchie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Ranty" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113858" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298844v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Mouille" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gaillard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Astrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Luis Amengual" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003353" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041985v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lemaire" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10484-025-09696-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788937v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Julien Aucouturier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-74848-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scan/nsae055" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448628v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Walle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Makris" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284813v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Beaurieux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marionnaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00444.2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971811v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11237146" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971808v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.1033243" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843389v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindie De Faria" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2022.07.009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971803v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Jusiak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.982899" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045183v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Hamed" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2020.116517" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpp.13170" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438447v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puiu Balan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Gerits" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Zhu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauke Kolster" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy A. Orban" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhy128" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765727v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurice Tuller" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Zebib" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchemneu.2017.11.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cl&#233;ry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Amiez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guipponi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Procyk" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00749.2017" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438453v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Odouard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.04.036" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pin&#232;de" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0610-17.2017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260347v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00633.2015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260224v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2014.10.022" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260357v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2015.05.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260427v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhu038" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260294v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2014.00144" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952170v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Guipponi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ibarrola" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Comte" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sappey-Marinier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1421-12.2013" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138794v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulinguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08264.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CD1NLDH3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Criaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ballanger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2012.00059" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621258v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Mantini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelis Gerits" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Nelissen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2318-11.2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082383v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Ibos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Duhamel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Olivier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3336-05.2006" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260327v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200420189" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039235v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Riaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Hardion-Carrias" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Senggaran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05039194v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sassier--Roubin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366051v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aladine Chetouani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368184v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368166v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366042v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368194v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357887v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981794v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820480-1.00166-2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231054v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Druart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Hermi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799869v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouille" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Astrand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231045v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045217v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ben Hadj Hassen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gaillard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astrand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Wardak" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045220v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04260929v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>