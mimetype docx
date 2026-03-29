--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -3633,247 +3633,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of high-pressure on the structure of salmon muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Renaud</w:t>
+                <w:t xml:space="preserve">Lipid and protein oxidation monitoring in pressurized meat: oxidation pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Lamballerie</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual international Conference on High Pressure Bioscience and Biotechnology (HPBB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The International Association of High Pressure Bioscience and Biotechnology (HPBB), Jul 2021, On line Conference, France</w:t>
+              <w:t xml:space="preserve">AOCS Annual Meeting &amp; Expo, forum online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AOCS, May 2021, On line meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298544v1</w:t>
+                <w:t xml:space="preserve">hal-04298571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid and protein oxidation monitoring in pressurized meat: oxidation pathways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of high-pressure on the structure of salmon muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie de Lamballerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vénien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AOCS Annual Meeting &amp; Expo, forum online</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AOCS, May 2021, On line meeting, France</w:t>
+              <w:t xml:space="preserve">Virtual international Conference on High Pressure Bioscience and Biotechnology (HPBB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Association of High Pressure Bioscience and Biotechnology (HPBB), Jul 2021, On line Conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298571v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des traitements par hautes pressions sur la dénaturation et la digestion des protéines de saumon</w:t>
               </w:r>
@@ -4734,51 +4734,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913719v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jeanleboeuf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guyon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298459v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Renaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Lamballerie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395471v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dariche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=jean lesage" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marousez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Fayolle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cou&#235;del" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298493v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Corbi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Amat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clion" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973669v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja-Muriel Rakotondramavo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905468v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tonello" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905484v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905481v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miszczak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mougin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Besnard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Villamonte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130721" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Diler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rannou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Prost" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.afres.2021.100007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394771v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bolumar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vibeke Orlien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Sikes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Aganovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine Bak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12670" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537071v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Rakotondramavo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2019.e02285" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Vessel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.03.019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJC82ZHJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808435v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Arnaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527494v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2016.01.026" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540185v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevallier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga P&#246;hlmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guilloux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2014.10.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01478550v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Mensi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haertl&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Reboul" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Borel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SJV3NTP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943841v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie J Dupas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s C Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Ordonaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice M G Ducept" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuchs" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Turchiuli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bohin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ordonnaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2005.03.047" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-60654J31-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dupas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset Baglieri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ordonaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.200600034" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594998v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2004.11.005" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-657PJCTP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199701v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lagunes Galvez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Berset" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298544v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie V&#233;nien" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298571v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395054v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Slamani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298591v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lestienne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573430v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573422v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394813v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-816405-1.00010-8" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913719v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Grisot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Jeanleboeuf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guyon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Debus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298459v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Renaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Lamballerie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395471v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dariche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=jean lesage" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Marousez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Fayolle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cou&#235;del" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Jury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298493v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Corbi&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Amat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clion" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dion" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973669v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja-Muriel Rakotondramavo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905472v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905468v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tonello" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905476v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905484v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905481v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miszczak" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mougin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Besnard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Villamonte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352818v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.130721" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Diler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rannou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Prost" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.afres.2021.100007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394771v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Bolumar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vibeke Orlien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Sikes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Aganovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrine Bak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12670" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537071v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Rakotondramavo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2019.e02285" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808403v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Le Vessel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2018.03.019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJC82ZHJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808435v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Arnaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527494v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2016.01.026" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540185v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevallier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga P&#246;hlmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guilloux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2014.10.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01478550v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Mensi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Choiset" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haertl&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Reboul" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Borel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SJV3NTP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943841v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie J Dupas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s C Marsset-Baglieri" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Ordonaud" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice M G Ducept" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Maillard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595004v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuchs" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Turchiuli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bohin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ordonnaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2005.03.047" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-60654J31-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dupas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marsset Baglieri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ordonaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tom&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.200600034" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594998v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2004.11.005" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-657PJCTP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199701v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lagunes Galvez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Berset" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298571v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298544v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie V&#233;nien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395054v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Slamani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298591v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973377v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lestienne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573430v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573422v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05394813v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-816405-1.00010-8" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>