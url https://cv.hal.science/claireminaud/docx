--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorinated Phosphates, BaMPO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;F (M = Mn, Fe), with One-Dimensional Channels: Structure and Magnetism</w:t>
+                <w:t xml:space="preserve">Mono- to Tetra-nuclear Iron Dichloride Complexes Bearing N -(Fluoro)-aryl-Substituted Iminopyridine Ligands: Synthesis, Structures, Magnetic Properties, and Polymerization of Isoprene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Q. Huang</w:t>
+                <w:t xml:space="preserve">Obaid Hashmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. D. Cheng</w:t>
+                <w:t xml:space="preserve">Raphael Caulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frederic Capet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mentré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. J. C. Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 64, </w:t>
+              <w:t xml:space="preserve">, 2025, 64 (29), pp.14836-14852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01315⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05164880v1</w:t>
+                <w:t xml:space="preserve">hal-05163264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mono- to Tetra-nuclear Iron Dichloride Complexes Bearing N -(Fluoro)-aryl-Substituted Iminopyridine Ligands: Synthesis, Structures, Magnetic Properties, and Polymerization of Isoprene</w:t>
+                <w:t xml:space="preserve">From ferrimagnetism to spin-glass behavior in alkali- and rare-earth metal crichtonites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obaid Hashmi</w:t>
+                <w:t xml:space="preserve">Ruiqi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Caulier</w:t>
+                <w:t xml:space="preserve">José Luis Rosas-Huerta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Capet</w:t>
+                <w:t xml:space="preserve">Clemens Ritter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mentré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Minaud</w:t>
+                <w:t xml:space="preserve">Oleg Siidra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 64 (29), pp.14836-14852. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1038, pp.182889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2025.182889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163264v1</w:t>
+                <w:t xml:space="preserve">hal-05379793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ferrimagnetism to spin-glass behavior in alkali- and rare-earth metal crichtonites</w:t>
+                <w:t xml:space="preserve">Structural and magnetic properties of mixed-metal (Bi2O2)(Fe 1−xMxF4) Aurivillius oxyfluorides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruiqi Chen</w:t>
+                <w:t xml:space="preserve">Jonas Wolber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luis Rosas-Huerta</w:t>
+                <w:t xml:space="preserve">Victor Duffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clemens Ritter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Minaud</w:t>
+                <w:t xml:space="preserve">Marielle Huvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Siidra</w:t>
+                <w:t xml:space="preserve">Mathieu Duttine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1038, pp.182889. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 54 (38), pp.14547 - 14558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2025.182889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d5dt01303h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05379793v1</w:t>
+                <w:t xml:space="preserve">hal-05333448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and magnetic properties of mixed-metal (Bi2O2)(Fe 1−xMxF4) Aurivillius oxyfluorides</w:t>
+                <w:t xml:space="preserve">Fluorinated Phosphates, BaMPO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;F (M = Mn, Fe), with One-Dimensional Channels: Structure and Magnetism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Wolber</w:t>
+                <w:t xml:space="preserve">Q. Q. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Duffort</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">X. D. Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Huvé</w:t>
+                <w:t xml:space="preserve">Olivier Mentre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Duttine</w:t>
+                <w:t xml:space="preserve">B. J. C. Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 54 (38), pp.14547 - 14558. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5dt01303h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5c01315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05333448v1</w:t>
+                <w:t xml:space="preserve">hal-05164880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large reversible magnetocaloric effect in GdPO4 nano-spherical particles at ultralow temperatures</w:t>
               </w:r>
@@ -802,77 +802,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Duffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -904,766 +904,766 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05139615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layer-By-Layer Magnetic Ordering via Idle Spins and the Optical Signature of Jahn–Teller Cr 2+ Ions in Sr 2 Cr(PO 4 ) 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Giant coercive-field (H$c$ @ 2K $&amp;gt;$ 17 T) by freezing of magnetic domains in BaFe$_2$(PO$_4$)$_2$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mentré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Minaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Wolber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Duffort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hicham Nimoh</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Volker Dittrich</w:t>
+                <w:t xml:space="preserve">Alain Pautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c02544⟩</w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 153, pp.107577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2024.107577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04793532v1</w:t>
+                <w:t xml:space="preserve">hal-04785402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferromagnetic Mn &amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; Sawtooth Chains in A &amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;(Mn &amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)(SeO &amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;) &amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = K, Rb) Quaternary Selenites.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Antipolar 2D Metallicity with Tunable Valence W x+ (5 ≤ x ≤ 5.6) in the Layered Monophosphate Tungsten Bronzes [Ba(PO4)2]W m O3m-3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Nimoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Arévalo-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quintin Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Angel Arevalo Lopez</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Huvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03522⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (34), pp.23955-23962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c07022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04643084v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant coercive-field (H$c$ @ 2K $&amp;gt;$ 17 T) by freezing of magnetic domains in BaFe$_2$(PO$_4$)$_2$</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">2D to 3D Magnetism in Synthetic Micas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Rosas-Huerta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Wolber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Alain Pautrat</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Fabelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemens Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2024.107577⟩</w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (42), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.202408266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785402v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antipolar 2D Metallicity with Tunable Valence W x+ (5 ≤ x ≤ 5.6) in the Layered Monophosphate Tungsten Bronzes [Ba(PO4)2]W m O3m-3</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Ferromagnetic Mn &amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; Sawtooth Chains in A &amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;(Mn &amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O)(SeO &amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;) &amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = K, Rb) Quaternary Selenites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaping Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feifan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mentre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marielle Huvé</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Arevalo Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c07022⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.3c03522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04773939v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D to 3D Magnetism in Synthetic Micas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claire Minaud</w:t>
+                <w:t xml:space="preserve">Layer-By-Layer Magnetic Ordering via Idle Spins and the Optical Signature of Jahn–Teller Cr 2+ Ions in Sr 2 Cr(PO 4 ) 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Nimoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mentré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva-Maria Hammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Jähnig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Fabelo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clemens Ritter</w:t>
+                <w:t xml:space="preserve">Volker Dittrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (42), </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (44), pp.21000-21011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/advs.202408266⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.4c02544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794081v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04793532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivalued Memory via Freezing of Super‐Hard Magnetic Domains in a Quasi 2D‐Magnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel M Arevalo‐lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Pautrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1714,90 +1714,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layered monophosphate tungsten bronzes [Ba(PO4)2]WmO3m-3: 2D-metals with locked charge-density-wave instabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hicham Nimoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angel Arevalo Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Huvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1874,51 +1874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyu Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bei Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suheon Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2129,90 +2129,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragile magnetic ordering between robust 2D-ferrimagnets in the AFe 3 (SeO 3 ) 2 F 6 (A=K, Rb, Cs) series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haoming Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianyu Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemens Ritter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (6), pp.2139-2148. </w:t>
@@ -2289,51 +2289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridget N. Ndosiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James B. Orton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2423,51 +2423,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lekdadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lassri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2570,51 +2570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Y. Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. M. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mentre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Journal of solid state chemistry, 304, pp.122526. </w:t>
@@ -2646,563 +2646,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two isostructural oxalato-bridged dimetallic heptanuclear [BaII3MIII4] complexes (M = Cr; Fe) associated with 3-aminopyridinium cations: Synthesis, crystal structure and magnetic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis, structure and magnetic behavior of iron arsenites with hierarchical magnetic units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coustel M.N. Choubeu</w:t>
+                <w:t xml:space="preserve">Houria Kabbour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridget Ndosiri</w:t>
+                <w:t xml:space="preserve">Angel M Arevalo-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Vezin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sylvie Daviero-Minaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">James Orton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polyhedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.poly.2020.114885⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (20), pp.3987-3999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0QI00887G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999599v1</w:t>
+                <w:t xml:space="preserve">hal-03291932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphs, phase transitions and stability in BaM 2 (PO 4 ) 2 M = Mn, Fe, Co systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Leclercq</w:t>
+                <w:t xml:space="preserve">Nanochanneled silver-deficient tris(oxalato)chromate(III) coordination polymers: Synthesis, crystal structure, spectroscopy, thermal analysis and magnetism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Nana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houria Kabbour</w:t>
+                <w:t xml:space="preserve">Delia Haynes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ángel M Arévalo-López</w:t>
+                <w:t xml:space="preserve">Hervé Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Huve</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Daviero-Minaud</w:t>
+                <w:t xml:space="preserve">Pritam Shankhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9qi00934e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1220, pp.128642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02415518v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanochanneled silver-deficient tris(oxalato)chromate(III) coordination polymers: Synthesis, crystal structure, spectroscopy, thermal analysis and magnetism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polymorphs, phase transitions and stability in BaM 2 (PO 4 ) 2 M = Mn, Fe, Co systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Kabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ángel M Arévalo-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augustin Nana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delia Haynes</w:t>
+                <w:t xml:space="preserve">Marielle Huve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Vezin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pritam Shankhari</w:t>
+                <w:t xml:space="preserve">Sylvie Daviero-Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2020.128642⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9qi00934e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999550v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structure and magnetic behavior of iron arsenites with hierarchical magnetic units</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Houria Kabbour</w:t>
+                <w:t xml:space="preserve">Two isostructural oxalato-bridged dimetallic heptanuclear [BaII3MIII4] complexes (M = Cr; Fe) associated with 3-aminopyridinium cations: Synthesis, crystal structure and magnetic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coustel M.N. Choubeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bridget Ndosiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angel M Arevalo-Lopez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Minaud</w:t>
+                <w:t xml:space="preserve">James Orton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (20), pp.3987-3999. </w:t>
+              <w:t xml:space="preserve">Polyhedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.114885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0QI00887G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.poly.2020.114885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03291932v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3246,77 +3246,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Champouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Visseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Caulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obaid Hashmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Minaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coordination Chemistry Days 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Saclay, France</w:t>
@@ -3514,51 +3514,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164880v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Q. Huang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D. Cheng" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Minaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J. C. Vieira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01315" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163264v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaid Hashmi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Caulier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01030" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379793v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqi Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Rosas-Huerta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Ritter" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Siidra" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.182889" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333448v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Wolber" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duffort" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huv&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duttine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt01303h" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05236233v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Lassri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El Ouahbi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Abdelrhafore" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhaj El Hachemi Omari" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi El Hachmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173291" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05139615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03027c" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793532v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Nimoh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria Hammer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian J&#228;hnig" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Dittrich" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02544" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04643084v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaping Li" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifan Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Arevalo Lopez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03522" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pautrat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107577" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773939v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Ar&#233;valo-L&#243;pez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quintin Meier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c07022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794081v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fabelo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202408266" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297498v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Leclercq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M Arevalo&#8208;lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202300491" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04137570v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Cano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202302049" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297226v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Zhu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bei Zhu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suheon Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00177" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308289v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinan Zhang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Jin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxuan Zhu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Huang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2023.124139" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870715v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoming Yang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TC05650F" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03271309v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel M. N. Choubeu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget N. Ndosiri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B. Orton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00958972.2021.1890048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179667v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Omari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lekdadri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lassri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Minaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102257" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04448331v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. N. Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Y. Zhu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M. Yang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122526" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999599v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel M.N. Choubeu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Ndosiri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Orton" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2020.114885" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415518v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel M Ar&#233;valo-L&#243;pez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huve" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviero-Minaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9qi00934e" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999550v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Nana" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Haynes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritam Shankhari" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128642" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291932v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M Arevalo-Lopez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI00887G" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166862v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Champouret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Visseaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163264v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obaid Hashmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Caulier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Minaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379793v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqi Chen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Rosas-Huerta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Ritter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Siidra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2025.182889" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333448v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Wolber" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Duffort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huv&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duttine" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt01303h" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164880v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Q. Huang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. D. Cheng" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mentre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J. C. Vieira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5c01315" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05236233v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Lassri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said El Ouahbi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Abdelrhafore" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhaj El Hachemi Omari" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhadi El Hachmi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173291" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05139615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dt03027c" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785402v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pautrat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107577" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773939v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Nimoh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Ar&#233;valo-L&#243;pez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quintin Meier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c07022" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794081v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Fabelo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202408266" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04643084v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaping Li" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifan Li" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Arevalo Lopez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.3c03522" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793532v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva-Maria Hammer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian J&#228;hnig" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Dittrich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02544" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297498v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Leclercq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M Arevalo&#8208;lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202300491" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04137570v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Cano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202302049" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297226v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Zhu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bei Zhu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suheon Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Chen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.3c00177" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308289v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinan Zhang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Jin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxuan Zhu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingqing Huang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2023.124139" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870715v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoming Yang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TC05650F" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03271309v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel M. N. Choubeu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget N. Ndosiri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James B. Orton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00958972.2021.1890048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179667v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Omari" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lekdadri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lassri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Minaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102257" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04448331v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. N. Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Y. Zhu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. M. Yang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122526" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291932v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M Arevalo-Lopez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daviero-Minaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0QI00887G" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999550v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Nana" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Haynes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vezin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pritam Shankhari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128642" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415518v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel M Ar&#233;valo-L&#243;pez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Huve" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9qi00934e" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999599v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coustel M.N. Choubeu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Ndosiri" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Orton" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2020.114885" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166862v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Champouret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Visseaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>