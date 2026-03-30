--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -547,295 +547,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les amis inconnus de Diderot, ou la fabrique du lecteur à venir</w:t>
+                <w:t xml:space="preserve">Timbrer la page : génétique et stylistique des guillemets de relief énonciatif dans La Religieuse et La Nouvelle Héloïse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diderot Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 39, pp.161-175</w:t>
+              <w:t xml:space="preserve">Publications numériques du CÉRÉdI, « Actes de colloques et journées d’étude »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391511v1</w:t>
+                <w:t xml:space="preserve">hal-04391402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timbrer la page : génétique et stylistique des guillemets de relief énonciatif dans La Religieuse et La Nouvelle Héloïse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Gallicagram : les archives de presse sous les rotatives de la statistique textuelle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît de Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Azoulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Publications numériques du CÉRÉdI, « Actes de colloques et journées d’étude »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/corpus.7944⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391402v1</w:t>
+                <w:t xml:space="preserve">hal-04070114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Gallicagram : les archives de presse sous les rotatives de la statistique textuelle »</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les amis inconnus de Diderot, ou la fabrique du lecteur à venir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Étienne Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diderot Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39, pp.161-175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/corpus.7944⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04070114v1</w:t>
+                <w:t xml:space="preserve">hal-04391511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Détonations atténuatives : euphémisation érotique et rhétorique licencieuse dans Les Bijoux indiscrets »</w:t>
               </w:r>
@@ -971,183 +971,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04070112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récit enchâssé et concurrence narratoriale chez Prévost et Marivaux</w:t>
+                <w:t xml:space="preserve">« Les participes apposés initialisés dans l’Histoire d’une Grecque moderne : cohésion textuelle et opacité narrative »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1 – 2023 (123e année, n° 1), pp.39-53. </w:t>
+              <w:t xml:space="preserve">L'information grammaticale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 179, pp.12-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14563-9.p.0039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2143/IG.179.0.3292558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988154v1</w:t>
+                <w:t xml:space="preserve">hal-04391557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les participes apposés initialisés dans l’Histoire d’une Grecque moderne : cohésion textuelle et opacité narrative »</w:t>
+                <w:t xml:space="preserve">Récit enchâssé et concurrence narratoriale chez Prévost et Marivaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'information grammaticale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 179, pp.12-16. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 – 2023 (123e année, n° 1), pp.39-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2143/IG.179.0.3292558⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14563-9.p.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391557v1</w:t>
+                <w:t xml:space="preserve">hal-03988154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “Chant-contrechant” : les divertissements des comédies de Marivaux »</w:t>
               </w:r>
@@ -1663,356 +1663,502 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récit conversationnel, autorité narrative et travail de la vraisemblance dans Ceci n’est pas un conte de Diderot : de la rhétorique du probable à la poétique de l’illusion</w:t>
+                <w:t xml:space="preserve">“Je me vis négresse”. Déclinaisons stylistiques de l’identité personnelle dans les récits de Claire de Duras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pascale Mounier. </w:t>
+              <w:t xml:space="preserve">Eleonorę Reverzy et Andrea Del Lungo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Narration oratoire et les genres littéraires (XVe-XVIIIe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.77-92, 2024, "L'Univers rhétorique"</w:t>
+              <w:t xml:space="preserve">Relire Claire de Duras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.83-98, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04627034v1</w:t>
+                <w:t xml:space="preserve">hal-05528546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« “Autant de cervelles, autant d’avisoires.” Corrélations irréversibles isomorphes averbales et imaginaire de la vivacité stylistique au XVIIIe siècle »</w:t>
+                <w:t xml:space="preserve">De la vivacité du stile au 18e siècle, et de celui d’Hamilton en particulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mathieu Goux et Pascale Mounier. </w:t>
+              <w:t xml:space="preserve">Florence Leca-Mercier, Claire Stolz et Pierre Fleury. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Corrélation en diachronie longue (1450-1800)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, 2022, "Bibliothèque de grammaire et de linguistique"</w:t>
+              <w:t xml:space="preserve">L’Humour du prochain. Mélanges en l’honneur d’Anne-Marie Paillet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia, pp.201-209, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03709741v1</w:t>
+                <w:t xml:space="preserve">hal-05528540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Stylistique de la maxime chez Diderot : une forme “enquestante et non resolutive” »</w:t>
+                <w:t xml:space="preserve">Récit conversationnel, autorité narrative et travail de la vraisemblance dans Ceci n’est pas un conte de Diderot : de la rhétorique du probable à la poétique de l’illusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Odile Richard-Pauchet et Gerhardt Stenger. </w:t>
+              <w:t xml:space="preserve">Pascale Mounier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Morales de Diderot</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.193-208, 2022</w:t>
+              <w:t xml:space="preserve">La Narration oratoire et les genres littéraires (XVe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.77-92, 2024, "L'Univers rhétorique"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03709734v1</w:t>
+                <w:t xml:space="preserve">hal-04627034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« “Autant de cervelles, autant d’avisoires.” Corrélations irréversibles isomorphes averbales et imaginaire de la vivacité stylistique au XVIIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara de Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mathieu Goux et Pascale Mounier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Corrélation en diachronie longue (1450-1800)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, 2022, "Bibliothèque de grammaire et de linguistique"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Stylistique de la maxime chez Diderot : une forme “enquestante et non resolutive” »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara de Courson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Odile Richard-Pauchet et Gerhardt Stenger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Morales de Diderot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.193-208, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Parler sous les plombs. Représentations carcérales du discours dans l’&amp;lt;i&amp;gt;Histoire de ma vie&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anouch Bourmayan; Odile Leclercq. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Styles, genres, auteurs. 20, Villon, Marguerite de Navarre, Boileau, Casanova, Sand, Genet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sorbonne Université Presses, pp.123-143, 2020, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 979-10-231-0695-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/WWJE2286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03709732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2022,91 +2168,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “Des voix confuses et lointaines” : présence de la voix dans La Religieuse de Diderot (approches lexicale et discursive) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2116,114 +2262,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« “Autant d’hommes, autant de cris divers.” Représentations acoustiques du discours chez Diderot »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara de Courson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Sorbonne Université, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03931211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId55"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2370,51 +2516,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara de Courson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528501v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160160v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1426m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528522v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676057v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16571-2.p.0005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889090v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552343-14234061" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391511v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391402v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070114v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Courson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Azoulay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Brunet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.7944" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.7351" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.1465" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988154v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14563-9.p.0039" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391557v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.179.0.3292558" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931160v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709728v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.171.0.3289939" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726267v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Chabernaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Frighetto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lambert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poujat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lotterie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627034v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709732v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/WWJE2286" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931191v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03931211v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara de Courson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528501v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160160v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1426m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528522v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676057v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16571-2.p.0005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889090v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552343-14234061" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391402v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070114v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Courson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Azoulay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Brunet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.7944" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391511v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rde.7351" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.1465" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391557v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.179.0.3292558" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988154v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14563-9.p.0039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931160v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709728v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.171.0.3289939" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726267v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Chabernaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Frighetto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lambert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poujat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lotterie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05528540v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627034v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709741v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709734v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709732v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/WWJE2286" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931191v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03931211v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>