--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -914,648 +914,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiter la chronologie de Notre-Dame de Paris : Une approche combinée de méthodes de datation absolue et relative</w:t>
+                <w:t xml:space="preserve">Si le bois m’était conté. Climat, défrichement, sylviculture au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
+                <w:t xml:space="preserve">Valérie Daux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Gallet</w:t>
+                <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Du Boisgueheneuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e séminaire scientifique et technique de l’Inrap. Datations « absolues » en archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Orsay, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910948v1</w:t>
+                <w:t xml:space="preserve">mnhn-04778813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si le bois m’était conté. Climat, défrichement, sylviculture au Moyen Âge</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiter la chronologie de Notre-Dame de Paris : Une approche combinée de méthodes de datation absolue et relative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Brossier</w:t>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Du Boisgueheneuc</w:t>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Durand</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">8e séminaire scientifique et technique de l’Inrap. Datations « absolues » en archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04778813v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'acquisition de données 3D et les traitements numériques à l'épreuve des questions de recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dater le chevet de Notre-Dame de Paris : regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livio De Luca</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexa Dufraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">n-Dame 2024 : une cathédrale de données numériques et connaissances pluridisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS); Ministère de la Culture; MAP - UPR CNRS 2002, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de la Culture de la France; MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Dillmann PH., Liévaux P., Magnien A., Regert M.,, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772582v1</w:t>
+                <w:t xml:space="preserve">mnhn-04778783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dater le chevet de Notre-Dame de Paris : regards croisés</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Les grands défrichements du Moyen Age dans le Bassin parisien : mythe ou réalité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coubray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexa Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de la Culture de la France; MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Dillmann PH., Liévaux P., Magnien A., Regert M.,, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Contribution des forêts passées aux forêts d’aujourd’hui et de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Aspet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04778783v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-05086104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grands défrichements du Moyen Age dans le Bassin parisien : mythe ou réalité ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'acquisition de données 3D et les traitements numériques à l'épreuve des questions de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Leroyer</w:t>
+                <w:t xml:space="preserve">Grégory Chaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Coubray</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dylan Nouzeran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Penagos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contribution des forêts passées aux forêts d’aujourd’hui et de demain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Aspet, France</w:t>
+              <w:t xml:space="preserve">n-Dame 2024 : une cathédrale de données numériques et connaissances pluridisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS); Ministère de la Culture; MAP - UPR CNRS 2002, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-05086104v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de documentation et de référencement spatio-temporel de données</w:t>
               </w:r>
@@ -1662,90 +1662,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction de la nef de Notre-Dame de Paris : nouvelles données chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ybert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexa Dufraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Ministère de la Culture de la France; Dillmann Ph., Liévaux P., Magnien A., Regert M., Apr 2024, Paris, France</w:t>
@@ -2311,51 +2311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Penagos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Toriti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -2467,51 +2467,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5A144B34"/>
+    <w:nsid w:val="F9ECD79D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2698,51 +2698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clara-penagos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7962-9415" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04983441v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fohrer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Penagos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105075" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2022.09.004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500859v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roussel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lafarge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574502v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426509v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Angeli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04910948v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778813v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Du Boisgueheneuc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772582v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chaumet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Nouzeran" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778783v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05086104v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772579v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dagalita" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Delepine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ybert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196944v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04273553v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Imbert &#352;tulc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poszwa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03945825v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266746v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clara-penagos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7962-9415" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04983441v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Toriti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fohrer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Penagos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2025.105075" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2022.09.004" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500859v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roussel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lafarge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574502v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426509v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Angeli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778813v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Daux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Du Boisgueheneuc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Durand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04910948v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778783v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05086104v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772582v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chaumet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Nouzeran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772579v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dagalita" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Delepine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778791v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ybert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196944v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04273553v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Imbert &#352;tulc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poszwa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Beuret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03945825v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lemoine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266746v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>