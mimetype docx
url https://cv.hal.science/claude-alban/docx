--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3344,282 +3344,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An outlook on lysine methylation of non-histone proteins in plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arabidopsis thaliana plants challenged with uranium reveal new insights into iron and phosphate homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Villiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Martin-Laffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/ery231⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 217 (2), pp.657 - 670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.14865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02200572v1</w:t>
+                <w:t xml:space="preserve">hal-01735755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis thaliana plants challenged with uranium reveal new insights into iron and phosphate homeostasis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florent Villiers</w:t>
+                <w:t xml:space="preserve">An outlook on lysine methylation of non-histone proteins in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Alban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ravanel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 217 (2), pp.657 - 670. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69 (19), pp.4569-4581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.14865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ery231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01735755v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02200572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ChloroKB:a web-application for the integration of knowledge related to chloroplast metabolic network.</w:t>
               </w:r>
@@ -8424,51 +8424,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05486582v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Devime" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Galeone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Si Larbi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316466v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit H Revel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Martin-Laffon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Przybyla-Toscano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316475v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bourguignon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04151027v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galeone Adrien" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chapon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Merroun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788801v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson B.C. Serre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Sarthou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Gigarel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Figuet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316418v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Israel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711853v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Pennera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merlot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928266v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Chetouhi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Baggio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176501v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928239v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Revel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382730v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dannay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767338v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Sarthou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925983v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210630v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.139163" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boursiac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143873" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600909v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2024.105831" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924852v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Revel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130668" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377557v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.127436" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332393v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Catty" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ravanel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126894" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291375v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gibbs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Heng Su" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lopez-Nieves" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15417" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025146v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pible" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Van Eesbeeck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Steinmetz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8121857" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379001v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Serre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13692" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890719v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Villiers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00092b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02000621v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.10.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200572v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery231" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735755v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14865" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517511v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gloaguen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bournais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ravanel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Seigneurin-Berny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00242" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271913v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Ma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mininno" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2016.01.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217824v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Mazzoleni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Gilgen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv098" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985079v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Tardif" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095512" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702116v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugiere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pautre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.359976" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733821v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cobessi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dumas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meinguet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ferrer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.097675" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212122v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Puyaubert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.111534" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153857v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R&#233;beill&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Douce" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-007-9167-z" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B6VSMR6V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100291v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Arnal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Quadrado" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Mireau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-006-9034-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FWKZLNX6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016708v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pinon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.070144" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677936v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picciocchi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680662v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picciocchi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M302154200" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678731v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grossemy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111110200" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679859v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.010346" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690422v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(00)01223-3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J3KL11PC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697621v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.51.1.17" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689032v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tissot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis P&#233;pin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Job" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683788v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691184v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686456v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bligny" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694161v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Herbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Price" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dehaye" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705127v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220821v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Duval" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Job" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2990141" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319831v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Axiotis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.99.2.450" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382680v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193132v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770495v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769556v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Tissot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928058v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142612v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://6e.plantphys.net/essay12.08.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810781v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593722v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106304v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839414v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836960v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838619v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Derose" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836808v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842200v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Cole" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847126v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Job" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05486582v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Beaulier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Devime" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Galeone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Si Larbi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316466v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit H Revel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Martin-Laffon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Vallet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Przybyla-Toscano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316475v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Chetouhi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alban" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bourguignon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04151027v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galeone Adrien" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Chapon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Merroun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788801v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson B.C. Serre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Sarthou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Gigarel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Figuet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316418v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Israel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Si Larbi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711853v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Pennera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merlot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928266v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Chetouhi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Baggio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176501v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04928239v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Revel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382730v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dannay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767338v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon C.M. Sarthou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925983v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210630v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2025.139163" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04845714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boursiac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.143873" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600909v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2024.105831" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03924852v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Revel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Bonnot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2022.130668" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377557v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.127436" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332393v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Catty" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ravanel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126894" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291375v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gibbs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Heng Su" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lopez-Nieves" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.15417" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188160v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aupiais" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Beccia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berthomieu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025146v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pible" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Van Eesbeeck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Steinmetz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8121857" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379001v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Serre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13692" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890719v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Villiers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0mt00092b" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02000621v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2018.10.004" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735755v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14865" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200572v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery231" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517511v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gloaguen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bournais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ravanel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Seigneurin-Berny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00242" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271913v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Ma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mininno" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugi&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2016.01.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217824v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Mazzoleni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Gilgen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv098" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985079v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Tardif" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0095512" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702116v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Brugiere" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pautre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.359976" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733821v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cobessi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dumas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meinguet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Ferrer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.097675" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212122v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Puyaubert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.111534" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153857v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R&#233;beill&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Douce" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11120-007-9167-z" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B6VSMR6V-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00100291v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Arnal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Quadrado" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Mireau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-006-9034-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FWKZLNX6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016708v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pinon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.070144" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677936v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picciocchi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680662v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picciocchi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M302154200" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678731v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grossemy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111110200" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679859v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.010346" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690422v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0764-4469(00)01223-3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J3KL11PC-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697621v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.51.1.17" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689032v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tissot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis P&#233;pin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Job" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683788v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691184v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686456v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684803v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bligny" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694161v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Herbert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Price" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dehaye" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02705127v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220821v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Duval" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Job" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2990141" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319831v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Axiotis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.99.2.450" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05382680v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193132v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770495v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769556v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Tissot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928058v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142612v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://6e.plantphys.net/essay12.08.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810781v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593722v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106304v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839414v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836960v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838619v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Derose" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836808v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842200v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Cole" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02847126v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Job" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>