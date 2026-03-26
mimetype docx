--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,7869 +66,8388 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video Scene Segmentation of TV Series Using Multimodal Neural Features</w:t>
+                <w:t xml:space="preserve">Survey on Narrative Structure: from Linguistic Theories to Automatic Extraction Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aman Berhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Guinaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Series. International Journal of TV Serial Narratives</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (1), pp.63-87</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298901v1</w:t>
+                <w:t xml:space="preserve">hal-04411122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV: lessons learned from MediaEval 2015</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bredin</w:t>
+                <w:t xml:space="preserve">Video Scene Segmentation of TV Series Using Multimodal Neural Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aman Berhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multimedia Tools and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11042-017-4730-x⟩</w:t>
+              <w:t xml:space="preserve">Series. International Journal of TV Serial Narratives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), pp.59-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.6092/issn.2421-454X/8967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690581v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lexical speaker identification in TV shows</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV: lessons learned from MediaEval 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multimedia Tools and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 74 (4), pp.1377 - 1396. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11042-014-1940-3⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 76 (21), pp.22547 - 22567. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11042-017-4730-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690342v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Person instance graphs for mono-, cross- and multi-modal person recognition in multimedia data: application to speaker identification in TV broadcast</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Lexical speaker identification in TV shows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anindya Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multimedia Information Retrieval</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13735-014-0055-y⟩</w:t>
+              <w:t xml:space="preserve">Multimedia Tools and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 74 (4), pp.1377 - 1396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11042-014-1940-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690350v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of Cepstral and Phonetically Discriminative Features for Speaker Verification</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Person instance graphs for mono-, cross- and multi-modal person recognition in multimedia data: application to speaker identification in TV broadcast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anindya Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet-Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LSP.2014.2323432⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Multimedia Information Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (3), pp.161 - 175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13735-014-0055-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690336v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une étude quantitative des marqueurs discursifs, disfluences et chevauchements de parole dans des interviews politiques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+                <w:t xml:space="preserve">Combination of Cepstral and Phonetically Discriminative Features for Speaker Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong-Thanh Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/tipa.830⟩</w:t>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (9), pp.1040 - 1044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2014.2323432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01135042v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Speaker Adaptation Methods as Feature Extraction for SVM-Based Speaker Recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
+                <w:t xml:space="preserve">Une étude quantitative des marqueurs discursifs, disfluences et chevauchements de parole dans des interviews politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boula de Mareüil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Audio, Speech and Language Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASL.2009.2034187⟩</w:t>
+              <w:t xml:space="preserve">Travaux interdisciplinaires du Laboratoire Parole et Langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (29), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tipa.830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690338v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01135042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sécurité, identification, vie privée, ce que le numérique va changer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salah Bourennane</w:t>
+                <w:t xml:space="preserve">Comparison of Speaker Adaptation Methods as Feature Extraction for SVM-Based Speaker Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferràs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lionel Torres</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Journal du CNRS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Audio, Speech and Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18 (6), pp.1366 - 1378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASL.2009.2034187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01487933v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-stage speaker diarization of broadcast news</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sécurité, identification, vie privée, ce que le numérique va changer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Bourennane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dugelay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Glotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Audio, Speech and Language Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Journal du CNRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 225, pp.19-22</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01434241v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01487933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Multi-stage speaker diarization of broadcast news</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Audio, Speech and Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14 (5), pp.1505-1512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASL.2006.878261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Transcriber: Development and use of a tool for assisting speech corpora production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Geoffrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhibiao Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Liberman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Speech Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 33 (1-2), pp.5 - 22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0167-6393(00)00067-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bazinga! A Dataset for Multi-Party Dialogues Structuring</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multilingual Models with Language Embeddings for Low-resource Speech Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Bergoënd</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bredin</w:t>
+                <w:t xml:space="preserve">Léa-Marie Lam-Yee-Mui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Maurice</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Waad Ben Kheder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd Annual Meeting of the ELRA/ISCA SIG on Under-resourced Languages (SIGUL 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA/ISCA, Aug 2023, Dublin, Ireland. pp.83-87, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/SIGUL.2023-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737453v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LSTM based Similarity Measurement with Spectral Clustering for Speaker Diarization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bazinga! A Dataset for Multi-Party Dialogues Structuring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+                <w:t xml:space="preserve">Paul Lerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ming Li</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Juliette Bergoënd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Speech Communication Association</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC 2022 - 13th Language Resources and Evaluation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Language Resources Association (ELRA), Jun 2022, Marseille, France. pp.3434-3441</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02189393v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-latency speaker spotting with online diarization and detection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Détection de scènes remarquables dans un contexte de séries TV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aman Berhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey 2018: The Speaker and Language Recognition Workshop</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Odyssey.2018-20⟩</w:t>
+              <w:t xml:space="preserve">Conférence en Recherche d'Information et Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24348/coria.2021.court_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836490v1</w:t>
+                <w:t xml:space="preserve">hal-04445565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ODESSA at Albayzin Speaker Diarization Challenge 2018</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bredin</w:t>
+                <w:t xml:space="preserve">Scene Linking Annotation and Automatic Scene Characterization in TV Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aman Berhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IberSPEECH 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Text2Story@ ECIR Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Lisbonne, Portugal. pp.47-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987808v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural speech turn segmentation and affinity propagation for speaker diarization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vocapia-LIMSI System for 2020 Shared Task on Code-switched Spoken Language Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the International Speech Communication Association</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The First Workshop on Speech Technologies for Code-Switching in Multilingual Communities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912236v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03091792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ODESSA/PLUMCOT at Albayzin Multimodal Diarization Challenge 2018</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">LSTM based Similarity Measurement with Spectral Clustering for Speaker Diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qingjian Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IberSPEECH 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/IberSPEECH.2018-39⟩</w:t>
+              <w:t xml:space="preserve">Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.366-370, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2019-1388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987807v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speaker Change Detection in Broadcast TV Using Bidirectional Long Short-Term Memory Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Low-latency speaker spotting with online diarization and detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruiqing Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2017-65⟩</w:t>
+              <w:t xml:space="preserve">Odyssey 2018: The Speaker and Language Recognition Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCA, Jun 2018, Les Sables d'Olonne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Odyssey.2018-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690244v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Speaker Turn Embedding and Incremental Structure Prediction for Low-Latency Speaker Diarization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">ODESSA at Albayzin Speaker Diarization Challenge 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2017, 18th Annual Conference of the International Speech Communication Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2017-1067⟩</w:t>
+              <w:t xml:space="preserve">IberSPEECH 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Barcelona, Spain. pp.211--215, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/IberSPEECH.2018-43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690162v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards large scale multimedia indexing: A case study on person discovery in broadcast news</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Neural speech turn segmentation and affinity propagation for speaker diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Content-Based Multimedia Indexing CBMI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3095713.3095732⟩</w:t>
+              <w:t xml:space="preserve">Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyderabad, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2018-1750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01551690v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking Multimedia Technologies with the CAMOMILE Platform: the Case of Multimodal Person Discovery at MediaEval 2015</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">ODESSA/PLUMCOT at Albayzin Multimodal Diarization Challenge 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Bruneau</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héctor Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IberSPEECH 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Barcelona, Spain. pp.194--198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/IberSPEECH.2018-39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690277v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV at MediaEval 2016</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Speaker Change Detection in Broadcast TV Using Bidirectional Long Short-Term Memory Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MediaEval 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2017-65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690330v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-Hoc Interactive Analytics of Errors in the Context of a Person Discovery Task</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Combining Speaker Turn Embedding and Incremental Structure Prediction for Low-Latency Speaker Diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wisniewksi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Gelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Multimedia 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISM.2016.0100⟩</w:t>
+              <w:t xml:space="preserve">Interspeech 2017, 18th Annual Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Stockholm, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2017-1067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701954v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The CAMOMILE Collaborative Annotation Platform for Multi-modal, Multi-lingual and Multi-media Documents</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Towards large scale multimedia indexing: A case study on person discovery in broadcast news</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mickael Stefas</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Sargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miquel India</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Lopez-Otero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2016 Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Content-Based Multimedia Indexing CBMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Firenze, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3095713.3095732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01350096v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01551690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIMSI at MediaEval 2015: Person Discovery in Broadcast TV Task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Benchmarking Multimedia Technologies with the CAMOMILE Platform: the Case of Multimodal Person Discovery at MediaEval 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Poignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MediaEval 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Wurzen, Germany</w:t>
+              <w:t xml:space="preserve">LREC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portorož, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01690333v1</w:t>
+                <w:t xml:space="preserve">hal-01690277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysing rhythm in ritual discourse in Yucatec Maya using automatic speech alignment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentina Vapnarsky</w:t>
+                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV at MediaEval 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2015 Speech beyond speech</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MediaEval 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Hilversum, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01250490v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV at MediaEval 2015</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Post-Hoc Interactive Analytics of Errors in the Context of a Person Discovery Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Poignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MediaEval 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Symposium on Multimedia 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE Computer Society, Dec 2016, San Jose, United States. pp.435-438, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISM.2016.0100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690332v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smile and laughter detection for elderly people-robot interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The CAMOMILE Collaborative Annotation Platform for Multi-modal, Multi-lingual and Multi-media Documents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fan Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed El Amine Sehili</w:t>
+                <w:t xml:space="preserve">Mateusz Budnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Social Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">LREC 2016 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.1421-1425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836445v1</w:t>
+                <w:t xml:space="preserve">hal-01350096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Annotation for Person Identification in TV Shows</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">LIMSI at MediaEval 2015: Person Discovery in Broadcast TV Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Poignant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2015 (short demo paper)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">MediaEval 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Wurzen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01170513v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Visual Analytics Approach to Finding Factors Improving Automatic Speaker Identifications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Tamisier</w:t>
+                <w:t xml:space="preserve">Analysing rhythm in ritual discourse in Yucatec Maya using automatic speech alignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Vapnarsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Becquey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Doukhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multimodal Interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2818346.2820769⟩</w:t>
+              <w:t xml:space="preserve">Interspeech 2015 Speech beyond speech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany. pp.344-348, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2015-152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836455v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01250490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Singer diarization: application to ethnomusicological recordings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marwa Thlithi</w:t>
+                <w:t xml:space="preserve">Multimodal Person Discovery in Broadcast TV at MediaEval 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Pellegrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International workshop on Folk Music Anaysis (FMA 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Paris, France. pp. 124-125</w:t>
+              <w:t xml:space="preserve">MediaEval 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Wurzen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535953v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Person Instance Graphs for Named Speaker Identification in TV Broadcast</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Smile and laughter detection for elderly people-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Amine Sehili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey 2014: The Speaker and Language Recognition Workshop</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Social Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690272v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TVD: a reproducible and multiply aligned TV series dataset</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
+                <w:t xml:space="preserve">Collaborative Annotation for Person Identification in TV Shows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheuz Budnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2014 - 9th International Conference on Language Resources and Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Reykjavik, Iceland</w:t>
+              <w:t xml:space="preserve">Interspeech 2015 (short demo paper)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690279v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des voyelles et de la force de voix par analyse discriminante</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Visual Analytics Approach to Finding Factors Improving Automatic Speaker Identifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Tamisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30emes Journees d'Etude sur la Parole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Multimodal Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Seattle, United States. pp.323-326, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2818346.2820769⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01885618v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Web-based Tool for the Visual Analysis of Media Annotations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bredin</w:t>
+                <w:t xml:space="preserve">Singer diarization: application to ethnomusicological recordings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Thlithi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anh-Phuong Ta</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference Information Visualisation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th International workshop on Folk Music Anaysis (FMA 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Paris, France. pp. 124-125</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837151v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a better integration of written names for unsupervised speakers identification in videos</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Person Instance Graphs for Named Speaker Identification in TV Broadcast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Besacier</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Quénot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sophie Rosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First Workshop on Speech, Language and Audio in Multimedia, SLAM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Odyssey 2014: The Speaker and Language Recognition Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Joensuu, Finland. pp.179-186, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Odyssey.2014-28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00953089v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QCompere @ REPERE 2013</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">TVD: a reproducible and multiply aligned TV series dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anindya Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guinaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bredin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SLAM 2013 - First Workshop on Speech, Language and Audio for Multimedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Marseille, France. pp.49-54</w:t>
+              <w:t xml:space="preserve">LREC 2014 - 9th International Conference on Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00949320v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of overlapping speech detection on speaker diarization for broadcast news and debates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Charlet</w:t>
+                <w:t xml:space="preserve">Etude des voyelles et de la force de voix par analyse discriminante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Lienard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">30emes Journees d'Etude sur la Parole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCA AFCP, Jun 2014, Le Mans, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836475v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-grain voice strength estimation from vowel spectral cues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Web-based Tool for the Visual Analysis of Media Annotations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anh-Phuong Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Tamisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2013</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2013-52⟩</w:t>
+              <w:t xml:space="preserve">International Conference Information Visualisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IV.2014.28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690249v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice MLLR based m-vector system for speaker verification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Achintya Kumar Sarkar</w:t>
+                <w:t xml:space="preserve">Towards a better integration of written names for unsupervised speakers identification in videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Quénot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viet Bac Le</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">First Workshop on Speech, Language and Audio in Multimedia, SLAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Marseille, France. pp.84-89</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836461v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00953089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anchor and UBM-based Multi-Class MLLR M-Vector System for Speaker Verification</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">QCompere @ REPERE 2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makarand Tapaswi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SLAM 2013 - First Workshop on Speech, Language and Audio for Multimedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Marseille, France. pp.49-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690250v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00949320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augmenting Short-term Cepstral Features with Long-term Discriminative Features for Speaker Verification of Telephone Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cong-Thanh Do</w:t>
+                <w:t xml:space="preserve">Impact of overlapping speech detection on speaker diarization for broadcast news and debates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Achintya Sarkar</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2013</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2013-415⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Vancouver, Canada. pp.7707-7711, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2013.6639163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690264v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-class UBM-Based MLLR m-Vector system for speaker verification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Achintya Kumar Sarkar</w:t>
+                <w:t xml:space="preserve">Fine-grain voice strength estimation from vowel spectral cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2013-52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836477v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Speaker Identification using Overlaid Texts in TV Broadcast</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Besacier</w:t>
+                <w:t xml:space="preserve">Lattice MLLR based m-vector system for speaker verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya Kumar Sarkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2012 - Conference of the International Speech Communication Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2012-344⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Vancouver, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2013.6639152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00767427v1</w:t>
+                <w:t xml:space="preserve">hal-01836461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion of Speech, Faces and Text for Person Identification in TV Broadcast</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Augmenting Short-term Cepstral Features with Long-term Discriminative Features for Speaker Verification of Telephone Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong-Thanh Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya Sarkar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCV 2012 - 12th European Conference on Computer Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2013-415⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-33885-4_39⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00722884v1</w:t>
+                <w:t xml:space="preserve">hal-01690264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time structure and detection of the multivoiced segments in mixed speech</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
+                <w:t xml:space="preserve">Anchor and UBM-based Multi-Class MLLR M-Vector System for Speaker Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya K Sarkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Signol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Phonetic Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2013-408⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836479v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing Multi-Stage Approaches for Cross-Show Speaker Diarization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Viet Bac Le</w:t>
+                <w:t xml:space="preserve">Multi-class UBM-Based MLLR m-Vector system for speaker verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achintya Kumar Sarkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Marrakech, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690265v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of GSV-SVM for Speaker Diarization and Tracking</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Fusion of Speech, Faces and Text for Person Identification in TV Broadcast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makarand Tapaswi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey 2010: The Speaker and Language Recognition Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECCV 2012 - 12th European Conference on Computer Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Firenze, Italy. pp.385-394, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-33885-4_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690274v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00722884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A corpus for identification of speakers and their emotions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agnes Delaborde</w:t>
+                <w:t xml:space="preserve">Unsupervised Speaker Identification using Overlaid Texts in TV Broadcast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Poignant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bredin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language Ressources and Evaluation Conference (LREC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2012 - Conference of the International Speech Communication Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Portland, OR, United States. pp.2650-2653, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2012-344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01768819v1</w:t>
+                <w:t xml:space="preserve">hal-00767427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Wizard-of-Oz game for collecting emotional audio data in a children-robot interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Tahon</w:t>
+                <w:t xml:space="preserve">Time structure and detection of the multivoiced segments in mixed speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Devillers</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Signol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Affective-Aware Virtual Agents and Social Robots</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Congress of Phonetic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Hong Kong, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837116v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice-based MLLR for speaker recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Ferras</w:t>
+                <w:t xml:space="preserve">Comparing Multi-Stage Approaches for Cross-Show Speaker Diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Anh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Bac Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2009.4960639⟩</w:t>
+              <w:t xml:space="preserve">Interspeech 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Florence, Italy. pp.1053-1056, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2011-392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836481v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallelized Factor Analysis and Feature Normalization for Automatic Speaker Verification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Luo</w:t>
+                <w:t xml:space="preserve">On the use of GSV-SVM for Speaker Diarization and Tracking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Bac Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Barras</w:t>
+                <w:t xml:space="preserve">Marc Ferràs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2008</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Odyssey 2010: The Speaker and Language Recognition Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Brno, Czech Republic</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690267v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MLLR Techniques for Speaker Recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cheung Chi Leung</w:t>
+                <w:t xml:space="preserve">A corpus for identification of speakers and their emotions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Delaborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey 2008: The Speaker and Language Recognition Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Stellenbosch, South Africa</w:t>
+              <w:t xml:space="preserve">Language Ressources and Evaluation Conference (LREC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Valleta, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690275v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01768819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the pitch estimation algorithms in the monopitch and multipich cases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Signol</w:t>
+                <w:t xml:space="preserve">A Wizard-of-Oz game for collecting emotional audio data in a children-robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Delaborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics'08</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.2932871⟩</w:t>
+              <w:t xml:space="preserve">International Workshop on Affective-Aware Virtual Agents and Social Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Boston, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1655260.1655265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836485v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using sets of combs to control pitch estimation errors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
+                <w:t xml:space="preserve">Lattice-based MLLR for speaker recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ferras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Signol</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acoustics'08</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.2998757⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Tapei, Taiwan. pp.4537-4540, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2009.4960639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836484v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation and analysis of overlapping speech in political interviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+                <w:t xml:space="preserve">Parallelized Factor Analysis and Feature Normalization for Automatic Speaker Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LREC 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Brisbane, Australia. pp.1409-1412, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2008-408⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01690328v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing Prosodic Models for Speaker Recognition</w:t>
+                <w:t xml:space="preserve">MLLR Techniques for Speaker Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Ferràs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung Chi Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Odyssey 2008: The Speaker and Language Recognition Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Stellenbosch, South Africa</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2008-514⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01690268v1</w:t>
+                <w:t xml:space="preserve">hal-01690275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LIMSI 2006 TC-STAR EPPS Transcription systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gilles Adda</w:t>
+                <w:t xml:space="preserve">Evaluation of the pitch estimation algorithms in the monopitch and multipich cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Signol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Honolulu, United States. pp.IV-997-IV-1000, </w:t>
+              <w:t xml:space="preserve">Acoustics'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Acoustical Society of America, Jun 2008, Paris, France. pp.3077, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2007.367240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.2932871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836621v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained MLLR for speaker recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cheung Chi Leung</w:t>
+                <w:t xml:space="preserve">Using sets of combs to control pitch estimation errors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Signol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Honolulu, United States. </w:t>
+              <w:t xml:space="preserve">Acoustics'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFA, Jun 2008, Paris, France. pp.060003, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2007.367161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.2998757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836611v1</w:t>
+                <w:t xml:space="preserve">hal-01836484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech fundamental frequency estimation using the Alternate Comb</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Signol</w:t>
+                <w:t xml:space="preserve">Annotation and analysis of overlapping speech in political interviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Paroubek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boula de Mareüil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2007</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">LREC 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Marrakech, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01690269v1</w:t>
+                <w:t xml:space="preserve">hal-01690328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic speaker identification : the LIMSI CLEAR'07 system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparing Prosodic Models for Speaker Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung-Chi Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferràs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEAR 2007 - Second International Workshop on Classification of Events, Activities and Relationships</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.233-239, </w:t>
+              <w:t xml:space="preserve">Interspeech 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Brisbane, Australia. pp.1945-1948, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-68585-2_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2008-514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836630v1</w:t>
+                <w:t xml:space="preserve">hal-01690268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech overlap and interplay with disfluencies in political interviews</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The LIMSI 2006 TC-STAR EPPS Transcription systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoit Habert</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bilinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Paralinguistic Speech - between models and data</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Honolulu, United States. pp.IV-997-IV-1000, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2007.367240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836619v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LIMSI RT07 lecture transcription system</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Constrained MLLR for speaker recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ferras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung Chi Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RT 2007 - Rich Transcription Meeting Recognition Evaluation Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Honolulu, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2007.367161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01836627v1</w:t>
+                <w:t xml:space="preserve">hal-01836611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-stage speaker diarization for conference and lecture meetings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">X Zhu</w:t>
+                <w:t xml:space="preserve">Speech fundamental frequency estimation using the Alternate Comb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sylvain Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Signol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RT 2007 - Rich Transcription Meeting Recognition Evaluation Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.533-542, </w:t>
+              <w:t xml:space="preserve">Interspeech 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Antwerp, Belgium. pp.2773-2776, </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-68585-2_49⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2007-465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01836625v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01690269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The LIMSI 2006 Tc-Star Transcription Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+                <w:t xml:space="preserve">Acoustic speaker identification : the LIMSI CLEAR'07 system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheung Chi Leung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lori Lamel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tc-Star Speech to Speech Translation Workshop, Barcelona</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CLEAR 2007 - Second International Workshop on Classification of Events, Activities and Relationships</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.233-239, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-68585-2_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01434203v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining speaker identification and bic for speaker diarization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xuan Zhu</w:t>
+                <w:t xml:space="preserve">Speech overlap and interplay with disfluencies in political interviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boula de Mareüil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech'05</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Paralinguistic Speech - between models and data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Saarbrücken, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2005-651⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01434281v1</w:t>
+                <w:t xml:space="preserve">hal-01836619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quantitative study of disfluencies in French broadcast interviews</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Bénard</w:t>
+                <w:t xml:space="preserve">The LIMSI RT07 lecture transcription system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bilinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+                <w:t xml:space="preserve">Gilles Adda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISS'05 (Disfluency in Spontaneous Speech)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, aix-en-provence, France. pp.27-32</w:t>
+              <w:t xml:space="preserve">RT 2007 - Rich Transcription Meeting Recognition Evaluation Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.442-449</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00399001v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Multi-stage speaker diarization for conference and lecture meetings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RT 2007 - Rich Transcription Meeting Recognition Evaluation Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Baltimore, United States. pp.533-542, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-68585-2_49⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01836625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The LIMSI 2006 Tc-Star Transcription Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lori Lamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bilinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tc-Star Speech to Speech Translation Workshop, Barcelona</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Unknown, Unknown Region. pp.123--128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining speaker identification and bic for speaker diarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuan Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interspeech'05</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCA, 2005, Lisbonne, Portugal. pp.2441-2444, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2005-651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quantitative study of disfluencies in French broadcast interviews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boula de Mareüil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Habert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Adda-Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Barras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DISS'05 (Disfluency in Spontaneous Speech)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, aix-en-provence, France. pp.27-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00399001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Online Adaptation for Speaker Verification over the Telephone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Odyssey 2004: The Speaker and Language Recognition Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Tolède, Spain. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01434306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7938,219 +8457,369 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Speaker Diarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuan Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gauvain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01451540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance automatique du locuteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Barras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01451538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Speed Submission to DIHARD II: Contributions &amp; Lessons Learned</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Sahidullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuele Cornell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiqing Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunit Sivasankaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02352840v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId204"/>
+      <w:footerReference w:type="default" r:id="rId217"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8297,51 +8966,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298901v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Berhe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guinaudeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2421-454X/8967" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690581v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Poignant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-017-4730-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690342v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anindya Roy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hartmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Bac Le" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-014-1940-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690350v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Bac Le" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13735-014-0055-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690336v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Sarkar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Thanh Do" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2323432" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135042v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boula de Mare&#252;il" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.830" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferr&#224;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheung-Chi Leung" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2009.2034187" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01487933v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Bourennane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dugelay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434241v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2006.878261" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690349v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Geoffrois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibiao Wu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Liberman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-6393(00)00067-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03737453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lerner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bergo&#235;nd" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Maurice" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189393v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingjian Lin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqing Yin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-1388" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836490v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Delgado" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Komaty" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2018-20" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987808v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/IberSPEECH.2018-43" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912236v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-1750" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/IberSPEECH.2018-39" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690244v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-65" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690162v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewksi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gelly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-1067" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551690v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Le" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sargent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel India" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopez-Otero" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3095713.3095732" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690277v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Stefas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bruneau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690330v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701954v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Stefas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM.2016.0100" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350096v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Budnik" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690333v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250490v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Becquey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-152" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690332v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836445v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Sehili" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Devillers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170513v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheuz Budnik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836455v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tamisier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2818346.2820769" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535953v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Thlithi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pellegrini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690272v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2014-28" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690279v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sylvain Lienard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837151v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Phuong Ta" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV.2014.28" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953089v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00949320v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fortier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makarand Tapaswi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836475v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charlet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sylvain Li&#233;nard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2013.6639163" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690249v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-52" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836461v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Kumar Sarkar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2013.6639152" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690250v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya K Sarkar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-408" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690264v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-415" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836477v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767427v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2012-344" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00722884v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33885-4_39" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836479v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Signol" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690265v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Anh Tran" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2011-392" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690274v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768819v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Delaborde" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837116v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delaborde" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1655260.1655265" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836481v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ferras" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2009.4960639" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690267v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Luo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferras" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2008-408" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690275v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheung Chi Leung" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836485v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2932871" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836484v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2998757" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690328v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paroubek" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690268v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2008-514" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836621v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.367240" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836611v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.367161" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690269v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2007-465" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836630v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68585-2_21" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BTFBX58K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836619v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Habert" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836627v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836625v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zhu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68585-2_49" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KXRWF5WN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434203v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434281v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2005-651" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00399001v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique B&#233;nard" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434306v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451540v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451538v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411122v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Berhe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guinaudeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Barras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298901v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2421-454X/8967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690581v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Poignant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-017-4730-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690342v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anindya Roy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hartmann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Bac Le" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-014-1940-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690350v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Bac Le" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13735-014-0055-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690336v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Sarkar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Thanh Do" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2323432" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135042v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boula de Mare&#252;il" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Adda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Adda-Decker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Habert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tipa.830" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690338v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferr&#224;s" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheung-Chi Leung" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2009.2034187" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01487933v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Bourennane" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dugelay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Glotin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434241v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2006.878261" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690349v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Geoffrois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibiao Wu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Liberman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-6393(00)00067-4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04397807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Marie Lam-Yee-Mui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waad Ben Kheder" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SIGUL.2023-18" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03737453v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lerner" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bergo&#235;nd" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Maurice" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445565v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2021.court_10" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03907934v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091792v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189393v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingjian Lin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiqing Yin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Li" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-1388" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836490v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Patino" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Delgado" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Komaty" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2018-20" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987808v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/IberSPEECH.2018-43" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912236v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-1750" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987807v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/IberSPEECH.2018-39" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690244v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-65" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690162v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewksi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gelly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-1067" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551690v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Le" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sargent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel India" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Lopez-Otero" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3095713.3095732" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690277v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Stefas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bruneau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690330v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701954v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Stefas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISM.2016.0100" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01350096v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Budnik" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690333v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01250490v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Vapnarsky" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Becquey" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-152" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690332v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836445v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Amine Sehili" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Devillers" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170513v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheuz Budnik" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836455v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tamisier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2818346.2820769" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535953v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Thlithi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pellegrini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690272v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2014-28" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885618v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sylvain Lienard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837151v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Phuong Ta" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IV.2014.28" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953089v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00949320v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fortier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makarand Tapaswi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836475v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charlet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sylvain Li&#233;nard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2013.6639163" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690249v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-52" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836461v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Kumar Sarkar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2013.6639152" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-415" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690250v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya K Sarkar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2013-408" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836477v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00722884v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33885-4_39" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00767427v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2012-344" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836479v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Signol" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690265v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Anh Tran" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2011-392" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690274v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768819v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Delaborde" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837116v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delaborde" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1655260.1655265" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836481v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ferras" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2009.4960639" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690267v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Luo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ferras" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2008-408" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690275v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheung Chi Leung" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836485v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2932871" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836484v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2998757" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690328v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Paroubek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690268v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2008-514" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836621v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.367240" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836611v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.367161" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690269v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2007-465" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836630v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68585-2_21" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BTFBX58K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836619v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Habert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836627v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836625v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Zhu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-68585-2_49" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KXRWF5WN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434203v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434281v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2005-651" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00399001v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique B&#233;nard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434306v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451540v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451538v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02352840v2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Sahidullah" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Cornell" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunit Sivasankaran" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>