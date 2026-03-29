--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -433,230 +433,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01322991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le sujet neurocognitif et l’éducation : un paradoxe ? », Éducation et socialisation [En ligne], 36 | 2014, mis en ligne le 01 septembre 2014, consulté le 06 octobre 2016. URL : http://edso.revues.org/979 ; DOI : 10.4000/edso.979</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Explicitation croisée des démarches d'investigation en sciences : un levier pour donner du sens et favoriser le dialogue entre disciplines scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beaufort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Caussidier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Molinatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Repères IREM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 94, pp.75-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377322v1</w:t>
+                <w:t xml:space="preserve">hal-00879218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explicitation croisée des démarches d'investigation en sciences : un levier pour donner du sens et favoriser le dialogue entre disciplines scolaires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le sujet neurocognitif et l’éducation : un paradoxe ? », Éducation et socialisation [En ligne], 36 | 2014, mis en ligne le 01 septembre 2014, consulté le 06 octobre 2016. URL : http://edso.revues.org/979 ; DOI : 10.4000/edso.979</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Caussidier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères IREM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Le sujet dans les éducations à, 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edso.979⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00879218v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éducation à la santé et pensée complexe : une approche globale pour la formation des enseignants</w:t>
               </w:r>
@@ -2135,51 +2135,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Caussidier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Reichenberger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude J Caussidier-Dechesne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Straka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.691962" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01738046v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Molinatti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.2998" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322991v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufort" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hag&#232;ge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hausberger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hausberger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377322v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.979" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879218v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391744v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Arboix Calas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reynaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.575" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WDXWN6MJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz X. Bogner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Nicolas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995156v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412758v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412818v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406953v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Capap&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.978" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879217v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Henn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Favre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314816v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314831v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685407v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Caussidier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Reichenberger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude J Caussidier-Dechesne" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Straka" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2021.691962" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01738046v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Molinatti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.2998" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322991v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaufort" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hag&#232;ge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Hausberger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hausberger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879218v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377322v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.979" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391744v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Arboix Calas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Reynaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.575" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WDXWN6MJ-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz X. Bogner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Nicolas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995156v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412758v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412818v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406953v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Capap&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.978" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879217v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Henn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Favre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314816v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314831v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685407v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>