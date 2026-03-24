--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -773,303 +773,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'exemple en pratique dans les corpus d’interactions verbales: un témoin de la variation et du sens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberdi Carmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La langue en échantillons : histoire de l’exemple dans les ouvrages du français langue étrangère du XVIe au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIHFLES; Université de Chypre - Département d'Etudes françaises et européennes; MethoDAL OpenLab, May 2022, Nicosie, Chypre</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux plurilingues et pluriculturels dans l’accueil et l’intégration des migrants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations et intégration linguistique. Dispositifs d’accueil, contenus d’enseignement et approches didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté des Sciences de l'Education, Université Mohamed V, Rabat, Maroc; Laboratoire ELLIADD EA 4661, université de Franche-Comté, Besançon, France, Dec 2022, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sociodidactique, interactions et réflexivité en recherche-action-formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation aux métiers de l’enseignement du français et en français Réflexivité, contextualisation, innovation et employabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LARSLAM Université Ibn Zohr Agadir, Nov 2019, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faciliter l'enseignement des compétences interactionnelles : quel défi pour les chercheurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...120 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1120,51 +1120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Français parlé en interaction : des enjeux linguistiques aux usages didactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIEFP le 2ème colloque international sur l’Enseignement du français parlé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'université de Rouen Normandie; L'université d’Istanbul-Cerrahpaşa; L'université de Marmara, Oct 2019, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1189,51 +1189,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transposer les études en interaction en ressources pour l’enseignement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jouin-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1336,51 +1336,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pêcheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2728,260 +2728,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Didactique de l’oral et interactions : rétrospective méthodologie et expérimentation en contexte algérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Ould Benali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges CRAPEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Enseignement du français parlé aujourd’hui : Recherches et expériences de terrain, Mélanges CRAPEL (43/1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03630135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrations, mobilités et médiations inter/transculturelles francophones entre France et Maghreb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Langues, Cultures et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (2), pp.46-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03973675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sur les chemins de la reconnaissance des langues et cultures autochtones minorisées : l’éducation bilingue interculturelle en Amérique latine entre politique, anthropologie et sociodidactique (Cas du Mexique et de l’Equateur)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de langue et de littérature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, numéro spécial Hommage à Hadj Miliani, pp.169-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943461v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-03630135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le plurilinguisme algérien dans les enseignements universitaires: vers de nouvelles configurations?</w:t>
               </w:r>
@@ -3125,182 +3125,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de l’ouvrage dirigé par Laurent Puren et Bruno Maurer La crise de l’apprentissage en Afrique francophone subsaharienne : regards croisés sur la didactique des langues et les pratiques enseignantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, https://revue-tdfle.fr/revue-75-37/1528-compte-rendu-de-l-rsquo-ouvrage-dirig-eacute-par-laurent-puren-et-bruno-maurer-la-crise-de-l-rsquo-apprentissage-en-afrique-francophone-subsaharienne-regards-crois-eacute-s-sur-la-didactique-des-langues-et-les-pratiques-enseignantes</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’enseignement du kabyle durant la période coloniale et la méthode directe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berdous Nadia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multilinguales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973756v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03029655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Cultures d’enseignement/apprentissage des langues, cultures éducatives, didactiques et professionnelles</w:t>
               </w:r>
@@ -3375,273 +3375,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’acculturation des étudiants aux écrits universitaires », مجلة الاداب واللغا</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Ait Moula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ammouden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettres et langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (1), pp.101-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02023289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langue, littérature, culture et civilisation à l’Alliance française : les constituants d’un modèle à succès ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les documents de la SIHFLES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Documents SIHFLES « La culture dans l’enseignement du français langue étrangère : conceptions théoriques, programmes et manuels aux XIXe et XXe siècles », 60-61, pp.151-171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02023222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction. « Oral et oralité : perspectives didactiques, anthropologiques ou littéraires »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Amokrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action Didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 1, pp.6-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02023309v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">halshs-02023222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Langues minorées dans l’ensemble méditerranéen. Sociodidactique et convergences contextuelles par l’exemple du corse »</w:t>
               </w:r>
@@ -3722,51 +3722,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciliter l’acculturation à l’écriture universitaire des étudiants de licence de français en Algérie : genres discursifs et rapport à l’écrit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ammouden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4139,178 +4139,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00854576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Français et langues régionales et/ou minoritaires : une mise en convergence difficultueuse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Puren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38, pp.63-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00378676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La Charte pour bâtir l'école du 21e siècle: Un espace d'intéressement pour construire de nouveaux savoirs en éducation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 58, pp.11-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00378675v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-00378676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle complémentarité entre apprentissage guidé et acquisition sociale dans le dispositifs d'intégation ?</w:t>
               </w:r>
@@ -4454,50 +4454,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00396337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelle complémentarité entre apprentissage guidé et acquisition sociale dans les dispositifs d'intégration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Parpette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44, pp.29-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00959391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quelle didactique en France pour les langues minoritaires ? Réflexions et perspectives à partir de l'enseignement bilingue corse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Di Meglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4506,152 +4601,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grandes et petites langues. Pour une didactique du plurilinguisme et du pluriculturalisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, pp. 198-216</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00646541v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">halshs-00959391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accueil et scolarisation des élèves allophones à l'école française</w:t>
               </w:r>
@@ -5110,178 +5110,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00376688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Messagerie électronique à l'école primaire et pratiques coopératives, des usages ordinaires aux usages innovants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Français Contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 10, pp.77-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00393986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cultures d'enseignement/cultures d'apprentissage : contact, confrontation et co-construction entre langues-cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 140, pp.475-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00394047v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-00393986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Français langue seconde à l'école: d'un bilinguisme de transition à la promotion du plurilinguisme?</w:t>
               </w:r>
@@ -5530,358 +5530,358 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03787633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enseignement bi-/plurilingue au Maroc : état des lieux et perspectives en éducation et formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Nait Belaid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Causa M. Statilaki, S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La question de la distance entre les langues dans l’enseignement bi/plurilingue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E.M.E., 2019, Langues et éducation</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02025324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université d’été/stage de rentrée universitaire : regards sur des expériences marocaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lepez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Essaouri, M. Mabrour, A., Sadiki, M. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’enseignement/apprentissage du français au Maroc au 21ème siècle. Vers de nouveaux enjeux ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02025293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des documents authentiques aux corpus oraux: vers une approche sociododactique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gajo Laurent, Luscher Jean-Marc, Racine Isabelle, Zay Françoise. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Variation, plurilinguisme et évaluation en français langue étrangère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02108329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Langues et domination en Amérique latine. De la conquête à la reconquête. Une lecture équatorienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">El Barkani, B. &amp; Meksem, Z. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plaidoyer pour la variation. Hommages à Marielle Rispail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, E.M.E., pp.131-154, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02025658v1</w:t>
-              </w:r>
-[...256 lines deleted...]
-                <w:t xml:space="preserve">halshs-02108329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alterner les langues, translangager dans l’enseignement bilingue. Une question sociodidactique à partir du corse langue polynomique</w:t>
               </w:r>
@@ -6046,50 +6046,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02042556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Chemins de traverses des pratiques intercompréhensives. Entre curriculum et syllabus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Benerais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DEGACHE, C. &amp; GARBARINO, S. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S., Itinéraires pédagogiques de l’alternance des langues : l’intercompréhension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université de Grenoble-Alpes Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.31-45, 2016, Collection : Didaskein, 9782377470501</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02042926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« La langue corse comme socle d’une éducation bi-plurilingue »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Di Meglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6098,156 +6197,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’éducation bilingue en France - Politiques linguistiques, modèles et pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éd. Lambert Lucas, pp. 215-230, 2016, 978-2-35935-175-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488506v1</w:t>
-              </w:r>
-[...97 lines deleted...]
-                <w:t xml:space="preserve">halshs-02042926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aborder autrement les pratiques langagières plurilingues en Algérie ? Vers une approche de la complexité</w:t>
               </w:r>
@@ -6326,246 +6326,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00959492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du français langue étrangère au français langue seconde et langue de scolarisation : de l'émergence d'une problématique à l'institutionnalisation d'une approche didactique</w:t>
+                <w:t xml:space="preserve">L'introduction d'une troisième voire d'une quatrième langue dans l'enseignement bilingue français-corse : choix curriculaires et perspectives didactiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Ottavi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La langue corse dans le système éducatif. Enjeux sociaux, curriculaires et didactiques du bi/plurilinguisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Albiana, pp.111-124, 2012, 9782824103310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00856387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mettre en place des dispositifs linguistiques dédiés aux ENAF : l'insertion/intégration toujours en question ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Klein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français comme langue de scolarisation : Accompagner, enseigner, évaluer, se former</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNDP, pp.21-30, 2012</w:t>
+              <w:t xml:space="preserve">, CNDP, pp.71-75, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Mettre en place des dispositifs linguistiques dédiés aux ENAF : l'insertion/intégration toujours en question ?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00984862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du français langue étrangère au français langue seconde et langue de scolarisation : de l'émergence d'une problématique à l'institutionnalisation d'une approche didactique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Klein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français comme langue de scolarisation : Accompagner, enseigner, évaluer, se former</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNDP, pp.71-75, 2012</w:t>
+              <w:t xml:space="preserve">, CNDP, pp.21-30, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">halshs-00856387v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00984861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'école et son quartier dans les discours scolaires : enjeux des représentations et pouvoir de discrimination.</w:t>
               </w:r>
@@ -6618,496 +6618,496 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00959458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Universalité et mission civilisatrice : un modèle hégémonique de diffusion des langues ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Argaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zarate, G., Kramsch, C., Londei, D. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Précis du plurilinguisme et pluriculturalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions des archives contemporaines, pp.413-419., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00378684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'analyse des pratiques langagières et des représentations des langues chez des élèves plurilingues à leur prise en compte dans l'espace scolaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Candelier, M.; Ioannitou, G.; Omer, D.; Vasseur, M.T. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conscience du plurilinguisme. Pratiques, représentations, interventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.151-166, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00378686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de la parole des élèves dans les interactions de classe.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Moïse, C., Auger, N. Fracchiola, B., Romain-Schulz, C. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La violence verbale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.121-140., 2008, Espaces discursifs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00378685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle didactique en France pour les langues minoritaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meglio Alain Di</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cortier Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alao, G., Argaud, E. Derivry-Plard, M., Leclercq, H. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grandes et petites langues Pour une didactique du plurilinguisme et du pluriculturalisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.135-148, 2008, Série Transversales, Langues, sociétés, cultures et apprentissages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00378688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'éducation bi-/plurilingue en milieu scolaire français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meglio Alain Di</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">In Budach, Erfurt J. and Kunkel M. (eds.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecoles plurilingues - multilingual schools: Konzepte, Institutionen und Akteure.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Lang., pp.191-210, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00378687v1</w:t>
-              </w:r>
-[...368 lines deleted...]
-                <w:t xml:space="preserve">hal-00378685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La langue de proximité, vecteur d'intégration?</w:t>
               </w:r>
@@ -7291,51 +7291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cortier Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meglio Alain Di</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Auzaneau, M. (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mise en œuvre des langues dans l'interaction.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.198-216, 2007, Parcours discursifs</w:t>
@@ -7517,50 +7517,136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00394078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cultures scolaires et enseignement-apprentissage du FLS en milieu français pour élèves allophones : le cas des mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucchini, S., Maravelakis, A. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langue scolaire, diversité linguistique et interculturalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EME, IRIS, pp.113-130, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00394076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les dispositifs d'accueil et de scolarisation des élèves étrangers allophones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Cortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7573,143 +7659,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bertucci, M.M., Houdart-Merot, V. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Situations de banlieue. Langues, cultures, enseignement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRP, pp.263-272, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00378678v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">halshs-00394076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalités de scolarisation des enfants migrants, rapport à l'autre et construction du plurilinguisme dans les contextes d'enseignement bilingue français et langues régionales</w:t>
               </w:r>
@@ -8390,51 +8390,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460813v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortier Claude" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466238v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466203v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ait Moula" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Ould Benali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943244v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466277v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943291v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Kahboub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940317v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943552v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973705v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberdi Carmen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Etienne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02096598v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02365280v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cortier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958733v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouin-Chardon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Thomas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357145v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Andr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#234;cheur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856797v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Besnerais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959571v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attika-Yasmine Kara-Abbes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Kebbas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hachadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Zohra Amar Sharif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646551v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Di Meglio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376847v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394082v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00390008v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bouchard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Avram" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Totozani Marine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973694v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Rispail" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Villa-Perez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959549v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Cavalli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409110v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Raynal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394104v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393962v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376556v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Parpette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394086v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943461v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973675v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630135v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787601v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaaboub" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973727v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Oulebsir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berdous Nadia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029655v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Kadi-Ksouri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahed Mabrour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023309v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amokrane" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023289v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammouden" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023222v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471931v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ottavi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023506v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102549v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Meglio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959397v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kherra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benaoum" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959393v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854576v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378675v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378676v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchard Robert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396337v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646541v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959391v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394054v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376691v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378673v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Clerc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Longeac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376690v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bandelier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376688v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394047v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393986v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caron" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394044v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676305v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787633v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025658v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025293v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lepez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marbour" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025324v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nait Belaid" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042528v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/66225?format=HC" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042556v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kahboub" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488506v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042926v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Benerais" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/2070" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984861v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856387v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959458v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378687v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meglio Alain Di" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378686v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378684v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Argaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378688v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378685v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378679v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378682v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378680v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394078v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378678v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394076v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394067v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394061v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394060v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084209v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023625v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Amokrane" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376557v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parpette Chantal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460813v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortier Claude" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466238v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466203v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ait Moula" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Ould Benali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943244v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466277v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943291v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943358v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940344v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Kahboub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940317v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675853v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberdi Carmen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Etienne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973705v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943552v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02096598v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02365280v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cortier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958733v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jouin-Chardon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Thomas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01357145v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Andr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P&#234;cheur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856797v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Besnerais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959571v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attika-Yasmine Kara-Abbes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Kebbas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959450v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hachadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Zohra Amar Sharif" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646551v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Di Meglio" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00376847v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394082v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00390008v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bouchard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Avram" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Totozani Marine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973694v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Rispail" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Villa-Perez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959549v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Cavalli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00409110v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Raynal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394104v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Andr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393962v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376556v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Parpette" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394086v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630135v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973675v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943461v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787601v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kaaboub" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973727v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Oulebsir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029655v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973756v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berdous Nadia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Kadi-Ksouri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelouahed Mabrour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023289v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammouden" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023222v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023309v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amokrane" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471931v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ottavi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023506v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102549v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Meglio" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959397v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kherra" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benaoum" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959393v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854576v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378676v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378675v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376544v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchard Robert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00396337v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959391v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646541v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394054v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376691v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378673v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Clerc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Longeac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376689v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376690v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bandelier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376688v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393986v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394047v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394044v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676305v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787633v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025324v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nait Belaid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025293v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lepez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marbour" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108329v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025658v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042528v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/title/66225?format=HC" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042556v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kahboub" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02042926v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Benerais" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ugaeditions/2070" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488506v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856387v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984862v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00984861v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00959458v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378684v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Argaud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378686v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378685v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378688v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meglio Alain Di" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378679v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378682v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378680v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394078v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394076v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378678v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394067v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394061v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394060v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03084209v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02023625v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Amokrane" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376557v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parpette Chantal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>