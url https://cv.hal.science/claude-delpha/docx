--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -576,871 +576,871 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05294401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust I–V curve correction procedure for degraded photovoltaic modules</w:t>
+                <w:t xml:space="preserve">Enhanced Spectral Ensemble Clustering for Fault Diagnosis: Application to Photovoltaic Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baojie Li</w:t>
+                <w:t xml:space="preserve">Mohsen Zargarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clifford Hansen</w:t>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xin Chen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Chabakata Mahamat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.renene.2024.120108⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.170418 - 170436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2024.3497977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04491321v1</w:t>
+                <w:t xml:space="preserve">hal-04805890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Spectral Ensemble Clustering for Fault Diagnosis: Application to Photovoltaic Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Incipient Near Surface Cracks Characterization and Crack Size Estimation based on Jensen–Shannon Divergence and Wasserstein Distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohsen Zargarani</w:t>
+                <w:t xml:space="preserve">Chao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chabakata Mahamat</w:t>
+                <w:t xml:space="preserve">Xusheng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaodong Xing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/access.2024.3497977⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nondestructive Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (3), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10921-024-01105-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04805890v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient Near Surface Cracks Characterization and Crack Size Estimation based on Jensen–Shannon Divergence and Wasserstein Distance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A robust I–V curve correction procedure for degraded photovoltaic modules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+                <w:t xml:space="preserve">Baojie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xusheng Hu</w:t>
+                <w:t xml:space="preserve">Clifford Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaodong Xing</w:t>
+                <w:t xml:space="preserve">Xin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nondestructive Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 43 (3), pp.87. </w:t>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 224, pp.120108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10921-024-01105-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2024.120108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04725492v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of IEC 60891:2021 procedures for correcting I – V curves of photovoltaic modules under healthy and faulty conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baojie Li</w:t>
+                <w:t xml:space="preserve">Classification of voltage sags causes in industrial power networks using multivariate time‐series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veizaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bercu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Photovoltaics</w:t>
+              <w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pip.3652⟩</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/gtd2.12765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03867345v1</w:t>
+                <w:t xml:space="preserve">hal-04012128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of voltage sags causes in industrial power networks using multivariate time‐series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Veizaga</w:t>
+                <w:t xml:space="preserve">Performance evaluation of Jensen–Shannon divergence-based incipient fault diagnosis: Theoretical proofs and validations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Generation, Transmission and Distribution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Structural Health Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.147592172211113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/gtd2.12765⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/14759217221111349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012128v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of Jensen–Shannon divergence-based incipient fault diagnosis: Theoretical proofs and validations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">A new reconstruction-based method using local Mahalanobis distance for incipient fault isolation and amplitude estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Health Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14759217221111349⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 205, pp.110803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2023.110803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03761152v1</w:t>
+                <w:t xml:space="preserve">hal-04394475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new reconstruction-based method using local Mahalanobis distance for incipient fault isolation and amplitude estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Performance evaluation of IEC 60891:2021 procedures for correcting I – V curves of photovoltaic modules under healthy and faulty conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 205, pp.110803. </w:t>
+              <w:t xml:space="preserve">Progress in Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2023.110803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pip.3652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04394475v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blind robust image watermarking based on adaptive embedding strength and distribution of quantified coefficients</w:t>
               </w:r>
@@ -1550,408 +1550,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Bearing Ball Defect Classification Based on the Fusion of Selected Statistical Features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">An incipient fault diagnosis methodology using local Mahalanobis distance: Fault isolation and fault severity estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/e24091251⟩</w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.108657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2022.108657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03776949v1</w:t>
+                <w:t xml:space="preserve">hal-03696213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An incipient fault diagnosis methodology using local Mahalanobis distance: Fault isolation and fault severity estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Soft fault diagnosis in wiring networks using reflectometry and Principal Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Taki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ravot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2022.108657⟩</w:t>
+              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 198, pp.111378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.measurement.2022.111378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03696213v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft fault diagnosis in wiring networks using reflectometry and Principal Component Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nour Taki</w:t>
+                <w:t xml:space="preserve">Performance of Bearing Ball Defect Classification Based on the Fusion of Selected Statistical Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ravot</w:t>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement - Journal of the International Measurement Confederation (IMEKO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 198, pp.111378. </w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (9), pp.1251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.measurement.2022.111378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/e24091251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694002v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-Cost I–V Tracer for PV Fault Diagnosis Using Single-Diode Model Parameters and I–V Curve Characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vorachack Kongphet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2024,51 +2024,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An incipient fault diagnosis methodology using local Mahalanobis distance: Detection process based on empirical probability density estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2115,77 +2115,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault diagnosis of photovoltaic panels using full I–V characteristics and machine learning techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baojie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2226,1105 +2226,1105 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Fault Diagnosis Strategy Based on Multilevel Classification for a Cascaded Photovoltaic Grid-Connected Inverter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tianzhen Wang</w:t>
+                <w:t xml:space="preserve">Incipient fault detection and estimation based on Jensen–Shannon divergence in a data-driven approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics9030429⟩</w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 169, pp.107410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.107410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903345v1</w:t>
+                <w:t xml:space="preserve">hal-02903335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient short-circuit fault diagnosis of lithium-ion batteries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+                <w:t xml:space="preserve">Jensen-Shannon Divergence for Non-Destructive Incipient Crack Detection and Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.est.2020.101658⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.116148-116162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3004658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908249v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient fault detection and estimation based on Jensen–Shannon divergence in a data-driven approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Application of Artificial Neural Networks to photovoltaic fault detection and diagnosis: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.107410⟩</w:t>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 138, pp.110512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2020.110512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903335v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jensen-Shannon Divergence for Non-Destructive Incipient Crack Detection and Estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Maximum power point analysis for partial shading detection and identification in photovoltaic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2020.3004658⟩</w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 224, pp.113374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903353v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Artificial Neural Networks to photovoltaic fault detection and diagnosis: A review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baojie Li</w:t>
+                <w:t xml:space="preserve">A Fault Diagnosis Strategy Based on Multilevel Classification for a Cascaded Photovoltaic Grid-Connected Inverter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenyi Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianzhen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 138, pp.110512. </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (3), pp.429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rser.2020.110512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics9030429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03087601v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximum power point analysis for partial shading detection and identification in photovoltaic systems</w:t>
+                <w:t xml:space="preserve">Incipient short-circuit fault diagnosis of lithium-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+                <w:t xml:space="preserve">Jianwen Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 224, pp.113374. </w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.101658. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.enconman.2020.113374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2020.101658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02938015v1</w:t>
+                <w:t xml:space="preserve">hal-02908249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Level NPC Inverter Incipient Fault Detection and Classification using Output Current Statistical Analysis</w:t>
+                <w:t xml:space="preserve">Canonical Variate Residuals-Based Fault Diagnosis for Slowly Evolving Faults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Baghli</w:t>
+                <w:t xml:space="preserve">Xiaochuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 12 (7), pp.1372. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en12071372⟩</w:t>
+              <w:t xml:space="preserve">, 2019, Fault Diagnosis and Fault-Tolerant Control, 12 (4), pp.726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en12040726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02147094v1</w:t>
+                <w:t xml:space="preserve">hal-02084506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Canonical Variate Residuals-Based Fault Diagnosis for Slowly Evolving Faults</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Mba</w:t>
+                <w:t xml:space="preserve">PV shading fault detection and classification based on I-V curve using principal component analysis: Application to isolated PV system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en12040726⟩</w:t>
+              <w:t xml:space="preserve">Solar Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 179, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solener.2018.12.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02084506v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PV shading fault detection and classification based on I-V curve using principal component analysis: Application to isolated PV system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+                <w:t xml:space="preserve">Three-Level NPC Inverter Incipient Fault Detection and Classification using Output Current Statistical Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Hallouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 179, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (7), pp.1372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solener.2018.12.048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en12071372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01970593v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02147094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple incipient fault diagnosis in three-phase electrical systems using multivariate statistical signal processing</w:t>
               </w:r>
@@ -3525,382 +3525,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Optimal Fault Detection Threshold For Early Detection Using Kullback-Leibler Divergence For Unknown Distribution Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdulrahman Youssef</w:t>
+                <w:t xml:space="preserve">Statistical Approach for Nondestructive Incipient Crack Detection and Characterization Using Kullback-Leibler Divergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2015.09.008⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (3), pp.1360-1368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TR.2016.2570549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220446v1</w:t>
+                <w:t xml:space="preserve">hal-01366652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient fault amplitude estimation using KL divergence with a probabilistic approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+                <w:t xml:space="preserve">An Optimal Fault Detection Threshold For Early Detection Using Kullback-Leibler Divergence For Unknown Distribution Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 120, pp.1-7. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 120, pp.266-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2015.09.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2015.08.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01199905v1</w:t>
+                <w:t xml:space="preserve">hal-01220446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Approach for Nondestructive Incipient Crack Detection and Characterization Using Kullback-Leibler Divergence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Incipient fault amplitude estimation using KL divergence with a probabilistic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Reliability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 65 (3), pp.1360-1368. </w:t>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TR.2016.2570549⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2015.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01366652v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01199905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incipient fault detection and diagnosis based on Kullback–Leibler divergence using principal component analysis: Part II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4102,51 +4102,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Fault Diagnosis of Ball Bearings Based on the Global Spectrum of Vibration Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4206,51 +4206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incipient Fault Detection and Diagnosis Based on Kullback-Leibler Divergence Using Principal Component Analysis: Part I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4703,247 +4703,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00758058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image error concealment and quality access control based on data hiding and cryptography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Watermarking on compressed data integrating convolution coding in integer wavelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amit Phadikar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telecommunication Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 49 (2), pp.239-254. </w:t>
+              <w:t xml:space="preserve">International Journal of Wavelets, Multiresolution, and Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (6), pp.1250051.1--1250025.27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11235-010-9371-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1142/S0219691312500518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00548157v1</w:t>
+                <w:t xml:space="preserve">hal-00758056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Watermarking on compressed data integrating convolution coding in integer wavelets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Image error concealment and quality access control based on data hiding and cryptography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Phadikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Wavelets, Multiresolution, and Information Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Telecommunication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 49 (2), pp.239-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11235-010-9371-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0219691312500518⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00758056v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00548157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How quantization based schemes can be used in image steganographic context</w:t>
               </w:r>
@@ -4955,51 +4955,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing: Image Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 8-9, pp.567-576. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5084,51 +5084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5160,260 +5160,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00575991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An end-to-end security architecture for multimedia content distribution on mobile phones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application of classification methods in fault detection and diagnosis of inverter fed induction machine drive : A trend towards reliability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Fontaine</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAST Transactions on Communications and Networking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 2 (1), pp.81-91</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 43, pp.245-251</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871169v1</w:t>
+                <w:t xml:space="preserve">hal-00445546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of classification methods in fault detection and diagnosis of inverter fed induction machine drive : A trend towards reliability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An end-to-end security architecture for multimedia content distribution on mobile phones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Benjelloun Touimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Marchand</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Milhau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 43, pp.245-251</w:t>
+              <w:t xml:space="preserve">ISAST Transactions on Communications and Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (1), pp.81-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00445546v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'interopérabilité des mesures techniques de protection : l'exemple du tatouage numérique</w:t>
               </w:r>
@@ -5578,235 +5578,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00871171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Forane R134a in an air-conditioned atmosphere with a TGS sensor array</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Delpha</w:t>
+                <w:t xml:space="preserve">Identification of Forane R134a in an air conditioned atmosphere with a TGS sensor array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Lumbreras</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 50 (5), pp.1370-1374. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/19.963212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04011887v1</w:t>
+                <w:t xml:space="preserve">hal-00871174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Forane R134a in an air conditioned atmosphere with a TGS sensor array</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+                <w:t xml:space="preserve">Identification of Forane R134a in an air-conditioned atmosphere with a TGS sensor array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Martine Lumbreras</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 50 (5), pp.1370-1374. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/19.963212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871174v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination of Forane 134a and carbon dioxide concentrations in an air conditioned atmosphere with an electronic nose : Influence of the relative humidity</w:t>
               </w:r>
@@ -6134,51 +6134,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination of a refrigerant gas in a humidity controlled gas atmosphere by using modelling parameters</w:t>
+                <w:t xml:space="preserve">An Electronic Nose for the Identification of Forane R134a in an Air Conditioned Atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
@@ -6187,114 +6187,114 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 62 (3), pp.226-232. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0925-4005(99)00389-5⟩</w:t>
+              <w:t xml:space="preserve">, 2000, 69 (3), pp.243-247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0925-4005(00)00500-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871176v1</w:t>
+                <w:t xml:space="preserve">hal-00871177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Electronic Nose for the Identification of Forane R134a in an Air Conditioned Atmosphere</w:t>
+                <w:t xml:space="preserve">Discrimination of a refrigerant gas in a humidity controlled gas atmosphere by using modelling parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
@@ -6303,90 +6303,90 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, 69 (3), pp.243-247. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0925-4005(00)00500-1⟩</w:t>
+              <w:t xml:space="preserve">, 2000, 62 (3), pp.226-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0925-4005(99)00389-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871177v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrimination of a refrigerant gas in a humidity controlled atmosphere by using modelling parameters</w:t>
               </w:r>
@@ -6421,70 +6421,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 62 (3), pp.226-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0925-4005(99)00389-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -6630,252 +6630,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of fault severity estimation analytical model under noisy conditions in seven-phase electrical machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lu Zhang</w:t>
+                <w:t xml:space="preserve">A PSO-Optimized VMD–Transformer Hybrid Model for Lithium-Ion Battery RUL Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yassine Amirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2024 - 50th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2025 IECON – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05027773v1</w:t>
+                <w:t xml:space="preserve">hal-05297818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A PSO-Optimized VMD–Transformer Hybrid Model for Lithium-Ion Battery RUL Prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance evaluation of fault severity estimation analytical model under noisy conditions in seven-phase electrical machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Amirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IECON – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECON 2024 - 50th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Chicago, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON55916.2024.10905507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05297818v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05027773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial Attention Mechanism Derived from Diffusion Model for Photovoltaic Cell Fault Diagnosis</w:t>
               </w:r>
@@ -6900,51 +6900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE EUROCON 2025 - 21st International Conference on Smart Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Gdynia, Poland. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7017,51 +7017,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 IECON – 51st Annual Conference of the IEEE Industrial Electronics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7086,77 +7086,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incipient Cracks Characterization Based on Jensen-Shannon Divergence and Wasserstein Distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xusheng Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7197,1616 +7197,1616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05108401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Fault Severities and Noise Levels on Fault Isolation in 7-Phase Electrical Machines</w:t>
+                <w:t xml:space="preserve">Performance of Fault Severity Estimation in 7-Phase Electrical Machines under Noisy Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Oct 2023, Singapore, France. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2023 Prognostics and Health Management Conference (PHM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PHM society, May 2023, Paris, France. pp.245-250, </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10312583⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PHM58589.2023.00053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399516v1</w:t>
+                <w:t xml:space="preserve">hal-04399708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosis of Stator Windings Short-Circuits with PCA and Nuisance Attribute Projection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fault diagnosis of grid-connected photovoltaic systems based on unsupervised ensemble clustering and multi layer perceptron model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Zargarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pakedam Lare</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sara Zermani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10311639⟩</w:t>
+              <w:t xml:space="preserve">40th European Photovoltaic Solar Energy Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EU PVSEC, Sep 2023, Lisbon (Portugal), Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4229/EUPVSEC2023/4CV.1.27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399398v1</w:t>
+                <w:t xml:space="preserve">hal-04807800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Fault Severity Estimation in 7-Phase Electrical Machines under Noisy Conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lu Zhang</w:t>
+                <w:t xml:space="preserve">A PMaSynRM Stator Winding Fault Detection Approach using an Optimized PCA-based EWMA Control Scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pakedam Lare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Prognostics and Health Management Conference (PHM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PHM58589.2023.00053⟩</w:t>
+              <w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2023, Helsinki, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10228027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399708v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A PMaSynRM Stator Winding Fault Detection Approach using an Optimized PCA-based EWMA Control Scheme</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
+                <w:t xml:space="preserve">An entropy clustering method for blades biofouling detection of marine current turbine under variable marine current speeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujie Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianzhen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhibin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 CAA Symposium on Fault Detection, Supervision and Safety for Technical Processes (SAFEPROCESS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Yibin, China. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SAFEPROCESS58597.2023.10295924⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10228027⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04401948v1</w:t>
+                <w:t xml:space="preserve">hal-04387999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault diagnosis of grid-connected photovoltaic systems based on unsupervised ensemble clustering and multi layer perceptron model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Fault Severity Estimation in 7-Phase Electrical Machines in a Noisy Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th European Photovoltaic Solar Energy Conference and Exhibition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4229/EUPVSEC2023/4CV.1.27⟩</w:t>
+              <w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2023, Helsinki, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10227933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04807800v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Severity Estimation in 7-Phase Electrical Machines in a Noisy Environment</w:t>
+                <w:t xml:space="preserve">Effect of Fault Severities and Noise Levels on Fault Isolation in 7-Phase Electrical Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10227933⟩</w:t>
+              <w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2023, Singapore, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10312583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399630v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An entropy clustering method for blades biofouling detection of marine current turbine under variable marine current speeds</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zhibin Zhou</w:t>
+                <w:t xml:space="preserve">Diagnosis of Stator Windings Short-Circuits with PCA and Nuisance Attribute Projection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pakedam Lare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 CAA Symposium on Fault Detection, Supervision and Safety for Technical Processes (SAFEPROCESS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Yibin, China. pp.1-6, </w:t>
+              <w:t xml:space="preserve">IECON 2023- 49th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2023, Singapore, France. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SAFEPROCESS58597.2023.10295924⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IECON51785.2023.10311639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04387999v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient Fault Severity Estimation Using Local Mahalanobis Distance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Mutual Dimensionless Indices and ROC Analysis in Bearing Fault Occurrence Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongbin Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weichao Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9747618⟩</w:t>
+              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03694001v1</w:t>
+                <w:t xml:space="preserve">hal-03814225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutual Dimensionless Indices and ROC Analysis in Bearing Fault Occurrence Detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hongbin Zhu</w:t>
+                <w:t xml:space="preserve">Bearing Faults Detection Using Statistical Feature Extraction and Probability Based Distance: A Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yanguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968491⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814225v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bearing Faults Detection Using Statistical Feature Extraction and Probability Based Distance: A Comparative Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Voltage Sag Source Classification using Multivariate Time Series and Soft Dynamic Time Warping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veizaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bercu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814216v1</w:t>
+                <w:t xml:space="preserve">hal-03814203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-Based Analytical Model for Fault Detection and Diagnosis in 7-phase Machines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lu Zhang</w:t>
+                <w:t xml:space="preserve">Modelling of a PMa-SynRM for the detection of inter-turn short-circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pakedam Lare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence des Jeunes Chercheurs en Génie Electrique, (JCGE 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Le Croisic, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814207v1</w:t>
+                <w:t xml:space="preserve">hal-03694011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of a PMa-SynRM for the detection of inter-turn short-circuit</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
+                <w:t xml:space="preserve">Current-Based Analytical Model for Fault Detection and Diagnosis in 7-phase Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence des Jeunes Chercheurs en Génie Electrique, (JCGE 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon49645.2022.9968562⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694011v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voltage Sag Source Classification using Multivariate Time Series and Soft Dynamic Time Warping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Veizaga</w:t>
+                <w:t xml:space="preserve">Fault Detection and Diagnosis applied to photovoltaic power plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Annual Conference of the Industrial Electronics Society - IECON 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Electric Engineering and Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Rabat, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03814203v1</w:t>
+                <w:t xml:space="preserve">hal-04491347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Detection and Diagnosis applied to photovoltaic power plants</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">Incipient Fault Severity Estimation Using Local Mahalanobis Distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Electric Engineering and Renewable Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Singapore, Singapore. pp.5977-5981, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP43922.2022.9747618⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04491347v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03694001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Local Mahalanobis Distance Analysis Based Methodology for Incipient Fault Diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8847,546 +8847,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stator Winding Inter-Turn Short-Circuit and Air Gap Eccentricity Fault Detection of a Permanent Magnet-Assisted Synchronous Reluctance Motor in Electrified Vehicle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
+                <w:t xml:space="preserve">Local Mahalanobis Distance Envelope Using A Robust Healthy Domain Approximation For Incipient Fault Diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Electrical Machines and Systems ((ICEMS 2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/icems52562.2021.9634420⟩</w:t>
+              <w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Toronto, Canada. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON48115.2021.9589989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03464721v1</w:t>
+                <w:t xml:space="preserve">hal-03464671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic de défauts photovoltaïques par analyse des caractéristiques I-V complètes et utilisation de techniques d'apprentissage automatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Are IEC 60891 I-V curve correction methods suitable for I-V curves measured from PV modules under faulty conditions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baojie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Photovoltaic (JNPV 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
+              <w:t xml:space="preserve">10èmes Journées Nationales du Photovoltaic (JNPV 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518815v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03237624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are IEC 60891 I-V curve correction methods suitable for I-V curves measured from PV modules under faulty conditions?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Stator Winding Inter-Turn Short-Circuit and Air Gap Eccentricity Fault Detection of a Permanent Magnet-Assisted Synchronous Reluctance Motor in Electrified Vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pakedam Lare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siyamak Sarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10èmes Journées Nationales du Photovoltaic (JNPV 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Electrical Machines and Systems ((ICEMS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, HICO, Gyeongju, South Korea. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/icems52562.2021.9634420⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03237624v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03464721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Mahalanobis Distance Envelope Using A Robust Healthy Domain Approximation For Incipient Fault Diagnosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Diagnostic de défauts photovoltaïques par analyse des caractéristiques I-V complètes et utilisation de techniques d'apprentissage automatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2021 - 47th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Nationales du Photovoltaic (JNPV 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON48115.2021.9589989⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03464671v1</w:t>
+                <w:t xml:space="preserve">hal-03518815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification of Voltage Sag Causes based on Instantaneous Symmetrical Components using 1NN and Dynamic Time Warping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veizaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bercu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th Annual Conference of the IEEE Industrial Electronics Society (IECON 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Toronto, Canada. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9414,763 +9414,789 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Incipient Fault Detection Using Jensen-Shannon Divergence and KPCA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Analysis of the Performance of the I-V Curve Correction Methods in the Presence of Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lisbon, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903350v1</w:t>
+                <w:t xml:space="preserve">hal-02903352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Performance of the I-V Curve Correction Methods in the Presence of Defects</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Message from the General Chair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Besancon, France. pp.12-13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903352v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection Capability For Incipient Faults in a Noisy Environment Using PDF and CDF Based Techniques: a Comparative Study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vorachack Kongphet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Lechenadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th IEEE International Conference on Industrial Electronics (IECON 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Singapour, Singapore. </w:t>
+              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Besancon, France. pp.180-186, </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon43393.2020.9254934⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908256v1</w:t>
+                <w:t xml:space="preserve">hal-04491358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open-Circuit Fault Diagnosis for Interleaved DC-DC Converters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junjie Yang</w:t>
+                <w:t xml:space="preserve">Bearing Fault Severity Classification Based on EMD-KLD: A Comparative Study for Incipient Ball Faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th IEEE International Conference on Industrial Electronics (IECON 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Singapour, Singapore. </w:t>
+              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Besançon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon43393.2020.9255288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908260v1</w:t>
+                <w:t xml:space="preserve">hal-02903349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bearing Fault Severity Classification Based on EMD-KLD: A Comparative Study for Incipient Ball Faults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">Open-Circuit Fault Diagnosis for Interleaved DC-DC Converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Besançon, France. </w:t>
+              <w:t xml:space="preserve">46th IEEE International Conference on Industrial Electronics (IECON 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Singapour, Singapore. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon43393.2020.9255288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903349v1</w:t>
+                <w:t xml:space="preserve">hal-02908260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Detection Capability For Incipient Faults in a Noisy Environment Using PDF and CDF Based Techniques: a Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Lechenadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Besancon, France. pp.180-186, </w:t>
+              <w:t xml:space="preserve">46th IEEE International Conference on Industrial Electronics (IECON 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Singapour, Singapore. </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon43393.2020.9254934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04491358v1</w:t>
+                <w:t xml:space="preserve">hal-02908256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Message from the General Chair</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM-Besançon)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Besancon, France. pp.12-13, </w:t>
+              <w:t xml:space="preserve">IEEE Photovoltaic Specialists Conference (PVSC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Calgari (virtual), Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PHM-Besancon49106.2020.00005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PVSC45281.2020.9300416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04492210v1</w:t>
+                <w:t xml:space="preserve">hal-02903351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empirical Probability Density Cumulative Sum for Incipient Fault Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junjie Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10211,434 +10237,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irradiance Dependence of the Short-Circuit Current Temperature Coefficient of sc-Si PV Module</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vorachack Kongphet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Le Chenadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photovoltaic Specialists Conference (PVSC 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PVSC45281.2020.9300416⟩</w:t>
+              <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Besançon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903351v1</w:t>
+                <w:t xml:space="preserve">hal-02903346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photovoltaic Fault Detection and Diagnosis: Which Level of Granularity for PV Modeling?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Improved Incipient Fault Detection Using Jensen-Shannon Divergence and KPCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Le Chenadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 Prognostics and Health Management Conference (PHM 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Besançon, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/phm-besancon49106.2020.00047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903346v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative Study for Ball Bearing Fault Classification Using Kernel-SVM with Kullback Leibler Divergence Selected Features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">Quel niveau de granularité est le mieux adapté pour modéliser un panneau solaire photovoltaïque ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vorachack Kongphet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Annual Conference of the IEEE Industrial Electronics Society (IECON 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295400v1</w:t>
+                <w:t xml:space="preserve">hal-02903337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel niveau de granularité est le mieux adapté pour modéliser un panneau solaire photovoltaïque ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Complexity Analysis of Convolutional Neural Network Applied to PV Fault Diagnosis via Image Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baojie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10653,2330 +10644,2339 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903337v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Jensen Shannon Divergence in Incipient Fault Detection and Estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Classification des méthodes de diagnostic de défauts appliquées au photovoltaïque en utilisant un schéma en quatre étapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295283v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification des méthodes de diagnostic de défauts appliquées au photovoltaïque en utilisant un schéma en quatre étapes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Performance of Jensen Shannon Divergence in Incipient Fault Detection and Estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Brighton, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icassp.2019.8682206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903339v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexity Analysis of Convolutional Neural Network Applied to PV Fault Diagnosis via Image Processing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Frequency Selection for Reflectometry-based Soft Fault Detection using Principal Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Taki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Nationales du Photovoltaic (JNPV 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Paris 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/phm-paris.2019.00053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903338v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency Selection for Reflectometry-based Soft Fault Detection using Principal Component Analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ravot</w:t>
+                <w:t xml:space="preserve">New four-stage classification method for Fault Detection and Diagnosis applied to photovoltaic power plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Paris 2019)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295328v1</w:t>
+                <w:t xml:space="preserve">hal-02295370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New four-stage classification method for Fault Detection and Diagnosis applied to photovoltaic power plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Nondestructive Incipient Crack Detection based on Wavelet and Jensen-Shannon Divergence in the NICA framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">45th Annual Conference of the IEEE Industrial Electronics Society (IECON 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lisbonne, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2019.8927638⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295370v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nondestructive Incipient Crack Detection based on Wavelet and Jensen-Shannon Divergence in the NICA framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoxia Zhang</w:t>
+                <w:t xml:space="preserve">Sensor Selection for Distributed Reflectometry-based Soft Fault Detection using Principal Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Taki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Annual Conference of the IEEE Industrial Electronics Society (IECON 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Lisbonne, Portugal. </w:t>
+              <w:t xml:space="preserve">IEEE AUTOTESTCON 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Maryland, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon.2019.8927638⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/autotestcon43700.2019.8961060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295408v1</w:t>
+                <w:t xml:space="preserve">hal-02295381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Selection for Distributed Reflectometry-based Soft Fault Detection using Principal Component Analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comparative Study for Ball Bearing Fault Classification Using Kernel-SVM with Kullback Leibler Divergence Selected Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ravot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE AUTOTESTCON 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Maryland, United States. </w:t>
+              <w:t xml:space="preserve">45th Annual Conference of the IEEE Industrial Electronics Society (IECON 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lisbonne, Portugal. </w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/autotestcon43700.2019.8961060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2019.8926731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295381v1</w:t>
+                <w:t xml:space="preserve">hal-02295400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bearings Ball Fault Detection Using Kullback Leibler Divergence in the EMD framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">Three-level Inverter Fault Detection and Diagnosis Using Current-based Statistical Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Braham</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Hallouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Chongqing 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Chongqing, China. </w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PHM-Chongqing.2018.00130⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/phm-chongqing.2018.00123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01895227v1</w:t>
+                <w:t xml:space="preserve">hal-01895228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bearing Fault Detection Using Intrinsic Mode Functions Statistical Information</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">Data-driven approach for isolated PV shading fault diagnosis based on experimental I-V curves analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 15th International Multi-Conference on Systems, Signals and Devices (SSD'18)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ssd.2018.8570465⟩</w:t>
+              <w:t xml:space="preserve">19th International Conference on Industrial Technology (ICIT 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01795069v1</w:t>
+                <w:t xml:space="preserve">hal-01702863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance des modules photovoltaïques en conditions réelles par l’analyse des grandeurs électriques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Détection et Diagnostic de défauts sur un système onduleur triphasé NPC-Moteur asynchrone par l'analyse statistique des courants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Imen Bahri</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Hallouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943075v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-level Inverter Fault Detection and Diagnosis Using Current-based Statistical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Baghli</w:t>
+                <w:t xml:space="preserve">Deep Learning in Fault Diagnosis of Induction Motor Drives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paramita Chattopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nilendu Saha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abdelhamid Hallouche</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaya Sil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Chongqing 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Chongqing, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/phm-chongqing.2018.00123⟩</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/phm-chongqing.2018.00189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01895228v1</w:t>
+                <w:t xml:space="preserve">hal-01895231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven approach for isolated PV shading fault diagnosis based on experimental I-V curves analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Current-based Analytical Model Derivation to Analyse fault effects in 5-phase PMSM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Industrial Technology (ICIT 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352302⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Power Electronics and Application Conference and Exposition (IEEE PEAC'2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Shenzhen, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/peac.2018.8590319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01702863v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection et Diagnostic de défauts sur un système onduleur triphasé NPC-Moteur asynchrone par l'analyse statistique des courants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehdi Baghli</w:t>
+                <w:t xml:space="preserve">Bearings Ball Fault Detection Using Kullback Leibler Divergence in the EMD framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelhamid Hallouche</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Chongqing 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Chongqing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PHM-Chongqing.2018.00130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02981837v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning in Fault Diagnosis of Induction Motor Drives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nilendu Saha</w:t>
+                <w:t xml:space="preserve">Surveillance des modules photovoltaïques en conditions réelles par l’analyse des grandeurs électriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Fadhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jaya Sil</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prognostics and Systems Health Management Conference (PHM-Chongqing 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque (JNPV) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/phm-chongqing.2018.00189⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01895231v1</w:t>
+                <w:t xml:space="preserve">hal-01943075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-based Analytical Model Derivation to Analyse fault effects in 5-phase PMSM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bearing Fault Detection Using Intrinsic Mode Functions Statistical Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Power Electronics and Application Conference and Exposition (IEEE PEAC'2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Shenzhen, China. </w:t>
+              <w:t xml:space="preserve">IEEE 15th International Multi-Conference on Systems, Signals and Devices (SSD'18)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Hammamet, Tunisia. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/peac.2018.8590319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ssd.2018.8570465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01895233v1</w:t>
+                <w:t xml:space="preserve">hal-01795069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multisensor fault detection and isolation using Kullback Leibler Divergence : Application to data vibration signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A salient-pole PMSM position and speed estimation at standstill and low speed by a simplified HF injection method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Medjmadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wang Tianzhen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Zelig Li</w:t>
+                <w:t xml:space="preserve">Yao Gang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Sensing, Diagnostics, Prognostics, and Control (SDPC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/sdpc.2017.65⟩</w:t>
+              <w:t xml:space="preserve">43rd Annual Conference of the IEEE Industrial Electronics Society (IECON 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8217460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01577713v1</w:t>
+                <w:t xml:space="preserve">hal-01578485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Analysis of Current-based Features for Dip Voltage Fault Detection and Isolation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Incipient Fault Detection and Diagnosis in a Three-Phase Electrical System using Statistical Signal Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lassaad Sbita</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Al Samrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazih Moubayed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Annual Conference of the IEEE Industrial Electronics Society (IECON 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8216748⟩</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8216653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578478v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incipient Offset Current Sensor Fault Detection and Diagnosis using Statistical Analysis and the Kullback Leibler Divergence for AC drive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Annual Conference of the IEEE Industrial Electronics Society (IECON 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/iecon.2017.8217416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A salient-pole PMSM position and speed estimation at standstill and low speed by a simplified HF injection method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Slimane Medjmadj</w:t>
+                <w:t xml:space="preserve">Statistical Analysis of Current-based Features for Dip Voltage Fault Detection and Isolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Adouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dhia Chariag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yao Gang</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lassaad Sbita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43rd Annual Conference of the IEEE Industrial Electronics Society (IECON 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8217460⟩</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8216748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578485v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01578478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient Fault Detection and Diagnosis in a Three-Phase Electrical System using Statistical Signal Processing</w:t>
+                <w:t xml:space="preserve">Multisensor fault detection and isolation using Kullback Leibler Divergence : Application to data vibration signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nazih Moubayed</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wang Tianzhen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zelig Li</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43rd Annual Conference of the IEEE Industrial Electronics Society (IECON 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Beijing, China. </w:t>
+              <w:t xml:space="preserve">International Conference on Sensing, Diagnostics, Prognostics, and Control (SDPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Shanghai, China. </w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon.2017.8216653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/sdpc.2017.65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01587893v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01577713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of Incipient Fault Detection and Estimation using the Multivariate Kullback-Leibler Divergence</w:t>
               </w:r>
@@ -13060,728 +13060,728 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01366659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Sensor Fault Estimation in the (d,q) rotating synchronous frame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical Model of Multiple Fault Effect in Three Phases Electrical Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Al Samrout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazih Moubayed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd Annual Conference of the IEEE Industrial Electronics Society (IECON 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE, Oct 2016, Florence, Italy. pp.6323-6328, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793494⟩</w:t>
+              <w:t xml:space="preserve">, IEEE, Oct 2016, Florence, Italy. pp.6311 - 6316, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01390782v1</w:t>
+                <w:t xml:space="preserve">hal-01390873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incipient Fault Detection and Diagnosis Using Statistical Signal Processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Data-driven approach for dip voltage fault detection and identification based on grid current vector trajectory analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Adouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lassad Sbita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Conference on Prognosis and Health Management (PHM 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">42nd Annual Conference of the IEEE Industrial Electronics Society (IECON 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2016, Florence, Italy. pp.6971 - 6976, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01366656v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven approach for dip voltage fault detection and identification based on grid current vector trajectory analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amel Adouni</w:t>
+                <w:t xml:space="preserve">Current Sensor Fault Estimation in the (d,q) rotating synchronous frame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidath Diao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lassad Sbita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd Annual Conference of the IEEE Industrial Electronics Society (IECON 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE, Oct 2016, Florence, Italy. pp.6971 - 6976, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793167⟩</w:t>
+              <w:t xml:space="preserve">, IEEE, Oct 2016, Florence, Italy. pp.6323-6328, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390878v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Model of Multiple Fault Effect in Three Phases Electrical Systems</w:t>
+                <w:t xml:space="preserve">Incipient Fault Detection and Diagnosis Using Statistical Signal Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nazih Moubayed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd Annual Conference of the IEEE Industrial Electronics Society (IECON 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Conference on Prognosis and Health Management (PHM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2016, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2016.7793728⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01390873v1</w:t>
+                <w:t xml:space="preserve">hal-01366656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de fissures par courants de Foucault en utilisant la divergence de Kullback-Leibler</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karim Tout</w:t>
+                <w:t xml:space="preserve">Voltage Dip fault Detection and Identification based on Principal Component Analysis : application to Wind Energy Conversion System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Adouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lassaad Sbita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25eme Colloque GRETSI 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th International Symposium on Industrial Electronics - ISIE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rio de Janeiro, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIE.2015.7281584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193157v1</w:t>
+                <w:t xml:space="preserve">hal-01169223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voltage Dip fault Detection and Identification based on Principal Component Analysis : application to Wind Energy Conversion System</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amel Adouni</w:t>
+                <w:t xml:space="preserve">Détection de fissures par courants de Foucault en utilisant la divergence de Kullback-Leibler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Tout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le-Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lassaad Sbita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Symposium on Industrial Electronics - ISIE 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25eme Colloque GRETSI 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01169223v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Destructive incipient damage detection using Kullback-Leibler divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le-Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14112,152 +14112,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Retinal Blood Vessel Extraction Using Curvelet Transform and Differential Evolution Based Maximum Fuzzy Entropy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
+                <w:t xml:space="preserve">Discrimination des défauts de roulements par une analyse spectrale globale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IEEE International Conference on Image Processing (ICIP 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058104v1</w:t>
+                <w:t xml:space="preserve">hal-01065224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retinal Blood Vessel Extraction Using Curvelet Transform and Conditional Fuzzy Entropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sudeshna Kar Sil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14272,485 +14272,485 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd European Signal Processing Conference (EUSIPCO 2014) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Lisbone, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01058111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination des défauts de roulements par une analyse spectrale globale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">On Improved Spread Spectrum Watermark Detection Under Compressive Sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirban Bose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th European Workshop on Visual Information Processing (EUVIP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/euvip.2014.7018402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065224v1</w:t>
+                <w:t xml:space="preserve">hal-01100655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Improved Spread Spectrum Watermark Detection Under Compressive Sampling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
+                <w:t xml:space="preserve">Linear Discriminant Analysis for the Discrimination of Faults in Bearing Balls by using Spectral Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th European Workshop on Visual Information Processing (EUVIP 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">First International Conference on Green Energy ICGE 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Sfax, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icge.2014.6835419⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/euvip.2014.7018402⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01100655v1</w:t>
+                <w:t xml:space="preserve">hal-00967570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear Discriminant Analysis for the Discrimination of Faults in Bearing Balls by using Spectral Features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+                <w:t xml:space="preserve">Performances Theoretical Model-Based Optimization for Incipient Fault Detection with KL Divergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First International Conference on Green Energy ICGE 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd European Signal Processing Conference (EUSIPCO 2014) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lisbone, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/icge.2014.6835419⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00967570v1</w:t>
+                <w:t xml:space="preserve">hal-01058123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances Theoretical Model-Based Optimization for Incipient Fault Detection with KL Divergence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdulrahman Youssef</w:t>
+                <w:t xml:space="preserve">On Retinal Blood Vessel Extraction Using Curvelet Transform and Differential Evolution Based Maximum Fuzzy Entropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sudeshna Kar Sil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd European Signal Processing Conference (EUSIPCO 2014) </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Lisbone, Portugal</w:t>
+              <w:t xml:space="preserve">21st IEEE International Conference on Image Processing (ICIP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058123v1</w:t>
+                <w:t xml:space="preserve">hal-01058104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Global Approach for Classification of Bearing Conditions Using Spectral Features</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14795,485 +14795,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00839756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A compressive sensing based quantized watermarking scheme with statistical transparency constraint</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Allocation for Watermark Payload in MC-CDMA System under Fading Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seba Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaya Sil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWDW 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 National Conference on Communications (NCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, New Delhi, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ncc.2013.6488005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00862920v1</w:t>
+                <w:t xml:space="preserve">hal-00797033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schéma de Tatouage basé sur la quantification dans le contexte du &amp;quot;Compressive Sensing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Modified RCM for Reversible Watermarking With FPGA Implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hirak Kumar Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Said Hijazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
+              <w:t xml:space="preserve">IEEE EUVIP 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00823760v1</w:t>
+                <w:t xml:space="preserve">hal-00822054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Modified RCM for Reversible Watermarking With FPGA Implementation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A compressive sensing based quantized watermarking scheme with statistical transparency constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE EUVIP 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">IWDW 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822054v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Allocation for Watermark Payload in MC-CDMA System under Fading Attack</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Schéma de Tatouage basé sur la quantification dans le contexte du &amp;quot;Compressive Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Hijazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 National Conference on Communications (NCC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GRETSI 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ncc.2013.6488005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00797033v1</w:t>
+                <w:t xml:space="preserve">hal-00823760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quantization based watermarking scheme using compressive sensing for statistical transparency purpose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Hijazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Dissimulation d'Information - Interaction avec les Codes et la Cryptographie JC2S 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15311,51 +15311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capability Evaluation of Incipient Fault Detection in Noisy Environment : A Theoretical Kullback-Leibler Divergence-Based Approach for Diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulrahman Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15406,51 +15406,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation théorique de la sévérité d'un défaut par un modèle analytique de la DKL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15495,204 +15495,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00823761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatouage Réversible Informé Basé sur la Quantification de la Différence entre Pixels pour les Images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nivine Abbas</w:t>
+                <w:t xml:space="preserve">A Theoretical Approach for Incipient Fault Severity Assessment Using the Kullback-Leibler Divergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORESA 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Le Creusot, France</w:t>
+              <w:t xml:space="preserve">21st European Signal Processing Conference (EUSIPCO-2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00875657v1</w:t>
+                <w:t xml:space="preserve">hal-00839755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Theoretical Approach for Incipient Fault Severity Assessment Using the Kullback-Leibler Divergence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+                <w:t xml:space="preserve">Tatouage Réversible Informé Basé sur la Quantification de la Différence entre Pixels pour les Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nivine Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st European Signal Processing Conference (EUSIPCO-2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">CORESA 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Le Creusot, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00839755v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00875657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Watermark Power and Host Samples Allocation under Random Gain Attack</w:t>
               </w:r>
@@ -15760,51 +15760,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative-entropy based beamforming for secret key transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15836,234 +15836,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01006182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SVM based diagnosis of inverter fed induction machine drive : a new challenge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relative-entropy based beamforming for secret key transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IECON 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">IEEE SAM'12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Hoboken, United States. pp.265-268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724881v1</w:t>
+                <w:t xml:space="preserve">hal-00724875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative-entropy based beamforming for secret key transmission</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SVM based diagnosis of inverter fed induction machine drive : a new challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SAM'12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Hoboken, United States. pp.265-268</w:t>
+              <w:t xml:space="preserve">IEEE IECON 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00724875v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00724881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faults diagnosis and detection using Principal Component Analysis and Kullback-Leibler divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jinane Harmouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16212,541 +16212,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00724874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trellis Coded Quantization Based Watermarking Scheme Performances in an Independant Domain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive Selection of Embedding Locations for Spread Spectrum Watermarking of Compressed Audio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alper Koz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Systems, Signal Processing and their Applications (WOSSPA 11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Tipaza, Algeria</w:t>
+              <w:t xml:space="preserve">International Workshop on Digital Watermarking and Forensics (IWDW 11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, New Jersey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00617342v1</w:t>
+                <w:t xml:space="preserve">hal-00617350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data Hiding for Quality Access Control and Error Concealment in Digital Images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amit Phadikar</w:t>
+                <w:t xml:space="preserve">Optimized Spread Spectrum Watermarking for Fading-like Collusion Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seba Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaya Sil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multimedia and Expo, Workshop on Content Protection and Forensics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">International Symposium on Wireless Personal Multimedia Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00617343v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00617345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Selection of Embedding Locations for Spread Spectrum Watermarking of Compressed Audio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alper Koz</w:t>
+                <w:t xml:space="preserve">Fuzzy-GA Hybridization in M-Band Wavelets for Collusion Resilient Optimized SS Watermarking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seba Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaya Sil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Digital Watermarking and Forensics (IWDW 11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, New Jersey, United States</w:t>
+              <w:t xml:space="preserve">European Workshop on Visual Information Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00617350v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00617344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Spread Spectrum Watermarking for Fading-like Collusion Attack</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jaya Sil</w:t>
+                <w:t xml:space="preserve">Data Hiding for Quality Access Control and Error Concealment in Digital Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Phadikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Wireless Personal Multimedia Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Brest, France</w:t>
+              <w:t xml:space="preserve">International Conference on Multimedia and Expo, Workshop on Content Protection and Forensics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00617345v1</w:t>
+                <w:t xml:space="preserve">hal-00617343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy-GA Hybridization in M-Band Wavelets for Collusion Resilient Optimized SS Watermarking</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trellis Coded Quantization Based Watermarking Scheme Performances in an Independant Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Benkara Mostefa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Braci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Workshop on Visual Information Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Systems, Signal Processing and their Applications (WOSSPA 11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Tipaza, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00617344v1</w:t>
+                <w:t xml:space="preserve">hal-00617342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatouage Numérique par Schéma de Costa à Structure Fractale Flottante</w:t>
               </w:r>
@@ -16929,243 +16929,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00617346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatouage d'image performant utilisant la Quantification Codée Treillis dans un domaine indépendant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the Resistance of the Spread Transform against Temporal Frame Averaging Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Braci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compression et REprésentation des Signaux Audiovisuels (CORESA)</w:t>
+              <w:t xml:space="preserve">International Conference on Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00548155v1</w:t>
+                <w:t xml:space="preserve">hal-00548156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Resistance of the Spread Transform against Temporal Frame Averaging Attack</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tatouage d'image performant utilisant la Quantification Codée Treillis dans un domaine indépendant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Benkara Mostefa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Image Processing</w:t>
+              <w:t xml:space="preserve">Compression et REprésentation des Signaux Audiovisuels (CORESA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00548156v1</w:t>
+                <w:t xml:space="preserve">hal-00548155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden QIM Watermarking on Compressed Data using Channel Coding and Lifting</w:t>
               </w:r>
@@ -17190,51 +17190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Pattern Recognition and Machine Intelligence PREMI-09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, New-Delhi, India. pp.ID131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17253,766 +17253,766 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00445552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion d'une marque dans un flux vidéo compressé pour la norme de compression vidéo H264-AVC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du schéma Scalaire de Costa dans un domaine indépendant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Benkara Mostefa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">journée GDR ISIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Batz-sur-Mer, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.ID400</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01006181v1</w:t>
+                <w:t xml:space="preserve">hal-00445551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved performances of Scalar Costa Scheme for images watermarking in an independent domain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilhem Benkara Mostefa</w:t>
+                <w:t xml:space="preserve">Watermarking Scar as an Ultimate copy protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Miraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Image and Signal Processing and Analysis, (ISPA 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Salzbourg, Austria. pp. 477-482</w:t>
+              <w:t xml:space="preserve">International Workshop on Information Optics 2009 (WIO 09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Paris, France. pp.ID49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445550v1</w:t>
+                <w:t xml:space="preserve">hal-00445554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Security evaluation of informed watermarking schemes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Remy Boyer</w:t>
+                <w:t xml:space="preserve">Image Error Concealment and Quality Access Control Based on Data Hiding and Cryptography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Phadikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IEEE International Conference on Image Processing (ICIP) </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Cairo, Egypt. pp.ID3606</w:t>
+              <w:t xml:space="preserve">International Conference on Multimedia Information Networking and Security (MINES '09).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Wuhan, China. pp. 583 - 587</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00445555v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spread Spectrum Watermarking:Zero Rate Embedding to High Payload System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amit Phadikar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MINES 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Wuhan, China. pp.525-529, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MINES.2009.262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00871168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image Error Concealment and Quality Access Control Based on Data Hiding and Cryptography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insertion d'une marque dans un flux vidéo compressé pour la norme de compression vidéo H264-AVC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Braci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amit Phadikar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multimedia Information Networking and Security (MINES '09).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Wuhan, China. pp. 583 - 587</w:t>
+              <w:t xml:space="preserve">journée GDR ISIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Batz-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00445547v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Watermarking Scar as an Ultimate copy protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelkader Miraoui</w:t>
+                <w:t xml:space="preserve">Improved performances of Scalar Costa Scheme for images watermarking in an independent domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Benkara Mostefa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Information Optics 2009 (WIO 09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Paris, France. pp.ID49</w:t>
+              <w:t xml:space="preserve">International Symposium on Image and Signal Processing and Analysis, (ISPA 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Salzbourg, Austria. pp. 477-482</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00445554v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00445550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du schéma Scalaire de Costa dans un domaine indépendant</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Security evaluation of informed watermarking schemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Khamadja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Dijon, France. pp.ID400</w:t>
+              <w:t xml:space="preserve">16th IEEE International Conference on Image Processing (ICIP) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Cairo, Egypt. pp.ID3606</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445551v1</w:t>
+                <w:t xml:space="preserve">hal-00445555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How quantization based schemes can be used in steganographic context</w:t>
               </w:r>
@@ -18024,51 +18024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Workshop on Multimedia Signal Processing, (MMSP '09)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Rio de Janeiro, Brazil. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18119,51 +18119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amit Phadikar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Multimedia Information Networking and Security, (MINES '09)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Wuhan, China. pp. 525-529</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18182,269 +18182,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00445548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the tradeoff between security and robustness of the Trellis Coded Quantization scheme</w:t>
+                <w:t xml:space="preserve">Informed stego-systems in active warden context : Statistical undetectability and capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Delpha</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2008 - 33th IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE MMSP 08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Cains, Queensland, Australia. pp.707-712</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871165v1</w:t>
+                <w:t xml:space="preserve">hal-00868780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informed stego-systems in active warden context : Statistical undetectability and capacity</w:t>
+                <w:t xml:space="preserve">On the tradeoff between security and robustness of the Trellis Coded Quantization scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Braci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE MMSP 08</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP 2008 - 33th IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Las Vegas, Nevada, United States. pp.1733 - 1736, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2008.4517964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868780v1</w:t>
+                <w:t xml:space="preserve">hal-00871165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse stéganographique du schéma scalaire de Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmedou Ould Bouya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18452,51 +18452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe d'Etudes du Traitement du Signal et des Images (GRETSI) 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Troyes, France. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18560,51 +18560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IET Colloquium on Reliability in Electromagnetic Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Paris, France. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18835,515 +18835,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00871163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Game theoretic resolution of the rotation/scale insensitive image watermarking problem</w:t>
+                <w:t xml:space="preserve">Rotation/scale insensitive spread spectrum image watermarking game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ossonce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE International Symposium on Electronic Imaging Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, San josé, California, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.643161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871156v1</w:t>
+                <w:t xml:space="preserve">hal-00871154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotation/scale insensitive spread spectrum image watermarking game</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
+                <w:t xml:space="preserve">Secured diffusion of music on mobiles: An end-to-end approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Benjelloun Touimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Milhau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Electronic Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd Taiwanese-French Conference on Information Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.643161⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00871154v1</w:t>
+                <w:t xml:space="preserve">hal-00871157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secured diffusion of music on mobiles: An end-to-end approach</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tatouage robuste d'images : application aux transformations géométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ossonce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Taiwanese-French Conference on Information Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Nancy, France</w:t>
+              <w:t xml:space="preserve">CNRIUT 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871157v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatouage robuste d'images : application aux transformations géométriques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Game theoretic resolution of the rotation/scale insensitive image watermarking problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ossonce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Ossonce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Brest, France</w:t>
+              <w:t xml:space="preserve">SPIE International Symposium on Electronic Imaging Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, San josé, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00871147v1</w:t>
+                <w:t xml:space="preserve">hal-00871156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paramètrage par la théorie des jeux d'un schéma de tatouage d'images robuste aux rotations et mises à l'échelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ossonce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Guelvouit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19524,51 +19524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Benjelloun Touimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Persistant Asssociation and IPMP ISO/IEC JTSC29/WG11/M9023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Shangai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20252,151 +20252,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a sensor array in an environmental controlled gas atmosphere</w:t>
+                <w:t xml:space="preserve">Relative Humidity : An interfering parameter for the characterisation of a TGS sensor array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensor 99</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1999, Nuremberg, Germany. pp.513-518</w:t>
+              <w:t xml:space="preserve">SPIE International Symposium on Environmental and Industrial sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Boston, Massachusetts, United States. pp.223-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00872384v1</w:t>
+                <w:t xml:space="preserve">hal-00872385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental temperature and humidity variation effects on the response of a TGS sensor array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20425,152 +20412,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOEN 99</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, Tübingen, Germany. pp.156-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative Humidity : An interfering parameter for the characterisation of a TGS sensor array</w:t>
+                <w:t xml:space="preserve">Evaluation of a sensor array in an environmental controlled gas atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Siadat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Lumbreras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE International Symposium on Environmental and Industrial sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1999, Boston, Massachusetts, United States. pp.223-230</w:t>
+              <w:t xml:space="preserve">Sensor 99</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1999, Nuremberg, Germany. pp.513-518</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00872385v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humidity effects on a commercially available refrigerant gas sensor TGS 832</w:t>
               </w:r>
@@ -20941,51 +20941,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tidal stream turbine monitoring and fault diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Amirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elhoussin Elbouchikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21069,713 +21069,713 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04142161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic Mode Function Selection and Statistical Information Analysis for Bearing Ball Fault Detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zahra Mezni</w:t>
+                <w:t xml:space="preserve">Modal Decomposition for Bearing Fault Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Amirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Houssin El Bouchikhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Springer. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic, Fault Detection and Tolerant Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-15-1746-4_6⟩</w:t>
+              <w:t xml:space="preserve">Electrical Systems 1: From diagnosis to prognosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9781786304650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119720317.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903347v1</w:t>
+                <w:t xml:space="preserve">hal-02903342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bearing Fault Diagnosis in Rotating Machines</w:t>
+                <w:t xml:space="preserve">Kullback–Leibler divergence for incipient fault diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">ISTE. </w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IET, The Institution of Engineering and Technology. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical systems 2: From diagnosis to prognosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9781786306081. </w:t>
+              <w:t xml:space="preserve">Signal Processing for Fault Detection and Diagnosis in Electric Machines and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-1-78561-957-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119720584.ch4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/pbpo153e_ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903344v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal Decomposition for Bearing Fault Detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">El Houssin El Bouchikhi</w:t>
+                <w:t xml:space="preserve">Intrinsic Mode Function Selection and Statistical Information Analysis for Bearing Ball Fault Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Mezni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">ISTE. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Braham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Systems 1: From diagnosis to prognosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9781786304650. </w:t>
+              <w:t xml:space="preserve">Diagnostic, Fault Detection and Tolerant Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-981-15-1746-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/9781119720317.ch4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-981-15-1746-4_6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903342v1</w:t>
+                <w:t xml:space="preserve">hal-02903347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kullback–Leibler divergence for incipient fault diagnosis</w:t>
+                <w:t xml:space="preserve">Bearing Fault Diagnosis in Rotating Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">IET, The Institution of Engineering and Technology. </w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benbouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Amirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Houssin El Bouchikhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing for Fault Detection and Diagnosis in Electric Machines and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-1-78561-957-1. </w:t>
+              <w:t xml:space="preserve">Electrical systems 2: From diagnosis to prognosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9781786306081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/pbpo153e_ch3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781119720584.ch4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03087605v1</w:t>
+                <w:t xml:space="preserve">hal-02903344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spread Spectrum Watermarking: Principles and Applications in fading channel</w:t>
+                <w:t xml:space="preserve">Watermarking on compressed data: A new perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jaya Sil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mithun Das Gupta. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Watermarking - Volume 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Intech, pp.85-104, 2012</w:t>
+              <w:t xml:space="preserve">, Intech, pp.67-84, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724877v1</w:t>
+                <w:t xml:space="preserve">hal-00724878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Watermarking on compressed data: A new perspective</w:t>
+                <w:t xml:space="preserve">Spread Spectrum Watermarking: Principles and Applications in fading channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santi Prasad Maity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seba Maity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaya Sil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mithun Das Gupta. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Watermarking - Volume 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Intech, pp.67-84, 2012</w:t>
+              <w:t xml:space="preserve">, Intech, pp.85-104, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00724878v1</w:t>
+                <w:t xml:space="preserve">hal-00724877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection et Diagnostic de défauts dans un convertisseur statique</w:t>
               </w:r>
@@ -22198,77 +22198,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé et système de surveillance d'un réseau de câbles, par analyse en composantes principales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Taki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22312,77 +22312,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de détection de défauts non francs dans un câble par analyse en composantes principales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Taki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ben Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ravot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Delpha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22713,51 +22713,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="05E50D60"/>
+    <w:nsid w:val="A885015A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22944,51 +22944,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-delpha" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3224-8628" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151348480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531127v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Hammou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Petrone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Gualous" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e28020221" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294424v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghao Du" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3611996" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngac-Ky Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3610071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491321v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojie Li" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Hansen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.120108" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805890v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Zargarani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabakata Mahamat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3497977" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725492v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Wang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xusheng Hu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Xing" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-024-01105-5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03867345v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3652" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012128v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Veizaga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bercu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bertin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/gtd2.12765" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761152v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217221111349" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04394475v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junjie Yang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110803" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464678v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lusia Rakhmawati" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirawan Wirawan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwadi Suwadi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duhamel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2021.115906" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776949v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Mezni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Braham" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24091251" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03696213v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2022.108657" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694002v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Taki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hassen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ravot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111378" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorachack Kongphet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15155350" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464676v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108308" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415367v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114785" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903345v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyi Yuan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhen Wang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9030429" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908249v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianwen Meng" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boukhnifer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2020.101658" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.107410" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903353v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3004658" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087601v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migan-Dubois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110512" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02938015v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Fadhel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113374" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02147094v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Baghli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Hallouche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mba" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12071372" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02084506v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochuan Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12040726" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01970593v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2018.12.048" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01795107v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Al Samrout" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Moubayed" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2018.04.007" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01477160v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Youssef" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.01.045" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220446v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2015.09.008" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199905v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Harmouche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2015.08.008" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366652v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2016.2570549" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100666v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.06.023" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0S3WK45P-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100845v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Medjmadj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mostefai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Arias" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2354075" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2341620" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00862918v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.05.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F35SMLRX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00921646v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santi Prasad Maity" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seba Maity" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaya Sil" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2013.10.008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRQDPL41-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823757v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-013-1132-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F578LNR0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00758058v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2012.06.057" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VS84R8FC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548157v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Phadikar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-010-9371-6" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L0Q27VNH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00758056v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219691312500518" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617351v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Braci" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2011.07.006" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8XQRXHB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575991v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Benkara Mostefa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khamadja" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871169v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fontaine" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Benjelloun Touimi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Milhau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445546v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871170v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871171v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lumbreras" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Siadat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2003.09.011" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z7X5ZN1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011887v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delpha" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lumbreras" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.963212" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871174v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871175v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(01)00887-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HP3R05T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(01)00790-0" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2VMXMV9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011900v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(00)00500-1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7TDC8VKR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871176v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00389-5" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFH02PVB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871177v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871178v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00230-0" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NTPGN2F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027773v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Amirat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON55916.2024.10905507" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297818v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297823v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Qing Lu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUROCON64445.2025.11073476" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297822v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108401v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM61473.2024.00010" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399516v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312583" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399398v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakedam Lare" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyamak Sarabi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10311639" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399708v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM58589.2023.00053" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04401948v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10228027" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807800v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zermani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/EUPVSEC2023/4CV.1.27" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399630v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10227933" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04387999v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Xu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xie" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibin Zhou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAFEPROCESS58597.2023.10295924" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694001v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747618" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814225v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbin Zhu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weichao Xu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanguang Wang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968491" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814216v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968305" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814207v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968562" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694011v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814203v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968620" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491347v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03369807v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPHM51084.2021.9486625" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464721v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Nasr" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/icems52562.2021.9634420" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03518815v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03237624v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464671v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589989" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464673v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589719" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903350v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00047" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903352v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908256v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon43393.2020.9254934" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908260v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon43393.2020.9255288" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903349v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00050" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491358v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04492210v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00005" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903348v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00038" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903351v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC45281.2020.9300416" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903346v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Chenadec" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295400v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2019.8926731" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903337v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295283v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2019.8682206" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903339v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903338v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295328v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-paris.2019.00053" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295370v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295408v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2019.8927638" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295381v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/autotestcon43700.2019.8961060" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895227v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Chongqing.2018.00130" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01795069v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2018.8570465" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943075v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895228v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-chongqing.2018.00123" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702863v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352302" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981837v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895231v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paramita Chattopadhyay" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilendu Saha" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-chongqing.2018.00189" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895233v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/peac.2018.8590319" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01577713v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Tianzhen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelig Li" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sdpc.2017.65" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578478v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Adouni" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Chariag" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassaad Sbita" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8216748" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578467v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8217416" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578485v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Gang" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8217460" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01587893v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8216653" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366659v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eusipco.2016.7760480" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390782v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidath Diao" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793494" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366656v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390878v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassad Sbita" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793167" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390873v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793728" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193157v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tout" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le-Bihan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169223v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281584" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169228v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281581" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169221v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2015.7281579" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174410v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eusipco.2015.7362788" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193152v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058104v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudeshna Kar Sil" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058111v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065224v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01100655v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Bose" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/euvip.2014.7018402" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00967570v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icge.2014.6835419" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058123v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839756v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00862920v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hijazi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823760v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00822054v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirak Kumar Maity" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00797033v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ncc.2013.6488005" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00911507v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839757v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823761v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00875657v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivine Abbas" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839755v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724879v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01006182v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724881v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Chen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724875v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724882v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724874v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Komaty" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Fraysse" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTEL.2012.6221283" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617342v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617343v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617350v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alper Koz" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617345v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617344v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617347v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617346v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548155v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548156v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445552v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01006181v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445550v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445555v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871168v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MINES.2009.262" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445547v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445554v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Miraoui" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445551v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445549v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445548v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871165v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2008.4517964" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00868780v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Guelvouit" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871164v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedou Ould Bouya" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bourgeois" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871162v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871159v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdal Memet Ozbek" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871163v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Djeumou-Kouto" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Zaidi" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.366204" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871156v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ossonce" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871154v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.643161" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871157v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Guyader" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871147v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871150v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871152v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2004.1421638" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871161v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872366v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872369v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872367v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872373v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872378v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872376v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872380v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872384v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872386v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872385v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872389v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872391v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00345414v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Videau" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aigrain" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hardouin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Clainche" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_securite_aujourd_hui_dans_la_societe_de_l_information-9782296042766-24680.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142161v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhoussin Elbouchikhi" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPO201E_ch4" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903347v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-1746-4_6" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903344v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Houssin El Bouchikhi" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119720584.ch4" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903342v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119720317.ch4" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087605v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pbpo153e_ch3" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724877v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724878v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617349v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Khatir" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefebvre" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00659387v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548154v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871179v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903341v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903340v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00845564v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775385v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000METZ031S" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-delpha" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3224-8628" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151348480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531127v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Hammou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Petrone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Gualous" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e28020221" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294424v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinghao Du" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTE.2025.3611996" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05294401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngac-Ky Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3610071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805890v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Zargarani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabakata Mahamat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3497977" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725492v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Zhang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xusheng Hu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Xing" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-024-01105-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491321v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baojie Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Hansen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Chen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2024.120108" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012128v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Veizaga" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bercu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bertin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/gtd2.12765" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761152v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14759217221111349" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04394475v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junjie Yang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2023.110803" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03867345v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pip.3652" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464678v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lusia Rakhmawati" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wirawan Wirawan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwadi Suwadi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duhamel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2021.115906" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03696213v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2022.108657" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694002v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Taki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ben Hassen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ravot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2022.111378" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776949v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Mezni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Braham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24091251" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03761155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vorachack Kongphet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15155350" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464676v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108308" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415367v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2021.114785" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903335v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.107410" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903353v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3004658" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087601v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Migan-Dubois" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2020.110512" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02938015v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Fadhel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2020.113374" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903345v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenyi Yuan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianzhen Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9030429" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908249v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianwen Meng" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boukhnifer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2020.101658" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02084506v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochuan Li" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mba" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12040726" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01970593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2018.12.048" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02147094v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Baghli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Hallouche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12071372" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01795107v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Al Samrout" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Moubayed" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2018.04.007" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01477160v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Youssef" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2017.01.045" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366652v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Harmouche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TR.2016.2570549" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220446v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2015.09.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2015.08.008" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100666v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.06.023" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0S3WK45P-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100845v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Medjmadj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mostefai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Arias" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2354075" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100861v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2341620" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00862918v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.05.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F35SMLRX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00921646v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santi Prasad Maity" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seba Maity" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaya Sil" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2013.10.008" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRQDPL41-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823757v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-013-1132-x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F578LNR0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00758058v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jss.2012.06.057" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VS84R8FC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00758056v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Boyer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219691312500518" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548157v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Phadikar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-010-9371-6" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L0Q27VNH-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617351v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Braci" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2011.07.006" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8XQRXHB-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575991v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Benkara Mostefa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Khamadja" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445546v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871169v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Fontaine" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Benjelloun Touimi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Milhau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871170v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871171v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lumbreras" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Siadat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2003.09.011" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z7X5ZN1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871174v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/19.963212" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011887v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delpha" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lumbreras" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871175v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(01)00887-5" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5HP3R05T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(01)00790-0" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K2VMXMV9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011900v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(00)00500-1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7TDC8VKR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871177v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871176v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00389-5" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TFH02PVB-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04011893v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871178v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00230-0" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NTPGN2F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297818v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027773v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Amirat" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON55916.2024.10905507" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297823v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Qing Lu" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUROCON64445.2025.11073476" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05297822v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108401v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM61473.2024.00010" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399708v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM58589.2023.00053" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807800v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Zermani" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4229/EUPVSEC2023/4CV.1.27" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04401948v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pakedam Lare" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siyamak Sarabi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10228027" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04387999v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Xu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Xie" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibin Zhou" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SAFEPROCESS58597.2023.10295924" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399630v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10227933" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399516v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312583" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04399398v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10311639" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814225v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongbin Zhu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weichao Xu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanguang Wang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968491" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814216v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968305" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814203v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968620" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694011v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03814207v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon49645.2022.9968562" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491347v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03694001v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747618" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03369807v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPHM51084.2021.9486625" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464671v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589989" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03237624v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464721v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Nasr" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/icems52562.2021.9634420" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03518815v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03464673v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589719" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903352v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04492210v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00005" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491358v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903349v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00050" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908260v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon43393.2020.9255288" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02908256v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon43393.2020.9254934" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903351v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC45281.2020.9300416" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903348v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00038" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903346v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Chenadec" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00037" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903350v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-besancon49106.2020.00047" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903337v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903338v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903339v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295283v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2019.8682206" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295328v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-paris.2019.00053" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295370v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295408v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2019.8927638" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295381v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/autotestcon43700.2019.8961060" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02295400v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2019.8926731" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895228v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-chongqing.2018.00123" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702863v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352302" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981837v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895231v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paramita Chattopadhyay" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilendu Saha" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/phm-chongqing.2018.00189" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895233v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/peac.2018.8590319" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895227v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PHM-Chongqing.2018.00130" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943075v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01795069v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2018.8570465" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578485v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Gang" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8217460" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01587893v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8216653" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578467v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8217416" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01578478v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Adouni" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhia Chariag" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassaad Sbita" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2017.8216748" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01577713v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Tianzhen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Liu" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelig Li" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sdpc.2017.65" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366659v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eusipco.2016.7760480" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390873v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793728" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390878v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassad Sbita" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793167" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01390782v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidath Diao" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2016.7793494" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01366656v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169223v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281584" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193157v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tout" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le-Bihan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169228v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2015.7281581" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169221v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2015.7281579" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174410v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eusipco.2015.7362788" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193152v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065224v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058111v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudeshna Kar Sil" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01100655v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirban Bose" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/euvip.2014.7018402" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00967570v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icge.2014.6835419" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058123v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01058104v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839756v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00797033v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ncc.2013.6488005" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00822054v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hirak Kumar Maity" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00862920v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Hijazi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823760v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00911507v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839757v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00823761v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00839755v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00875657v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivine Abbas" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724879v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01006182v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724875v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724881v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Chen" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724882v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724874v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Komaty" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Fraysse" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTEL.2012.6221283" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617350v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alper Koz" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617345v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617344v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617343v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617342v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617347v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617346v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548156v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548155v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445552v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445551v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445554v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Miraoui" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445547v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871168v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MINES.2009.262" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01006181v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445550v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445555v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445549v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445548v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00868780v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Guelvouit" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871165v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2008.4517964" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871164v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedou Ould Bouya" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Bourgeois" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871162v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871159v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdal Memet Ozbek" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871163v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Djeumou-Kouto" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Zaidi" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2007.366204" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871154v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ossonce" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.643161" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871157v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Guyader" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871147v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871156v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871150v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871152v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2004.1421638" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871161v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872366v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872369v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872367v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872373v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872378v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872376v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872380v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872385v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872386v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872384v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sarry" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872389v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00872391v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00345414v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Videau" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aigrain" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hardouin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Clainche" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_securite_aujourd_hui_dans_la_societe_de_l_information-9782296042766-24680.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142161v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhoussin Elbouchikhi" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPO201E_ch4" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903342v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Houssin El Bouchikhi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119720317.ch4" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03087605v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pbpo153e_ch3" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903347v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-1746-4_6" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903344v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119720584.ch4" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724878v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00724877v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00617349v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Khatir" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lefebvre" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00659387v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00548154v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871179v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903341v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02903340v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00845564v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01775385v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000METZ031S" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>