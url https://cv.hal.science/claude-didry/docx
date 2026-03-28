--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.66282420749px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Claude Didry </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Claude Didry, liste des travaux au 09/2020</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">claude-didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6690-1416</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057506353</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">46903918</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000038561701</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité sociale pour tout, par tous et toutes ? Un modèle de production alternatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilien Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05443755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet pour une sécurité sociale industrielle La mise en sécurité sociale des aides publiques aux entreprises dans une perspective de réindustrialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Sécurité sociale (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05124914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review, Santé et travail, paroles de chômeurs, Dominique Lhuilier, Dominique Gelpe and Anne-Marie Waser, eds, Paris: Érès, 2024, 320 pp. ISBN 978-274-928-028-8 (paperback), ISBN 978-274-928-029-5 (eBook).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Labour Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 164 (3), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.16995/ilr.24780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05539568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le socialisme sous « le déjà-là communiste » du salariat Entre protection des travailleurs et néolibéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germinal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension du domaine de la négociation d’entreprise. La négociation d’entreprise sous l’emprise du groupe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'IRES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 107-108 (2), pp.41-70. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdli.107.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04383678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La négociation d’« entreprise » en pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Cottineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-économie du travail </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2021-2 (10), pp.65-94. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14086-3.p.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du séminaire à Billancourt, les vocations d’un prêtre-ouvrier (à propos de l’ouvrage de Michèle Bonnechère, Prêtre-ouvrier à Renault Billancourt. L’itinéraire de Daniel Bonnechère. La Mission de France, son choix du mariage et ses questions à l’Église catholique, Paris, Éditions Karthala, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03920515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le Collectivisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et philosophie : annuaire de l'Institut Michel Villey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Droit et sciences sociales, Hors-série 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux du salariat, lieux des salariésdu domicile à l’établissement, les enjeux d’un ancrage territorial du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03920588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1946 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Verkindt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07 et 08, pp.631-644</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03285836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les révolutions du salariat : du paiement à la pièce à la socialisation du salaire horaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 27 (2), pp.32-39. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rce.027.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N° 54 (4), pp.15-21. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.054.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">劳动制度对社会协同创新能力的影响 ——————以法国劳动法体系的嬗变为例</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenzhen Yi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Security Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03508641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mot à la chose : le travail (dé)construit par le droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 212 (1), pp.127-167. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.212.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03318592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Un encastrement social du commerce ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (211), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.211.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institution de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.054.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03250699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du rapport (1) Entreprises en négociations : l’entreprise à la lumière des relations professionnelles, DARES/ministère du Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03350914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les négociations collectives pour penser l'entreprise. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Négociations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 35, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/neg.035.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’entreprise à l’établissement ? Retour sur les enjeux du salaire minimum hiérarchique dans les conventions collectives de branche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02961158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labor Law as a Base for Firms' Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44, pp.212 - 242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02004978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du louage d'ouvrage au contrat de travail, une autre histoire du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02933560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Bureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nrt.4936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Prométhée déchaîné ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L'Homme machine II, 2 (207), pp.9-19. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.207.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christian Vinel, ‪ ‪The Employee. A Political History‪ ‪. ‪Philadelphia, University of Pennsylvania Press, coll. « Politics and Culture in Modern America », 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/travailemploi.8753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02935182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les factory acts dans Le Capital. Une écologie juridique du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et philosophie : annuaire de l'Institut Michel Villey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02004980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l’après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (4), pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01442775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des discours aux pratiques : femme, enfant, et homme-machine au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'Homme machine I, 3 (205), pp.19-26. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.205.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme (II)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2 (195-196), pp.29-32. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.195.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépassement capitaliste du salariat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2 (195-196), pp.51-72. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.195.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Institutional Foundations of Labor Conventions in France between the Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (1), pp.42--61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventionalist's perspectives on the political economy of law - Introduction to the special issue of Conventions and law from a historical perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Diaz-Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme (I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (193-194), pp.11-16. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.193.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grammaires du dialogue social (1936-1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Accords Matignon aux lois Auroux. 50 ans de dialogue social. Actes de la conférence débat du 18 novembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.6-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les visages multiples de l'innovation, entre travail, recherche et industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMCSTI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40, pp.3-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre exit et voice, les conflits du travail dans les entreprises publiques en Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenzhen Yi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (64), pp.63-78. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.064.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classe sociale contre groupement professionnel ? Le durkheimisme &amp;quot;scientifique&amp;quot; de Maurice Halbwachs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 157-158, pp.123-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE CAPABILITY APPROACH AS A REPERTOIRE OF RESTRUCTURING: A NEW WAY OF LOOKING AT THE FIRM AND THE CONTRACT OF EMPLOYMENT?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Varia, 54 (3), pp.537-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01134060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributing to a Pragmatic Institutionalism of Economic Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (2), pp.61-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01011884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les midinettes, avant-garde oubliée du prolétariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (189-190), pp.63-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'APPROCHE PAR LES CAPACITÉS COMME REGISTRE DES RESTRUCTURATIONS : UN NOUVEAU REGARD SUR L'ENTREPRISE ET LE CONTRAT DE TRAVAIL ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.537-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00936542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit du travail et conflits sociaux dans l'Angleterre du New Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristea Koukiadaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (182), pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour Law as Social Questioning, the Labour-Related Conventions Approach's as a Way for Institutional History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Republican Idea of Social Inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences (Shanghai Academy of Social Sciences)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, pp.65--69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du sujet de droit à la citoyenneté du travail, une autre histoire du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2 (3), pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium sur Inventing equal opportunity de Frank Dobbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Musselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmond King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Dobbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (2), pp.194-215. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.7741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'institution, pour une recherche sur le cadre institutionnel des sociétés modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4, pp.56-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-institutions : l'institutionnalisme de Douglass North face au défi de Karl Polany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (5), pp.205-224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner le travail par la loi. Conflits du travail et luttes pour le droit dans une entreprise de Shanghai (2003-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (76), pp.589-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence du dialogue social en Europe : retour sur une innovation institutionnelle méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année Sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (2), pp.417-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, démocratie et liberté au travail dans le système français de relations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.à venir</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00210123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYNDICALISME ET DEMOCRATIE (TRADUCTION DE &amp;quot;TRADE UNIONISM AND DEMOCRACY&amp;quot;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Meixner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14, pp.X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00332978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la restructuration de l'entreprise à la restructuration des relations professionnelles : le cas de Canal Plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 163-164, pp.95-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00258698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Codes of Conduct Tell U : Corporate Social Responsibility and the Nature of the Multinational Corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corporate Governance: An International Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (1), pp.77-90. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-8683.2007.00544.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Molfessis N. et Heurtin J-P (sd), La sociologie du droit de Max Weber,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 67, pp.793-796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE DIALOGUE SOCIAL EUROPEEN. AUX SOURCES D'UN DROIT COMMUNAUTAIRE DU TRAVAIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NOVEMBRE (417), pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00333026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Duguit, ou le service public en action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le service public, l'économie, la République, 52 (3), pp.88-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grève première expérience démocratique du mouvement ouvrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de l'institut d'histoire sociale de la CGT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 92, pp.5-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lévy et le contrat, la sociologie dans le droit des obligations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 56/57, pp.151-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La convention collective en 1936, les deux registres d'une institution légale dans les conflits sociaux du Front Populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Institut Régional du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 9, pp.147-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production juridique de la convention collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 56 (6), pp.1253-1282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise européen devant la justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 49 (49), pp.911-934</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reforme des groupements professionnels comme expression de la conception durkheimienne de l'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 41 (3), pp.513-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comités d'entreprise face aux restructurations: trois registres d'argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 39 (3), pp.495-534</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00580659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comites d'entreprise face aux licenciements collectifs: trois registres d'argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 39 (3), pp.495-534. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/3322983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cause de l'emploi, les usages du droit dans la contestation de plans sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 69, pp.23-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison Berger-Levrault et la négociation du tarif à Nancy en 1901</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Birck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 6, pp.49-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écriture des conventions du travail entre le métier et l'industrie: un moment critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes, revue du CEREQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 65, pp.77-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Etat aux groupes professionnels. Les itinéraires croisés de L., Duguit et E. Durkheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 2, pp.5-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Meets Critics&amp;quot; Book Panel on R. Erne, S. Stan, D. Golden, I. Szabo & V. Maccarrone, Politicising Commodification. European Governance and Labour Politics from the Financial Crisis to the Covid Emergency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Höpner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference of Europeanists - "Radical Europe: Violence, Emancipation &amp; Reaction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Council for European Studies, Jul 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04735837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambroise Croizat et la sécurité sociale, autour du discours du 6 août 1946</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire Penser le droit social organisé par Pierre-Yves Verkindt et Pascal Lokiec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour d'Antonio Casilli En attendant les Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "En attendant les Robots" organisée par la MSH Paris-Saclay, https://msh-paris-saclay.fr/event/journee-etudes-casilli-msh/</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore parler de théorie de la régulation ? Perspectives disciplinaires et pluridisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Verley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d'étude "L’échelle des régulations politiques, XVIIIe-XXIe siècles. Peut-on parler de théorie de la régulation ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florent Le Bot; Alain Pichon, Jun 2019, Évry, université d Évry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of conventions : beyond a microphysics of power?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociology of Conventions Workshop: "Power of Conventions – Conventions of Power"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arjan Kosica und Rainer Diaz-Bone, Jan 2017, Reutlingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01445623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an interdisciplinary laboratory to tackle governance foundations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mambrini-Doudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris Chrysos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Schmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. EURAM Annual Conference. Manageable Cooperation?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les salariés de la recherche et de l'innovation, quels enjeux pour la relation sciences-industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Alembert, May 2013, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise comme 'société de capacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remettre l'Etat dans le jeu ? Promouvoir le développement des capacités pour tous en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit entre institution et organisation : autour de North et Polanyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Régulations des activités économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes of Conduct and conventions of the firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Governing Social Policy in Europe: the Promotion of Capabilities and Transitional Labour Markets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique des accords de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restructurations industrielles entre politique, droit et relations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discutant sur &amp;quot;Sécurité sociale professionnelle et assurance chômage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coping with social risks : capabilities and/or Transitional Labour Markets?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Berlin, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise comme acteur des restructurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du marché intérieur au dialogue social : retour sur une innovation institutionnelle méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capright, Ressources, Rights and Capabilities : in search of social foundations for Europe, second meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise comme acteur des restructurations, anatomie des débats sur l'emploi dans l'entreprise en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les restructurations d'entreprises, nouvelles logiques, stratégies d'acteurs et modes d'intervention",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise et le juge dans les restructurations : l'influence nouvelle des salariés sur la trajectoire des entreprises en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restructurations d'entreprises: Nouvelles logiques, stratégies d'acteurs et modes d'intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la réunion pleinière &amp;quot;Les comités d'entreprise européens, information et consultation&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence finale du programme européen Eurocap,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe malade du marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Market Building and Institutions. The lessons of a comparison between Europe and China</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Shangaï, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les champs d'une politique de la liberté, réflexions à partir d'Amartya Sen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROCAP WORKSHOP</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capabilities, Social Sciences and Evaluation of Public Policies,Louvain-La-Neuve, Belgium, 26-27 November 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Louvains-La-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00318464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face au covid, l’enjeu du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Dispute. pp.220, 2023, Travail et salariat, 9782843032721</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie est une science réflexive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.380, 2022, 978-2-7574-3686-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ordonnances de l'automne 2017 : point d'aboutissement d'un changement de &amp;quot;modèle&amp;quot; du droit du travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ylias Ferkane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Marinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEJEP, pp.143, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs de l'innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Younès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782753573536</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Institution du travail Droit et salariat dans l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Dispute, 2016, 978-2-84303-264-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01283857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs de l'innovation : de l'entrepreneur aux salariés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Younes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUR, Presses Universitaires de Rennes, 307 p., 2016, 978-2-7535-4863-3. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.62995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02298238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-06309-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law and Conventions from historical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Diaz-Bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GESIS – Leibniz Institute for the Social Sciences, 40 (1), 2015, Historical Social Research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Selim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 189-190, pp.344, 2014, L’homme et la Société, 978-2-343-02752-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renewing Democratic Deliberation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean de Munck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ferreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 63, pp.262, 2012, the Challenge of Civil and Social Dialogue, 978-90-5201-875-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et conflits du travail dans l’Angleterre du New Labour. L’homme et la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristea Koukiadaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">182, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renewing Democratic Deliberation : the Future of Social and Civil Dialogue in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean de Munck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ferreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.266, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00813904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.270, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.271, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00936940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Delors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE-Peter Lang, pp.349, 2005, Travail &amp; Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Moment Delors ». Les syndicats au cœur de l’Europe sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Delors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, Bruxelles, pp.349, 2005, série "travail et société", Philippe Pochet</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail globalisé, travail singulier, dossier de la revue l'Homme et la société, n°151-152</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dieuaide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Roulleau-Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Selim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sobel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.306, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00198073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance de la convention collective, débats juridiques et luttes sociales en France au début du 20ème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions de l'Ecole des Hautes Etudes en Sciences Sociales, pp.267, 2002, Recherches d'histoire et de sciences sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance de la convention collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de l'Ecole des Hautes Etudes en Sciences Sociales, pp.268, 2002, Recherches d'histoire et de sciences sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail et la nation. Histoire croisée de la France et de l'Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la MSH, pp.402, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00198070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources juridiques d'une sociohistoire critique du travail (France XIX-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Basset </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches critiques du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03284815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louage de service, délai-congé, licenciement : une sociolinguistique historique du contrat de travail à durée indéterminée en trois mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meyrat, Isabelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que reste-t-il de la loi de 1973 relative au licenciement ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-30, 2025, Thèmes &amp; Commentaires, 9782247239580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05124934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial relations and Economics and Sociology of Conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rainer Diaz-Bone; Guillemette de Larquier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Economy and Sociology of Conventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Handbook of Economics and Sociology of Conventions, Springer, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04748305v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Midinette Guiding the People. An Iconographic Break of the Assiette au Beurre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Filip Dorssemont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Artistic Representation of Industrial Disputes in the Shadow of Repression in European Art. From 1870 to 1914 and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.85-114, 2024, Law and Visual Jurisprudence, 978-3-031-63633-2. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-63634-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04680441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards ecological embeddedness in democratised workplaces: addressing climate change as a labour issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Askenazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kalina Arabadjieva, Nicola Countouris, Bianca Luna Fabris and Wouter Zwysen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative ideas – ensuring a just share of progress for all</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETUI aisbl, 2023, 978-2-87452-674-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04138296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux publics : du chômage partiel au protocole sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Face au covid, l'enjeu du salariat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Dispute, 71-94 p., 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law in Convention Theory: Regulation in Regularities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Economics and Sociology of Conventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-24, 2023, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-52130-1_59-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04179635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction – Robert Salais, la recherche comme engagement réflexif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Bessy; Claude Didry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie est une science réflexive : chômage, convention et capacité dans l'oeuvre de Robert Salais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7574-3686-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrat de travail, une révolution symbolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03284820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un service public ferroviaire européen face aux urgences climatique et nationaliste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Champin; Jean Finez; Alexandre Largier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La SNCF à l'épreuve du XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Croquant, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du métier à la branche : d’un commun à l’autre ? La théorie du commun à l’épreuve du travail (France, 1800-1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Bessy; Michel Margairaz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les biens communs en perspectives. Propriété, travail, valeur (XVIIIe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Sorbonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-112, 2021, 979-10-351-0624-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01264261v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseil d’Etat, section 7, 7 août 1909, requête n°37,317, Winkell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Perroud; Jacques Caillosse; Jacques Chevalier; Danièle Lochak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Grands Arrêts Politiques de la jurisprudence administrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-75, 2019, Les Grandes Décisions, 978-2-275-06547-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04180158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louage d’ouvrage, louage de services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Le Crom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Margairaz, Michel; Pigenet, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le prix du travail. France et espaces coloniaux, XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.182-186, 2019, Le prix du travail: France et espaces coloniaux, XIXe- XXIe siècle, 979-1035103095</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salaire à la pièce (XIX e -XX e siècles) : du marchandage au salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le prix du travail. France et espaces coloniaux, XIX-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15-24, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02959651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weber et le droit du travail Les voies d'une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"travailler avec Weber", actes du colloque des 4 et 5 octobre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèses et développements du salariat : esquisse d'une socio-histoire globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Mercure; Mircea Vultur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix concepts pour penser le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Laval, 2018, 978-2-7637-3495-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04334952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salariat. Genèse et développements du salariat : une socio histoire globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix concepts pour penser le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02935159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bourdieu et l'idée de travail », les enjeux de l'anamnèse algérienne pour une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourdieu et le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.113-132, 2015, 978-2-7535-3695-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail, collection « Quadrige dicos poche »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.413-418, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility and Employment: a Plurality of Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Rogowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Whiteside</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Employment Policy: labour market transitions and the promotion of capability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 2012, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781781001172.00021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.413-418, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.431-437, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility and Employment : a Plurality of Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transforming European Employment Policy: labour market transitions and the promotion of capability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.208-228, 2012, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781781001172.00021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-société : l'institutionnalisme de Douglass C. North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et régulations des activités économiques. Perspectives sociologiques et institutionnalistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.69-83, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le droit, ouverture et limites d'une découverte sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail sociologique, du concept à l'analyse, mélange en l'honneur de François Chazel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Paris-Sorbonne, pp.49-60, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode : une logique d'engagement face aux restructurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.127-139, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.11-24, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional Dynamics and Social Dialogue in France and Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations in Labour : Social security and Social Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Capright, pp.446-457, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les codes de conduite comme écriture des conventions d'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondialisation et recomposition des relations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, pp.33-46, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprise comme fait social ? Retour sur les années 1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le phénomène de la responsabilité sociale de l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Documentation Française, pp.41-60, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de règles entre action publique et dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles dimensions du politique. Relations professionnelles et régulations sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.195-200, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA PRODUCTION DES REGLES ENTRE ACTION PUBLIQUE ET DIALOGUE SOCIALE (INTRODUCTION AU CHAPITRE IV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duclos L. Groux G. Meriaux O.(dir)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LE POLITIQUE ET LA DYNAMIQUE DES RELATIONS PROFESSIONNELLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, Paris, pp.X, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00332922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thoughts on France's Industrial Relations System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Davids Karel, Devos Greta, Pasture Patrick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing Liaisons, The Dynamics of Social Partnership in 20th Century West-European Democracies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, Bruxelles, pp.85-113, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00238572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoughts on the French Industrial Relations System, from Strike to Industrial Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing Liaisons, the Dynamics of Social partnership in 21st Century West−European Democracies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.85-113, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la convention collective en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stanziani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de l'économie-droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.91-102, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00238570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'employeur en question, les enjeux de la subordination pour les rapports de travail dans une société capitaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles frontières du travail subordonné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions La Découverte, pp.47-70, 2006, Recherches</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, histoire et politique dans la sociologie de Max Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coutu M., Rocher G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La légitimité de l'Etat et du droit, autour de Max Weber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses de l'Université de Laval, pp.91-114, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didry C., &amp;quot;Droit, histoire et politique dans la sociologie du droit de Max Weber&amp;quot;, in Coutu M. (s.d.), La légitimité de l'État et du droit. Autour de Max Weber, Québec, Presses Universitaires de Laval.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Coutu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didry C., "Droit, histoire et politique dans la sociologie du droit de Max Weber", in Coutu M. (s.d.), La légitimité de l'État et du droit. Autour de Max Weber, Québec, Presses Universitaires de Laval.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00086251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'employeur en question, les enjeux de la subordination pour les rapports de travail dans une société capitaliste&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in H. Petit et N. Thévenot, Les nouvelles frontières du travail subordonné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris, La Découverte, pp.47-70., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe tested through its products: the Renault-Vilvoorde affair and its implications for industrial and employment policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salais Robert et Villeneuve Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe and the Politics of Capabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.21-37, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource juridique ou contre-pouvoir ? À la recherche du syndicat dans les accords collectifs en France au tournant des XIXe et XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Crom, Jean-Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">les acteurs dans l'histoire du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.285-298, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource juridique ou contre-pouvoir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Crom, Jean-Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les acteurs de l'histoire du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.285-296, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misère de la sociologie et sociologie de la misère. Réflexions sur la précarité relative dans le capitalisme néo-libéral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lojkine, Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sociologies critiques du capitalisme, en hommage à Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.81-106, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abus de droit, une notion sans histoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ancel P., Aubert G., Chappuis C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'abus de droit, comparaison franco-suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université de Saint-Etienne, pp.51-68, 2001, Droit</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La règle de droit comme équipement pour le travail juridique: le cas du licenciement collectif pour motif économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirat T. et Serverin E. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit dans l'action économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.133-158, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inspection du travail et les conventions collectives entre 1892 et 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Jean-Louis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspecteurs et Inspection du Travail sous la IIIe et la IVe République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La documentation française, pp.190-203, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un arbitrage de situation : les conditions socio-économiques de la mise en oeuvre de la loi du 31 décembre 1936 sur la conciliation et l'arbitrage obligatoires. Les cas de la métallurgie parisienne et du décolletage de la Vallée de l'Arve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Whiteside Noel et Salais Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance, Industry and Labour Market in Britain and France, the Modernising State in the mid-twentieth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routlegde, pp.163-177, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles sur les produits d'Etat et écriture des conventions collectives de travail de 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacob A. et Vérin H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inscription sociale du marché</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.112-136, 1995, Cahiers de Socio-Economie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles sur les produits d'Etat et écriture des conventions collectives du travail en 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacob Annie, Vérin Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inscription sociale du marché</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.110-133, 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19, vers une nouvelle reconnaissance du travail salarié ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le salariat, une classe révolutionnaire ? entretien avec Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformes des retraites : « L’opinion publique française fait preuve d’un attachement viscéral à la Sécurité sociale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l’après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01208103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dérégulation tue le travail (analyse de quatre idées reçues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, https://theconversation.com/la-deregulation-tue-le-travail-analyse-de-quatre-idees-recues-47396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01218358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scientific strategy to build governance theoretical framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mambrini-Doudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris Chrysos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Schmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode en matière de restructurations : un nouveau champ du dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of the outcomes on information-consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Meixner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fonctionnement des instances représentatives du personnel à la Samaritaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00222811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bases institutionnelles du télétravail pour les capabilités : le cas français Claude Didry Avec la collaboration de Sophie Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00222828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture : Histoire de la législation du travail Fabrique de l'histoire : série consacrée au droit du travail et ses évolutions dans le temps. Par-delà le CPE...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00086250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social responsability of Enterprises and the Capability Approach: Findings from Eurocap WP5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deakin Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vingt ans de Dialogue social européen : Bilan et Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit du travail est-il encore vivant ? Les dimensions durkheimiennes de la pensée d'Ehrlich dans une sociologie du salariat contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04144341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur Durkheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752163v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution démocratique de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01764435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant-machine, note sur la fabrique et la machinerie dans le Capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01519624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l'après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03459692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage à l’épreuve du droit du travail. De la socialisation familiale à l’enseignement professionnel (1851-1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01256548v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit du travail comme questionnement social, contribution de l &amp;quot; approche par les conventions du travail &amp;quot; à une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00688728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche par les capacités comme registre des restructurations : un nouveau regard sur l'entreprise et le contrat de travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00688733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Dialogue and Deliberation: a New Dimension in European Industrial Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;quot; vrai louage d'ouvrage &amp;quot; au marchandage, retour sur l'héritage révolutionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00635675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrat, propriété et travail dans la sociologie durkheimienne du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00639367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the market-institutions dichotomy: The institutionalism of Douglass C. North in response to Karl Polanyi's challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail comme &amp;quot; apport en capacité &amp;quot;, la portée socio-historique de l'approche par les capacités d'Amartya Sen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00584416v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, travail et passion, dans les restructurations : le déclin de l'engagement au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00602046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail comme capacité : de la subordination à la liberté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00561297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-société : l'institutionnalisme de Douglass C. North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00326116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode en matière de restructurations : un nouveau champ du dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00343121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le droit, ouvertures et limites d'une découverte sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European Works Council before the courts: putting law to work and the producing EU legal norms during the Renault Vilvorde case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un arbitrage de situation : les conditions socio-économiques de la mise en oeuvre de la loi du 31 décembre 1936 sur la conciliation et l’arbitrage obligatoires. Les cas de la métallurgie parisienne et du décolletage de la Vallée de l'Arve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises en négociations. L'entreprise à la lumière des relations professionnelles. Rapport final élaboré pour la DARES (enquête Post-REPONSE 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre Maurice Halbwachs - CNRS - EHESS - Ecole Normale Supérieure. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03350911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Terral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Askenazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bergeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre National de la Recherche Scientifique; Université Toulouse III - Paul Sabatier. 2020, 111 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03036192v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">contribution au rapport &amp;quot;Les sciences humaines et sociales face à la première vaguede la pandémie de Covid-19 - Enjeux et formes de la recherche&amp;quot; coordonné par Marie Gaille et Philippe Terrail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INSHS. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03087044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Europe au territoire : information, consultation et mobilisations des travailleurs dans les restructurations d'Alstom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module &amp;quot;Les institutions du travail&amp;quot;, cours en L3, ENS Cachan, 2013-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Module "Les institutions du travail", cours en L3, ENS Cachan, 2013-2014, ENS de Cachan, France. 2014, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01211755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité sociale pour tout ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilien Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux sources du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 211 (2019-3), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03250693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Homme-machine II. Du travailleur augmenté à l'homme augmenté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 207, 290 p., 2018, 978-2-343-15873-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Homme-machine I. Le travailleur-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 205, 350 p., 2017, 978-2-343-13933-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail : les enjeux d’une « conversion » de la société française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId322"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:110.66282420749px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Claude Didry </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Claude Didry, liste des travaux au 09/2020</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">claude-didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6690-1416</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">057506353</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">46903918</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000038561701</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité sociale pour tout, par tous et toutes ? Un modèle de production alternatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilien Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05443755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review, Santé et travail, paroles de chômeurs, Dominique Lhuilier, Dominique Gelpe and Anne-Marie Waser, eds, Paris: Érès, 2024, 320 pp. ISBN 978-274-928-028-8 (paperback), ISBN 978-274-928-029-5 (eBook).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Labour Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 164 (3), pp.1-4. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.16995/ilr.24780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05539568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet pour une sécurité sociale industrielle La mise en sécurité sociale des aides publiques aux entreprises dans une perspective de réindustrialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Sécurité sociale (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05124914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver le socialisme sous « le déjà-là communiste » du salariat Entre protection des travailleurs et néolibéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Germinal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04329781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension du domaine de la négociation d’entreprise. La négociation d’entreprise sous l’emprise du groupe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'IRES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, N° 107-108 (2), pp.41-70. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rdli.107.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04383678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du séminaire à Billancourt, les vocations d’un prêtre-ouvrier (à propos de l’ouvrage de Michèle Bonnechère, Prêtre-ouvrier à Renault Billancourt. L’itinéraire de Daniel Bonnechère. La Mission de France, son choix du mariage et ses questions à l’Église catholique, Paris, Éditions Karthala, 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03920515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le Collectivisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et philosophie : annuaire de l'Institut Michel Villey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Droit et sciences sociales, Hors-série 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux du salariat, lieux des salariésdu domicile à l’établissement, les enjeux d’un ancrage territorial du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03920588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La négociation d’« entreprise » en pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Cottineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-économie du travail </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2021-2 (10), pp.65-94. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-14086-3.p.0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N° 54 (4), pp.15-21. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.054.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">劳动制度对社会协同创新能力的影响 ——————以法国劳动法体系的嬗变为例</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenzhen Yi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Security Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03508641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Un encastrement social du commerce ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (211), pp.15-26. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.211.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du mot à la chose : le travail (dé)construit par le droit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 212 (1), pp.127-167. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.212.0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03318592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institution de l'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Savoir/Agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sava.054.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03250699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du rapport (1) Entreprises en négociations : l’entreprise à la lumière des relations professionnelles, DARES/ministère du Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03350914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les négociations collectives pour penser l'entreprise. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Négociations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 35, pp.9-22. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/neg.035.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1946 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Verkindt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 07 et 08, pp.631-644</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03285836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les révolutions du salariat : du paiement à la pièce à la socialisation du salaire horaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, n° 27 (2), pp.32-39. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rce.027.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’entreprise à l’établissement ? Retour sur les enjeux du salaire minimum hiérarchique dans les conventions collectives de branche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02961158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labor Law as a Base for Firms' Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research / Historische Sozialforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44, pp.212 - 242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02004978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du louage d'ouvrage au contrat de travail, une autre histoire du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Droit ouvrier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02933560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Metzger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Bureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle Revue du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nrt.4936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christian Vinel, ‪ ‪The Employee. A Political History‪ ‪. ‪Philadelphia, University of Pennsylvania Press, coll. « Politics and Culture in Modern America », 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/travailemploi.8753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02935182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les factory acts dans Le Capital. Une écologie juridique du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et philosophie : annuaire de l'Institut Michel Villey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02004980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Prométhée déchaîné ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L'Homme machine II, 2 (207), pp.9-19. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.207.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des discours aux pratiques : femme, enfant, et homme-machine au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, L'Homme machine I, 3 (205), pp.19-26. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.205.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l’après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (4), pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01442775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Institutional Foundations of Labor Conventions in France between the Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (1), pp.42--61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventionalist's perspectives on the political economy of law - Introduction to the special issue of Conventions and law from a historical perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Diaz-Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépassement capitaliste du salariat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2 (195-196), pp.51-72. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.195.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme (I)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (193-194), pp.11-16. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.193.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme (II)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1-2 (195-196), pp.29-32. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.195.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grammaires du dialogue social (1936-1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Accords Matignon aux lois Auroux. 50 ans de dialogue social. Actes de la conférence débat du 18 novembre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.6-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les visages multiples de l'innovation, entre travail, recherche et industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AMCSTI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40, pp.3-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre exit et voice, les conflits du travail dans les entreprises publiques en Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhenzhen Yi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 3 (64), pp.63-78. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.064.0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE CAPABILITY APPROACH AS A REPERTOIRE OF RESTRUCTURING: A NEW WAY OF LOOKING AT THE FIRM AND THE CONTRACT OF EMPLOYMENT?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Varia, 54 (3), pp.537-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01134060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classe sociale contre groupement professionnel ? Le durkheimisme &amp;quot;scientifique&amp;quot; de Maurice Halbwachs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Études sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 157-158, pp.123-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributing to a Pragmatic Institutionalism of Economic Law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (2), pp.61-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01011884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les midinettes, avant-garde oubliée du prolétariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3 (189-190), pp.63-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'APPROCHE PAR LES CAPACITÉS COMME REGISTRE DES RESTRUCTURATIONS : UN NOUVEAU REGARD SUR L'ENTREPRISE ET LE CONTRAT DE TRAVAIL ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.537-566</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00936542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labour Law as Social Questioning, the Labour-Related Conventions Approach's as a Way for Institutional History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Sociology (European Electronic Newsletter)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit du travail et conflits sociaux dans l'Angleterre du New Labour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristea Koukiadaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (182), pp.11-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Republican Idea of Social Inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences (Shanghai Academy of Social Sciences)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1, pp.65--69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du sujet de droit à la citoyenneté du travail, une autre histoire du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2 (3), pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium sur Inventing equal opportunity de Frank Dobbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Musselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bereni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desmond King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Dobbin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (2), pp.194-215. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/sdt.7741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-institutions : l'institutionnalisme de Douglass North face au défi de Karl Polany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (5), pp.205-224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner le travail par la loi. Conflits du travail et luttes pour le droit dans une entreprise de Shanghai (2003-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tong Wu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3 (76), pp.589-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'institution, pour une recherche sur le cadre institutionnel des sociétés modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4, pp.56-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence du dialogue social en Europe : retour sur une innovation institutionnelle méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année Sociologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (2), pp.417-447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00933238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, démocratie et liberté au travail dans le système français de relations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.à venir</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00210123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYNDICALISME ET DEMOCRATIE (TRADUCTION DE &amp;quot;TRADE UNIONISM AND DEMOCRACY&amp;quot;)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Meixner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14, pp.X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00332978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la restructuration de l'entreprise à la restructuration des relations professionnelles : le cas de Canal Plus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 163-164, pp.95-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00258698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Codes of Conduct Tell U : Corporate Social Responsibility and the Nature of the Multinational Corporation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corporate Governance: An International Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (1), pp.77-90. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-8683.2007.00544.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Molfessis N. et Heurtin J-P (sd), La sociologie du droit de Max Weber,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 67, pp.793-796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LE DIALOGUE SOCIAL EUROPEEN. AUX SOURCES D'UN DROIT COMMUNAUTAIRE DU TRAVAIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, NOVEMBRE (417), pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00333026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léon Duguit, ou le service public en action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Le service public, l'économie, la République, 52 (3), pp.88-97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lévy et le contrat, la sociologie dans le droit des obligations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 56/57, pp.151-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grève première expérience démocratique du mouvement ouvrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de l'institut d'histoire sociale de la CGT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 92, pp.5-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La convention collective en 1936, les deux registres d'une institution légale dans les conflits sociaux du Front Populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Institut Régional du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 9, pp.147-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise européen devant la justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 49 (49), pp.911-934</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production juridique de la convention collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 56 (6), pp.1253-1282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reforme des groupements professionnels comme expression de la conception durkheimienne de l'Etat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 41 (3), pp.513-538</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comités d'entreprise face aux restructurations: trois registres d'argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 39 (3), pp.495-534</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00580659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les comites d'entreprise face aux licenciements collectifs: trois registres d'argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 39 (3), pp.495-534. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/3322983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cause de l'emploi, les usages du droit dans la contestation de plans sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 69, pp.23-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison Berger-Levrault et la négociation du tarif à Nancy en 1901</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Birck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises et Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 6, pp.49-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écriture des conventions du travail entre le métier et l'industrie: un moment critique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes, revue du CEREQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 65, pp.77-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Etat aux groupes professionnels. Les itinéraires croisés de L., Duguit et E. Durkheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 2, pp.5-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00239192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Meets Critics&amp;quot; Book Panel on R. Erne, S. Stan, D. Golden, I. Szabo & V. Maccarrone, Politicising Commodification. European Governance and Labour Politics from the Financial Crisis to the Covid Emergency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Höpner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Rhodes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference of Europeanists - "Radical Europe: Violence, Emancipation &amp; Reaction"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Council for European Studies, Jul 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04735837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambroise Croizat et la sécurité sociale, autour du discours du 6 août 1946</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire Penser le droit social organisé par Pierre-Yves Verkindt et Pascal Lokiec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour d'Antonio Casilli En attendant les Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée "En attendant les Robots" organisée par la MSH Paris-Saclay, https://msh-paris-saclay.fr/event/journee-etudes-casilli-msh/</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore parler de théorie de la régulation ? Perspectives disciplinaires et pluridisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Verley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">journée d'étude "L’échelle des régulations politiques, XVIIIe-XXIe siècles. Peut-on parler de théorie de la régulation ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florent Le Bot; Alain Pichon, Jun 2019, Évry, université d Évry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The politics of conventions : beyond a microphysics of power?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociology of Conventions Workshop: "Power of Conventions – Conventions of Power"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arjan Kosica und Rainer Diaz-Bone, Jan 2017, Reutlingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01445623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an interdisciplinary laboratory to tackle governance foundations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mambrini-Doudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris Chrysos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Schmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. EURAM Annual Conference. Manageable Cooperation?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01694177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les salariés de la recherche et de l'innovation, quels enjeux pour la relation sciences-industrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences et Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Alembert, May 2013, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01231468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise comme 'société de capacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remettre l'Etat dans le jeu ? Promouvoir le développement des capacités pour tous en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Codes of Conduct and conventions of the firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Governing Social Policy in Europe: the Promotion of Capabilities and Transitional Labour Markets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Venise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit entre institution et organisation : autour de North et Polanyi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Régulations des activités économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique des accords de méthode</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restructurations industrielles entre politique, droit et relations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discutant sur &amp;quot;Sécurité sociale professionnelle et assurance chômage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coping with social risks : capabilities and/or Transitional Labour Markets?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Berlin, Allemagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise comme acteur des restructurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales de Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Londres, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du marché intérieur au dialogue social : retour sur une innovation institutionnelle méconnue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capright, Ressources, Rights and Capabilities : in search of social foundations for Europe, second meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la réunion pleinière &amp;quot;Les comités d'entreprise européens, information et consultation&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence finale du programme européen Eurocap,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise comme acteur des restructurations, anatomie des débats sur l'emploi dans l'entreprise en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Les restructurations d'entreprises, nouvelles logiques, stratégies d'acteurs et modes d'intervention",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Montréal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le comité d'entreprise et le juge dans les restructurations : l'influence nouvelle des salariés sur la trajectoire des entreprises en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les restructurations d'entreprises: Nouvelles logiques, stratégies d'acteurs et modes d'intervention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Europe malade du marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Market Building and Institutions. The lessons of a comparison between Europe and China</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Shangaï, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les champs d'une politique de la liberté, réflexions à partir d'Amartya Sen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROCAP WORKSHOP</w:t></w:r><w:br/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Capabilities, Social Sciences and Evaluation of Public Policies,Louvain-La-Neuve, Belgium, 26-27 November 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Louvains-La-Neuve, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00318464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face au covid, l’enjeu du salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Dispute. pp.220, 2023, Travail et salariat, 9782843032721</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’économie est une science réflexive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.380, 2022, 978-2-7574-3686-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ordonnances de l'automne 2017 : point d'aboutissement d'un changement de &amp;quot;modèle&amp;quot; du droit du travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ylias Ferkane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ballouhey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Marinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEJEP, pp.143, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Institution du travail Droit et salariat dans l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Dispute, 2016, 978-2-84303-264-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01283857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs de l'innovation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Younès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9782753573536</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs de l'innovation : de l'entrepreneur aux salariés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Boisard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Younes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUR, Presses Universitaires de Rennes, 307 p., 2016, 978-2-7535-4863-3. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.62995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02298238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law and Conventions from historical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rainer Diaz-Bone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GESIS – Leibniz Institute for the Social Sciences, 40 (1), 2015, Historical Social Research</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mille peaux du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-06309-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Selim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 189-190, pp.344, 2014, L’homme et la Société, 978-2-343-02752-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et conflits du travail dans l’Angleterre du New Labour. L’homme et la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristea Koukiadaki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">182, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renewing Democratic Deliberation : the Future of Social and Civil Dialogue in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean de Munck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ferreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.266, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00813904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renewing Democratic Deliberation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean de Munck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ferreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 63, pp.262, 2012, the Challenge of Civil and Social Dialogue, 978-90-5201-875-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.270, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes, pp.271, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00936940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Delors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PIE-Peter Lang, pp.349, 2005, Travail &amp; Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « Moment Delors ». Les syndicats au cœur de l’Europe sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02160061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le moment Delors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, Bruxelles, pp.349, 2005, série "travail et société", Philippe Pochet</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail globalisé, travail singulier, dossier de la revue l'Homme et la société, n°151-152</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Dieuaide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Roulleau-Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Selim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sobel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.306, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00198073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance de la convention collective, débats juridiques et luttes sociales en France au début du 20ème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions de l'Ecole des Hautes Etudes en Sciences Sociales, pp.267, 2002, Recherches d'histoire et de sciences sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance de la convention collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de l'Ecole des Hautes Etudes en Sciences Sociales, pp.268, 2002, Recherches d'histoire et de sciences sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail et la nation. Histoire croisée de la France et de l'Allemagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Wagner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Zimmermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la MSH, pp.402, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00198070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources juridiques d'une sociohistoire critique du travail (France XIX-XXe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Basset </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches critiques du droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03284815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrial relations and Economics and Sociology of Conventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rainer Diaz-Bone; Guillemette de Larquier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Economy and Sociology of Conventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Handbook of Economics and Sociology of Conventions, Springer, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04748305v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louage de service, délai-congé, licenciement : une sociolinguistique historique du contrat de travail à durée indéterminée en trois mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Meyrat, Isabelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que reste-t-il de la loi de 1973 relative au licenciement ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalloz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-30, 2025, Thèmes &amp; Commentaires, 9782247239580</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05124934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Midinette Guiding the People. An Iconographic Break of the Assiette au Beurre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Filip Dorssemont. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">On the Artistic Representation of Industrial Disputes in the Shadow of Repression in European Art. From 1870 to 1914 and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.85-114, 2024, Law and Visual Jurisprudence, 978-3-031-63633-2. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-63634-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04680441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux publics : du chômage partiel au protocole sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Face au covid, l'enjeu du salariat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Dispute, 71-94 p., 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law in Convention Theory: Regulation in Regularities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Economics and Sociology of Conventions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.1-24, 2023, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-52130-1_59-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04179635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards ecological embeddedness in democratised workplaces: addressing climate change as a labour issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Askenazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kalina Arabadjieva, Nicola Countouris, Bianca Luna Fabris and Wouter Zwysen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformative ideas – ensuring a just share of progress for all</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETUI aisbl, 2023, 978-2-87452-674-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04138296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction – Robert Salais, la recherche comme engagement réflexif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bessy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Bessy; Claude Didry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie est une science réflexive : chômage, convention et capacité dans l'oeuvre de Robert Salais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires du Septentrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-7574-3686-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un service public ferroviaire européen face aux urgences climatique et nationaliste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hervé Champin; Jean Finez; Alexandre Largier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La SNCF à l'épreuve du XXIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Croquant, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrat de travail, une révolution symbolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03284820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du métier à la branche : d’un commun à l’autre ? La théorie du commun à l’épreuve du travail (France, 1800-1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Bessy; Michel Margairaz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les biens communs en perspectives. Propriété, travail, valeur (XVIIIe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de la Sorbonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.97-112, 2021, 979-10-351-0624-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01264261v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conseil d’Etat, section 7, 7 août 1909, requête n°37,317, Winkell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Perroud; Jacques Caillosse; Jacques Chevalier; Danièle Lochak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Grands Arrêts Politiques de la jurisprudence administrative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LGDJ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.63-75, 2019, Les Grandes Décisions, 978-2-275-06547-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04180158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louage d’ouvrage, louage de services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Le Crom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Margairaz, Michel; Pigenet, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le prix du travail. France et espaces coloniaux, XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de la Sorbonne, pp.182-186, 2019, Le prix du travail: France et espaces coloniaux, XIXe- XXIe siècle, 979-1035103095</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salaire à la pièce (XIX e -XX e siècles) : du marchandage au salariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le prix du travail. France et espaces coloniaux, XIX-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15-24, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02959651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salariat. Genèse et développements du salariat : une socio histoire globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix concepts pour penser le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02935159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèses et développements du salariat : esquisse d'une socio-histoire globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Mercure; Mircea Vultur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dix concepts pour penser le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Laval, 2018, 978-2-7637-3495-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04334952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weber et le droit du travail Les voies d'une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"travailler avec Weber", actes du colloque des 4 et 5 octobre 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01721673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Bourdieu et l'idée de travail », les enjeux de l'anamnèse algérienne pour une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bourdieu et le travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.113-132, 2015, 978-2-7535-3695-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.413-418, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.431-437, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility and Employment: a Plurality of Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Rogowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noel Whiteside</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Employment Policy: labour market transitions and the promotion of capability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 2012, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781781001172.00021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corporate Social Responsibility and Employment : a Plurality of Configurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transforming European Employment Policy: labour market transitions and the promotion of capability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.208-228, 2012, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781781001172.00021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire du travail, collection « Quadrige dicos poche »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.413-418, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01230275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le droit, ouverture et limites d'une découverte sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail sociologique, du concept à l'analyse, mélange en l'honneur de François Chazel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Paris-Sorbonne, pp.49-60, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-société : l'institutionnalisme de Douglass C. North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et régulations des activités économiques. Perspectives sociologiques et institutionnalistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.69-83, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.11-24, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les codes de conduite comme écriture des conventions d'entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondialisation et recomposition des relations professionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Octarès, pp.33-46, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional Dynamics and Social Dialogue in France and Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformations in Labour : Social security and Social Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Capright, pp.446-457, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La responsabilité sociale des entreprise comme fait social ? Retour sur les années 1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur le phénomène de la responsabilité sociale de l'entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Documentation Française, pp.41-60, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode : une logique d'engagement face aux restructurations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'entreprise en restructuration, Dynamiques institutionnelles et mobilisations collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.127-139, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00950976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production de règles entre action publique et dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles dimensions du politique. Relations professionnelles et régulations sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.195-200, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LA PRODUCTION DES REGLES ENTRE ACTION PUBLIQUE ET DIALOGUE SOCIALE (INTRODUCTION AU CHAPITRE IV)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duclos L. Groux G. Meriaux O.(dir)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LE POLITIQUE ET LA DYNAMIQUE DES RELATIONS PROFESSIONNELLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, Paris, pp.X, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00332922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">thoughts on France's Industrial Relations System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Davids Karel, Devos Greta, Pasture Patrick. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing Liaisons, The Dynamics of Social Partnership in 20th Century West-European Democracies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, Bruxelles, pp.85-113, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00238572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thoughts on the French Industrial Relations System, from Strike to Industrial Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing Liaisons, the Dynamics of Social partnership in 21st Century West−European Democracies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.85-113, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00951537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la convention collective en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stanziani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de l'économie-droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ, pp.91-102, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00238570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, histoire et politique dans la sociologie de Max Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coutu M., Rocher G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La légitimité de l'Etat et du droit, autour de Max Weber</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses de l'Université de Laval, pp.91-114, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didry C., &amp;quot;Droit, histoire et politique dans la sociologie du droit de Max Weber&amp;quot;, in Coutu M. (s.d.), La légitimité de l'État et du droit. Autour de Max Weber, Québec, Presses Universitaires de Laval.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Coutu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didry C., "Droit, histoire et politique dans la sociologie du droit de Max Weber", in Coutu M. (s.d.), La légitimité de l'État et du droit. Autour de Max Weber, Québec, Presses Universitaires de Laval.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00086251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'employeur en question, les enjeux de la subordination pour les rapports de travail dans une société capitaliste&amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">in H. Petit et N. Thévenot, Les nouvelles frontières du travail subordonné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris, La Découverte, pp.47-70., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00178719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'employeur en question, les enjeux de la subordination pour les rapports de travail dans une société capitaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles frontières du travail subordonné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions La Découverte, pp.47-70, 2006, Recherches</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00540476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe tested through its products: the Renault-Vilvoorde affair and its implications for industrial and employment policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salais Robert et Villeneuve Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe and the Politics of Capabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.21-37, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource juridique ou contre-pouvoir ? À la recherche du syndicat dans les accords collectifs en France au tournant des XIXe et XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Crom, Jean-Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">les acteurs dans l'histoire du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.285-298, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ressource juridique ou contre-pouvoir ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Crom, Jean-Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les acteurs de l'histoire du droit du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.285-296, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misère de la sociologie et sociologie de la misère. Réflexions sur la précarité relative dans le capitalisme néo-libéral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lojkine, Jean. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sociologies critiques du capitalisme, en hommage à Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.81-106, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abus de droit, une notion sans histoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ancel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ancel P., Aubert G., Chappuis C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'abus de droit, comparaison franco-suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications de l'Université de Saint-Etienne, pp.51-68, 2001, Droit</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La règle de droit comme équipement pour le travail juridique: le cas du licenciement collectif pour motif économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kirat T. et Serverin E. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le droit dans l'action économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.133-158, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un arbitrage de situation : les conditions socio-économiques de la mise en oeuvre de la loi du 31 décembre 1936 sur la conciliation et l'arbitrage obligatoires. Les cas de la métallurgie parisienne et du décolletage de la Vallée de l'Arve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Whiteside Noel et Salais Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance, Industry and Labour Market in Britain and France, the Modernising State in the mid-twentieth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routlegde, pp.163-177, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00589946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inspection du travail et les conventions collectives entre 1892 et 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert Jean-Louis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspecteurs et Inspection du Travail sous la IIIe et la IVe République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La documentation française, pp.190-203, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles sur les produits d'Etat et écriture des conventions collectives de travail de 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacob A. et Vérin H. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inscription sociale du marché</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.112-136, 1995, Cahiers de Socio-Economie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles sur les produits d'Etat et écriture des conventions collectives du travail en 1936</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Salais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacob Annie, Vérin Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'inscription sociale du marché</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.110-133, 1995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le salariat, une classe révolutionnaire ? entretien avec Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covid-19, vers une nouvelle reconnaissance du travail salarié ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformes des retraites : « L’opinion publique française fait preuve d’un attachement viscéral à la Sécurité sociale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02970814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scientific strategy to build governance theoretical framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mambrini-Doudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris Chrysos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Schmid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01228232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dérégulation tue le travail (analyse de quatre idées reçues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, https://theconversation.com/la-deregulation-tue-le-travail-analyse-de-quatre-idees-recues-47396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01218358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l’après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01208103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode en matière de restructurations : un nouveau champ du dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of the outcomes on information-consultation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Meixner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bases institutionnelles du télétravail pour les capabilités : le cas français Claude Didry Avec la collaboration de Sophie Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00222828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fonctionnement des instances représentatives du personnel à la Samaritaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00222811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture : Histoire de la législation du travail Fabrique de l'histoire : série consacrée au droit du travail et ses évolutions dans le temps. Par-delà le CPE...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00086250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social responsability of Enterprises and the Capability Approach: Findings from Eurocap WP5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deakin Simon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vingt ans de Dialogue social européen : Bilan et Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00297299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erne, Roland, Stan, Sabrina, Golden, Darragh, Szabo, Imre and Maccarone Vincenzo, Politicising Commodification. European Governance and Labour Politics from the Financial Crisis to the Covid Emergency, Cambridge, Cambridge University Press, 2024 (hardback)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05539528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur Durkheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03752163v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit du travail est-il encore vivant ? Les dimensions durkheimiennes de la pensée d'Ehrlich dans une sociologie du salariat contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04144341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’institution démocratique de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01764435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant-machine, note sur la fabrique et la machinerie dans le Capital</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01519624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La politique de concurrence comme levier de la politique industrielle dans la France de l'après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Marty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03459692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apprentissage à l’épreuve du droit du travail. De la socialisation familiale à l’enseignement professionnel (1851-1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01256548v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche par les capacités comme registre des restructurations : un nouveau regard sur l'entreprise et le contrat de travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00688733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit du travail comme questionnement social, contribution de l &amp;quot; approche par les conventions du travail &amp;quot; à une autre histoire sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00688728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du &amp;quot; vrai louage d'ouvrage &amp;quot; au marchandage, retour sur l'héritage révolutionnaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00635675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrat, propriété et travail dans la sociologie durkheimienne du droit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00639367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond the market-institutions dichotomy: The institutionalism of Douglass C. North in response to Karl Polanyi's challenge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail comme &amp;quot; apport en capacité &amp;quot;, la portée socio-historique de l'approche par les capacités d'Amartya Sen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00584416v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail comme capacité : de la subordination à la liberté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00561297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit, travail et passion, dans les restructurations : le déclin de l'engagement au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00602046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Dialogue and Deliberation: a New Dimension in European Industrial Relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-delà de la dichotomie marché-société : l'institutionnalisme de Douglass C. North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vincensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00326116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les accords de méthode en matière de restructurations : un nouveau champ du dialogue social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Jobert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00343121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Durkheim et le droit, ouvertures et limites d'une découverte sociologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00178043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The European Works Council before the courts: putting law to work and the producing EU legal norms during the Renault Vilvorde case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00601572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un arbitrage de situation : les conditions socio-économiques de la mise en oeuvre de la loi du 31 décembre 1936 sur la conciliation et l’arbitrage obligatoires. Les cas de la métallurgie parisienne et du décolletage de la Vallée de l'Arve.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01180642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises en négociations. L'entreprise à la lumière des relations professionnelles. Rapport final élaboré pour la DARES (enquête Post-REPONSE 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Giordano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre Maurice Halbwachs - CNRS - EHESS - Ecole Normale Supérieure. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03350911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Terral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Askenazy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Bergeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre National de la Recherche Scientifique; Université Toulouse III - Paul Sabatier. 2020, 111 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03036192v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">contribution au rapport &amp;quot;Les sciences humaines et sociales face à la première vaguede la pandémie de Covid-19 - Enjeux et formes de la recherche&amp;quot; coordonné par Marie Gaille et Philippe Terrail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] INSHS. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03087044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Europe au territoire : information, consultation et mobilisations des travailleurs dans les restructurations d'Alstom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Béthoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Brouté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00582642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Module &amp;quot;Les institutions du travail&amp;quot;, cours en L3, ENS Cachan, 2013-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. Module "Les institutions du travail", cours en L3, ENS Cachan, 2013-2014, ENS de Cachan, France. 2014, pp.50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01211755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sécurité sociale pour tout ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilien Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salariat / Une revue de sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux sources du capitalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Maitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Barbot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 211 (2019-3), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03250693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Homme-machine II. Du travailleur augmenté à l'homme augmenté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 207, 290 p., 2018, 978-2-343-15873-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Homme-machine I. Le travailleur-machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 205, 350 p., 2017, 978-2-343-13933-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail : les enjeux d’une « conversion » de la société française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId323"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B31C0F75"/>
+    <w:nsid w:val="A989458D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-didry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6690-1416" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057506353" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/46903918" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000038561701" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443755v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Castel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Julliard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124914v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05539568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/ilr.24780" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329781v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04383678v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Giordano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.107.0041" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830820v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brochard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Cottineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14086-3.p.0065" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920515v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207182v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920588v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285836v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Verkindt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506501v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.027.0032" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.054.0015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508641v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhen Yi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03318592v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.212.0127" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506490v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Bot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Maitte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Barbot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.211.0015" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03250699v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350914v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506468v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Simha" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/neg.035.0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02961158v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02933560v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02458390v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bachet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bureau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.4936" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02045997v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perrin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.207.0009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.8753" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004980v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01442775v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.205.0019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.195.0029" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376320v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.195.0051" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376317v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230552v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Diaz-Bone" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Salais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376330v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.193.0011" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376347v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231212v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jobert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.064.0063" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376360v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134060v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231071v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristea Koukiadaki" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376391v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231172v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01561296v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond King" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dobbin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.7741" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933232v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933222v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincensini" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933228v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Wu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933238v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00210123v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332978v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel da Costa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meixner" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mias" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00258698v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8683.2007.00544.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297263v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00333026v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mias" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267967v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582588v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267598v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582645v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178014v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178150v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580659v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178367v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3322983" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267966v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589067v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582644v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239192v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04735837v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carvalho" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#246;pner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rhodes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970886v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970847v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151012v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Verley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445623v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694177v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mambrini-Doudet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paris Chrysos" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Schmid" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540574v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297292v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297290v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297297v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297285v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178063v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178721v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297282v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178723v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297279v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00318464v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299419v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927647v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100797150" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490833v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ylias Ferkane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ballouhey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Marinelli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219372v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Youn&#232;s" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/62995?format=toc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01283857v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298238v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Younes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.62995" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230037v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230063v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230085v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Selim" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Munck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ferreras" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01115454v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00813904v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540482v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936940v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540481v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160061v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178015v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198073v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dieuaide" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roulleau-Berger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sobel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178076v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582648v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198070v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wagner" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Zimmermann" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284815v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124934v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/que-reste-t-il-de-la-loi-de-1973-relative-au-licenciement-p.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748305v2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04680441v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-63634-9" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63634-9_4" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138296v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357273v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179635v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52130-1_59-1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150613v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284820v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506880v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01264261v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/en/livre/?GCOI=28405100232840" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180158v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-grands-arrets-politiques-de-la-jurisprudence-administrative-9782275065472.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03086317v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Crom" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02959651v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721673v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334952v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935159v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230505v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3773" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230275v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751797v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Rogowski" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Whiteside" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781781001172.00021" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950969v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950967v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230485v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950970v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950972v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950976v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950974v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951533v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951535v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950973v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951536v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332922v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duclos L. Groux G. Meriaux O.(dir)" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238572v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951537v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238570v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540476v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Brout&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589412v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086251v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coutu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178719v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267267v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267641v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178368v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267268v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582646v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ancel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589080v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601579v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589946v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582643v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178370v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970857v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970805v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970814v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01208103v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218358v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228232v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297305v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297304v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222811v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chollet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222828v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086250v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297301v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deakin Simon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297299v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04144341v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752163v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01764435v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519624v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03459692v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256548v2" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688728v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688733v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601846v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635675v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639367v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601544v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584416v2" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00602046v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561297v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326116v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00343121v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178043v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601572v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180642v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350911v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087044v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582642v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01211755v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289194v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03250693v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182169v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182170v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904041v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u981" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-didry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6690-1416" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057506353" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/46903918" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000038561701" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443755v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Castel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gr&#233;goire" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Julliard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05539568v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/ilr.24780" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124914v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329781v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04383678v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Giordano" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdli.107.0041" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920515v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207182v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920588v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830820v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brochard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Cottineau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14086-3.p.0065" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506508v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.054.0015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508641v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhen Yi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506490v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Bot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Maitte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Barbot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.211.0015" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03318592v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.212.0127" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03250699v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350914v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506468v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Simha" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/neg.035.0009" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03285836v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Verkindt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506501v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.027.0032" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02961158v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02933560v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02458390v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jacquot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bachet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Bureau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.4936" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935182v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.8753" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004980v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02045997v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perrin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.207.0009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046013v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.205.0019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01442775v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marty" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376317v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230552v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Diaz-Bone" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Salais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376320v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.195.0051" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376330v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.193.0011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376318v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.195.0029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376347v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231212v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Jobert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.064.0063" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01134060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376360v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01011884v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936542v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376391v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231071v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristea Koukiadaki" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231172v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01561296v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Musselin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond King" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dobbin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.7741" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933222v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincensini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933228v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Wu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933232v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00933238v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00210123v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332978v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel da Costa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Meixner" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mias" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00258698v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271418v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8683.2007.00544.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297263v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00333026v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mias" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267967v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267598v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582588v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582645v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178014v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267601v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178150v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00580659v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178367v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3322983" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267966v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589067v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582644v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239192v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04735837v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carvalho" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H&#246;pner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rhodes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970886v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970847v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151012v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bessy" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lacour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Verley" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01445623v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694177v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mambrini-Doudet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paris Chrysos" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Schmid" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540574v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297290v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297292v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297297v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297285v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178063v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178723v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178721v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297282v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297279v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00318464v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299419v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927647v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/FR/livre/?GCOI=27574100797150" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490833v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ylias Ferkane" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ballouhey" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Marinelli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01283857v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219372v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Youn&#232;s" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/62995?format=toc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298238v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Younes" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.62995" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230063v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230037v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230085v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Selim" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01115454v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00813904v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Munck" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ferreras" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230256v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540482v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00936940v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540481v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160061v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178015v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198073v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dieuaide" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roulleau-Berger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sobel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178076v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582648v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00198070v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wagner" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Zimmermann" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284815v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04748305v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124934v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/que-reste-t-il-de-la-loi-de-1973-relative-au-licenciement-p.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04680441v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-63634-9" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63634-9_4" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357273v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04179635v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52130-1_59-1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138296v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150613v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506880v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03284820v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01264261v2" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsdelasorbonne.fr/en/livre/?GCOI=28405100232840" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04180158v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-grands-arrets-politiques-de-la-jurisprudence-administrative-9782275065472.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03086317v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Crom" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02959651v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935159v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334952v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01721673v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230505v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3773" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950969v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950967v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751797v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Rogowski" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Whiteside" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781781001172.00021" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230485v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230275v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950972v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950970v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950974v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951535v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951533v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950973v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950976v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951536v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332922v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duclos L. Groux G. Meriaux O.(dir)" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238572v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00951537v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238570v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589412v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086251v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coutu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00178719v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Brout&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540476v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267267v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267641v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178368v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267268v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582646v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ancel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589080v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00589946v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601579v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582643v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178370v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970805v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970857v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970814v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01228232v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218358v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01208103v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297305v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297304v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222828v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chollet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222811v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00086250v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297301v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deakin Simon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00297299v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05539528v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752163v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04144341v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01764435v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519624v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03459692v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256548v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688733v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00688728v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00635675v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639367v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601544v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584416v2" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561297v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00602046v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601846v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326116v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00343121v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178043v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601572v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180642v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350911v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03087044v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00582642v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01211755v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289194v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03250693v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182169v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182170v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904041v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u981" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>