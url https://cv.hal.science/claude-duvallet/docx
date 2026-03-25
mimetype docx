--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -498,679 +498,679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La blockchain : automatisation et fluidification des transactions logistiques</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les différents enjeux techniques liés à l'implantation d'une chaîne de blocs dans un écosystème gouvernemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure et usage de la blockchain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.143-155, 2024, Thèmes &amp; Commentaires, 978-2-247-22854-6</w:t>
+              <w:t xml:space="preserve">Tendances récentes en chaîne de blocs : les infrastructures gouvernementales et sociétales du futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Yvon Blais, pp.17-32, 2024, 9782898471551</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04550541v1</w:t>
+                <w:t xml:space="preserve">hal-04965919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les différents enjeux techniques liés à l'implantation d'une chaîne de blocs dans un écosystème gouvernemental</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La blockchain : automatisation et fluidification des transactions logistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lambard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tendances récentes en chaîne de blocs : les infrastructures gouvernementales et sociétales du futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Yvon Blais, pp.17-32, 2024, 9782898471551</w:t>
+              <w:t xml:space="preserve">Structure et usage de la blockchain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.143-155, 2024, Thèmes &amp; Commentaires, 978-2-247-22854-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04965919v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Online Container Stacking Inside Intermodal Terminals</w:t>
+                <w:t xml:space="preserve">Are Corridors a Key Asset for the Deployment of Short Food Supply Chains?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aicha Ferjani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+                <w:t xml:space="preserve">Roland Condor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jaouad Boukachour; Abdelhamid Benaini. </w:t>
+              <w:t xml:space="preserve">Bertelle, C. and Gouin, N. and Frémont A. (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport and Logistics Planning and Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IGI Global, pp.56-81, 2023, Advances in Logistics, Operations, and Management Science, 9781668484746. </w:t>
+              <w:t xml:space="preserve">Maritime Ports, Inland Corridors and Logistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.253-263, 2023, 9781003365013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4018/978-1-6684-8474-6.ch003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4324/9781003365013-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524789v1</w:t>
+                <w:t xml:space="preserve">hal-04180459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Corridors a Key Asset for the Deployment of Short Food Supply Chains?</w:t>
+                <w:t xml:space="preserve">Simulation of Modal Shift and Multimodality on the Seine Axis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Condor</w:t>
+                <w:t xml:space="preserve">Aicha Ferjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Essaghir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Bertelle, C. and Gouin, N. and Frémont A. (Eds). </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertelle Cyrille; Gouin Nathan; Frémont Antoine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maritime Ports, Inland Corridors and Logistics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+              <w:t xml:space="preserve">Maritime Ports, Supply Chains and Logistics Corridors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routledge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.253-263, 2023, 9781003365013. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781003365013-24⟩</w:t>
+              <w:t xml:space="preserve">, pp.199-211, 2023, 9781032429410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003365013-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180459v1</w:t>
+                <w:t xml:space="preserve">hal-04180458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Modal Shift and Multimodality on the Seine Axis</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blockchains for Smart Ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Bertelle Cyrille; Gouin Nathan; Frémont Antoine. </w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mongetro Goint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertelle, C. and Gouin, N. and Frémont A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maritime Ports, Supply Chains and Logistics Corridors</w:t>
+              <w:t xml:space="preserve">Maritime Ports, Inland Corridors and Logistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routledge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.199-211, 2023, 9781032429410. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781003365013-19⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003365013-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180458v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockchains for Smart Ports</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Online Container Stacking Inside Intermodal Terminals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Ferjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Bertelle, C. and Gouin, N. and Frémont A. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jaouad Boukachour; Abdelhamid Benaini. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maritime Ports, Inland Corridors and Logistics</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Transport and Logistics Planning and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IGI Global, pp.56-81, 2023, Advances in Logistics, Operations, and Management Science, 9781668484746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003365013-16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4018/978-1-6684-8474-6.ch003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180457v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04524789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Real-Time Design Patterns with the UML-RTDP Profile</w:t>
               </w:r>
@@ -1420,261 +1420,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guided genetic algorithm-based ensemble voting of polynomial regression and LSTM (GGA-PolReg-LSTM) for congestion prediction using IoT and air quality data in sustainable cities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sold to China: Container traffic in the Port of Piraeus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahdi Medini</w:t>
+                <w:t xml:space="preserve">Pamina Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sanch-Maritan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Pigné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Supercomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11227-024-06186-7⟩</w:t>
+              <w:t xml:space="preserve">Review of International Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (2), pp.510-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/roie.12675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04597081v1</w:t>
+                <w:t xml:space="preserve">halshs-04155035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sold to China: Container traffic in the Port of Piraeus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Sanch-Maritan</w:t>
+                <w:t xml:space="preserve">A guided genetic algorithm-based ensemble voting of polynomial regression and LSTM (GGA-PolReg-LSTM) for congestion prediction using IoT and air quality data in sustainable cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boutheina Jlifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoann Pigné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of International Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 32 (2), pp.510-544. </w:t>
+              <w:t xml:space="preserve">Journal of Supercomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/roie.12675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11227-024-06186-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04155035v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04597081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond the use of a novel Ensemble based Random Forest-BERT Model (Ens-RF-BERT) for the Sentiment Analysis of the hashtag COVID19 tweets</w:t>
               </w:r>
@@ -1894,51 +1894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secure Access Control to Data in Off-Chain Storage in Blockchain-Based Consent Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongetro Goint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1998,77 +1998,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A logistic model for a french intermodal rail/road freight transportation system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aicha Ferjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Essaghir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farrokh Sheikhahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2262,51 +2262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Benantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Nezar Abourraja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaouad Boukachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Boudebous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2464,694 +2464,694 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02995699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Criteria Decision Aid for Group Facilitator Election</w:t>
+                <w:t xml:space="preserve">A survey on wireless sensor network databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Laredj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baroudi Rouba</w:t>
+                <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Decision Support System Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4018/IJDSST.2019010105⟩</w:t>
+              <w:t xml:space="preserve">Wireless Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (8), pp.4921-4946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11276-019-02070-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02119392v1</w:t>
+                <w:t xml:space="preserve">hal-02176330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A survey on wireless sensor network databases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">(m,k)-Firm Constraints and Derived Data Management for the Qos Enhancement in Distributed Real-Time DBMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Ben Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
+                <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wireless Networks</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The international Arab journal of information technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (3), pp.424-434</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02176330v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(m,k)-Firm Constraints and Derived Data Management for the Qos Enhancement in Distributed Real-Time DBMS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emna Bouazizi</w:t>
+                <w:t xml:space="preserve">Cluster based emergency message dissemination strategy for Vanet using V2V communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saliha Benkerdagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The international Arab journal of information technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Communication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 32 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dac.3897⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02024290v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster based emergency message dissemination strategy for Vanet using V2V communication</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-Criteria Decision Aid for Group Facilitator Election</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Laredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saliha Benkerdagh</w:t>
+                <w:t xml:space="preserve">Baroudi Rouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Communication Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 32 (5), </w:t>
+              <w:t xml:space="preserve">International Journal of Decision Support System Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (1), pp.93-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/dac.3897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4018/IJDSST.2019010105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02024286v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02119392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new hybrid routing protocol for wireless sensor networks</w:t>
+                <w:t xml:space="preserve">An UML profile for representing real-time design patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slaheddine Chelbi</w:t>
+                <w:t xml:space="preserve">Hela Marouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habib Dhahri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Duvallet</w:t>
+                <w:t xml:space="preserve">Achraf Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJAHUC.2018.093330⟩</w:t>
+              <w:t xml:space="preserve">Journal of King Saud University - Computer and Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (4), pp.478 - 497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jksuci.2017.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01893950v1</w:t>
+                <w:t xml:space="preserve">hal-01893306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An UML profile for representing real-time design patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new hybrid routing protocol for wireless sensor networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slaheddine Chelbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hela Marouane</w:t>
+                <w:t xml:space="preserve">Habib Dhahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of King Saud University - Computer and Information Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 30 (4), pp.478 - 497. </w:t>
+              <w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (4), pp.247-257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jksuci.2017.06.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/IJAHUC.2018.093330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01893306v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01893950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Weighted GAF routing protocol using data aggregation in WSN</w:t>
               </w:r>
@@ -3284,51 +3284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haifa Harrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3518,64 +3518,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Unequal Cluster-based Routing Protocol Based on Data Controlling for Wireless Sensor Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slaheddine Chelbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3648,51 +3648,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study of Temporal Aspects of Data Collection Using Remote Database vs. Abstract Database in WSN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3756,51 +3756,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bases de données dans les réseaux de capteurs sans fil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4296,51 +4296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applicabilité du critère d'epsilon sérialisabilité pour les transactions temps réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4673,414 +4673,423 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ben Aouicha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 12th International Conference on Information Systems Security and Privacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2026, Marbella, Spain, Spain. pp.181-188</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Mar 2026, Marbella, Spain, Spain. pp.181-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0014239100004061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart Contract Development with Multi-level Finite State Machine Using Blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Lambard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blockchain and Cryptocurrency (B2C' 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sergey Y. Yurish, Nov 2025, INNSBRUCK (AUSTRIA), Austria. pp.35-38, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.27395.16166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing Climate Change and Port Emissions: An In-Depth Analysis and Optimization of Maritime Trajectory Reconstruction using Hybrid AI Methodologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boutheina Jlifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Senda Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Guesmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Arthur Diaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 11th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Split, France. pp.2399-2403, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CoDIT66093.2025.11321683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal Connectivity of Maritime Transport Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Pigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Regional Conference on Complex Systems FRCCS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04990605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Blockchain Challenges in the Maritime Sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5125,366 +5134,366 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gilletta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blockchain, Smart Ports, Maritime Sector, Shippings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, L'Aquila, Italy. pp.13-22, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-21229-1_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the Implementation of Synchromodality along the Seine Axis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
+                <w:t xml:space="preserve">Blockchain Potentials in the Maritime Sector: A Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Besancenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gilletta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Logistics Operations Management (GOL)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICR’22 International Conference on Innovations in Computing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Athens, Greece. pp.293-309, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-14054-9_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/GOL53975.2022.9820400⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04013391v1</w:t>
+                <w:t xml:space="preserve">hal-04012673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockchain Potentials in the Maritime Sector: A Survey</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
+                <w:t xml:space="preserve">Towards the Implementation of Synchromodality along the Seine Axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Ferjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Essaghir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gilletta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICR’22 International Conference on Innovations in Computing Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Logistics Operations Management (GOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2022, Strasbourg, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GOL53975.2022.9820400⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-14054-9_28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04012673v1</w:t>
+                <w:t xml:space="preserve">hal-04013391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluidifier le partage sécurisé des données de la smart logistics portuaire grâce à la blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongetro Goint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5499,212 +5508,212 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICoSCaL'21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des technologies d'ancrage de données dans la blockchain pour les transactions logistiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Garbaccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongetro Goint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICoSCaL'21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establish trust for sharing data for smart territories thanks to consents notarized by blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mongetro Goint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5719,87 +5728,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blockchain'21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Salamanca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulateur du passage portuaire d’un conteneur avec notarisation dans une blockchain sous Ethereum pour certifier sa traçabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5827,87 +5836,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICosCaL'21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03371847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traçabilité du suivi des matières dangereuses dans les smart ports grâce aux technologies blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5935,113 +5944,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RIRL 2020 - 13e rencontres internationales de la recherche en logistique et supply chain management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03310444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a synchronization approach for container processing with drayage operations in rail-road terminals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Benantar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Nezar Abourraja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaouad Boukachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Boudebous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6056,731 +6065,731 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 5th edition of the IEEE International Conference on Logistics Operations Management GOL’20</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Smart Port: An Application of AIS Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aboozar Rajabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Khodadad Saryazdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th IEEE International Conference on High Performance Computing and Communications; 16th IEEE International Conference on Smart City; 4th IEEE International Conference on Data Science and Systems, HPCC/SmartCity/DSS 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Exeter, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilization of Blockchain with Smart Ports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kassam Wehbe</w:t>
+                <w:t xml:space="preserve">A Real-Time Query Processing System for WSN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Amanton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Platform for Smart Port - IPaSPort’2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Ad-Hoc Networks and Wireless (ADHOC-NOW 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Messina, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-67910-5_25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123313v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Real-Time Query Processing System for WSN</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
+                <w:t xml:space="preserve">Efficient weighted GAF routing protocol using data aggregation in WSN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Aznaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Raghay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layla Aziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Benloghfyry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Amanton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Ad-Hoc Networks and Wireless (ADHOC-NOW 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd international conference on green computing and engineering technologies (ICGGET’2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, County Clare, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-67910-5_25⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01615215v1</w:t>
+                <w:t xml:space="preserve">hal-02190349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient weighted GAF routing protocol using data aggregation in WSN</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anouar Benloghfyry</w:t>
+                <w:t xml:space="preserve">CIRMAR (CIRculation MARitime): A Research Platform using AIS (Automatic Identification System) Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aboozar Rajabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd international conference on green computing and engineering technologies (ICGGET’2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, County Clare, Ireland</w:t>
+              <w:t xml:space="preserve">Intelligent Platform for Smart Port - IPaSPort’2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02190349v1</w:t>
+                <w:t xml:space="preserve">hal-02352813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CIRMAR (CIRculation MARitime): A Research Platform using AIS (Automatic Identification System) Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aboozar Rajabi</w:t>
+                <w:t xml:space="preserve">Using Blockchain to Secure Transactions for Logistics Networks in Smart Ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benhallal Narimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Platform for Smart Port - IPaSPort’2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Workshop on Advance in NonLinear Complex Systems and Applications - WANCSA 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Le Havre, France. pp.23-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02352813v1</w:t>
+                <w:t xml:space="preserve">hal-02123310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Blockchain to Secure Transactions for Logistics Networks in Smart Ports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benhallal Narimane</w:t>
+                <w:t xml:space="preserve">Utilization of Blockchain with Smart Ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassam Wehbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Advance in NonLinear Complex Systems and Applications - WANCSA 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Le Havre, France. pp.23-25</w:t>
+              <w:t xml:space="preserve">Intelligent Platform for Smart Port - IPaSPort’2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Le Havre, France. pp.9-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123310v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fairness DASH-DMS architecture for adaptive streaming video in wireless network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haifa Harrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6795,546 +6804,546 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Simulation and Modelling Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Las Palmas, Spain. pp.59-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining a UML profile for the consistency of design patterns</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+                <w:t xml:space="preserve">Payoff-based dynamic segment replication policy in distributed VOD system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Beji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE/ACS 13th International Conference of Computer Systems and Applications (AICCSA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 Eleventh International Conference on Digital Information Management (ICDIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Porto, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDIM.2016.7829791⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/AICCSA.2016.7945656⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893352v1</w:t>
+                <w:t xml:space="preserve">hal-01893353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Payoff-based dynamic segment replication policy in distributed VOD system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bechir Alaya</w:t>
+                <w:t xml:space="preserve">Defining a UML profile for the consistency of design patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Marouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 Eleventh International Conference on Digital Information Management (ICDIM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 IEEE/ACS 13th International Conference of Computer Systems and Applications (AICCSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Agadir, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AICCSA.2016.7945656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICDIM.2016.7829791⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893353v1</w:t>
+                <w:t xml:space="preserve">hal-01893352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CDW : Workflow to support a Collaborative Design Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Adnane Laredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bouamrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Computing for Engineering and Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Barcelone, Spain. pp.62-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Event-driven wireless sensor networks based on consensus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slaheddine Chelbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE/ACS 13th International Conference of Computer Systems and Applications (AICCSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Agadir, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AICCSA.2016.7945684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Definition of Design Patterns for Advanced Driver Assistance Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hela Marouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7352,933 +7361,933 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 10th Travelling Conference on Pattern Languages of Programs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Leerdam, Netherlands. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3022636.3022639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01893236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DASH-DMS: To improve streaming video over HTTP</w:t>
+                <w:t xml:space="preserve">Video Replication over a New Architecture DASH-DMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haifa Harrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE/ACS 12th International Conference of Computer Systems and Applications (AICCSA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE 21st International Conference on Parallel and Distributed Systems (ICPADS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Melbourne, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICPADS.2015.85⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/AICCSA.2015.7507144⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893347v1</w:t>
+                <w:t xml:space="preserve">hal-01893345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new query processing model for maintaining data temporal consistency in Wireless Sensor Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Study of Timing Properties on Data Collection and Query Processing Techniques in Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Amanton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE Tenth International Conference on Intelligent Sensors, Sensor Networks and Information Processing (ISSNIP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th International Conference on Sensor Networks (SENSORNETS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Angers, France. pp.77-84, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0005273200770084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISSNIP.2015.7106927⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893354v1</w:t>
+                <w:t xml:space="preserve">hal-01893357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computer Support a cooperative e-maintenance process: OSSAD Workflow modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karim Bouamrane</w:t>
+                <w:t xml:space="preserve">Video Replication over DASH in Distributed Multimedia Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haifa Harrouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Abdouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Computing for Engineering and Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Istambul, Turkey</w:t>
+              <w:t xml:space="preserve">European Simulation and Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Leicester, United Kingdom. pp.318-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895195v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video Replication over a New Architecture DASH-DMS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Majed Abdouli</w:t>
+                <w:t xml:space="preserve">A new query processing model for maintaining data temporal consistency in Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Amanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE 21st International Conference on Parallel and Distributed Systems (ICPADS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE Tenth International Conference on Intelligent Sensors, Sensor Networks and Information Processing (ISSNIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Singapore, Singapore. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSNIP.2015.7106927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICPADS.2015.85⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01893345v1</w:t>
+                <w:t xml:space="preserve">hal-01893354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video Replication over DASH in Distributed Multimedia Systems</w:t>
+                <w:t xml:space="preserve">DASH-DMS: To improve streaming video over HTTP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haifa Harrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Kaddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Abdouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Simulation and Modelling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE/ACS 12th International Conference of Computer Systems and Applications (AICCSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Marrakech, Morocco. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AICCSA.2015.7507144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895190v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01893347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Timing Properties on Data Collection and Query Processing Techniques in Wireless Sensor Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
+                <w:t xml:space="preserve">Computer Support a cooperative e-maintenance process: OSSAD Workflow modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Adnane Laredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouamrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Amanton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Sensor Networks (SENSORNETS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference of Computing for Engineering and Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Istambul, Turkey</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01893357v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Quality of Service Management in Distributed Feedback Control Scheduling Architecture Using Different Replication Policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Ben Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Foundations of Computer Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Zurich, Switzerland. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5121/csit.2014.4108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Temporal Constraints for Data Management in Wireless Sensor Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmen Belfkih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8306,459 +8315,459 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Junior Researcher Workshop on Real-Time Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Versailles, France. pp.29-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-hop Energy Efficient routing protocol based on Data Controlling for Wireless Sensor Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slaheddine Chelbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majed Abdouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 ACS International Conference on Computer Systems and Applications (AICCSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Ifrane, Morocco. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/AICCSA.2013.6616503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metrics for Measuring Quality of Real-time Design Patterns</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hela Marouane</w:t>
+                <w:t xml:space="preserve">Applicability of the (m, k)-firm Approach for the QoS Enhancement in Distributed RTDBMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Ben Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fehima Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Bouazizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eight International Conference on Software Engineering Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Venice, Italy. pp.162-168</w:t>
+              <w:t xml:space="preserve">13th International Conference on Algorithms and Architectures for Parallel Processing - ICA3PP 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Vietri sul Mare, Italy. pp.166-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180366v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applicability of the (m, k)-firm Approach for the QoS Enhancement in Distributed RTDBMS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emna Bouazizi</w:t>
+                <w:t xml:space="preserve">Metrics for Measuring Quality of Real-time Design Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saoussen Rekhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Marouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Algorithms and Architectures for Parallel Processing - ICA3PP 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Vietri sul Mare, Italy. pp.166-175</w:t>
+              <w:t xml:space="preserve">Eight International Conference on Software Engineering Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Venice, Italy. pp.162-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895176v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Real-Time Design Pattern for Actuators in Advanced Driver Assistance Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hela Marouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8786,73 +8795,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eight International Conference on Software Engineering Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Venice, Italy. pp.152-161</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing data freshness with MARTE in real-time databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Louati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8884,92 +8893,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 IEEE 16th International Symposium on Object/Component/Service-Oriented Real-Time Distributed Computing (ISORC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Paderborn, Germany. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISORC.2013.6913202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01895177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Structural, Temporal and Behavioral Features of a Real-Time Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Louati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9011,73 +9020,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Enterprise Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Wroclaw, Poland. pp.119-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A UML/MARTE Profile for Real-Time Databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Louati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9109,119 +9118,119 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE/ACIS 11th International Conference on Computer and Information Science (ICIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Shanghai, China. pp.663-668, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIS.2012.23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Real-Time Design Pattern for Actuators in Advanced Driver Assistance Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hela Marouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9249,73 +9258,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European conference on Pattern Languages of Programs (EuroPLoP 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Irsee Monastery, Bavaria, Germany. pp.C6:1-C6:11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RTO-RTDB: A Real-Time Object-Oriented Database Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Louati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9347,92 +9356,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel and Distributed Computing and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Dallas, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2316/P.2011.757-045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, Modeling and Implementation of a Real-Time Object Model for Real-Time Databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Louati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9464,92 +9473,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2011 First International Conference on Informatics and Computational Intelligence (ICI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Bandung, Indonesia. pp.227-232, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICI.2011.44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback architecture for multimedia systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9578,87 +9587,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS/IEEE International Conference on Computer Systems and Applications (AICCSA'2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Hammamet, Tunisia. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Definition and Reuse of Analysis Patterns for Real-Time Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hela Marouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saoussen Rekhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9699,73 +9708,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conferences on Pervasive Patterns and Applications (Patterns’ 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Lisbon, Portugal. pp.84-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Process to Derive Domain-Specific Patterns: Application to the Real Time Domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saoussen Rekhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9820,591 +9829,617 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Advances in Databases and Information Systems (ADBIS'2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Novi Sad, Serbia. pp.475-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overload control in distributed multimedia systems</w:t>
+                <w:t xml:space="preserve">(m,k)-frame: A Method to Control the Quality of Service in Distributed Multimedia Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT'2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Kerkenna Sfax, Tunisia. pp.351-364</w:t>
+              <w:t xml:space="preserve">18th International Conference on Software Engineering and Data Engineering (ISCA SEDE'2009)http://hal.archives-ouvertes.fr/index.php</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Las Vegas, United States. pp.238-243</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00463373v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00463374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Model a Real-Time Database?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nizar Idoudi</w:t>
+                <w:t xml:space="preserve">A New Method to Improve Network Exchanges of Multimedia Stream</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Symposium on Object/Component/Service-Oriented Real-Time Distributed Computing (ISORC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3rd International Conference on Complex Systems and Applications (ICCSA'2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Le Havre, France. pp.206-211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISORC.2009.17⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04180375v1</w:t>
+                <w:t xml:space="preserve">hal-00463375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(m,k)-frame: A Method to Control the Quality of Service in Distributed Multimedia Systems</w:t>
+                <w:t xml:space="preserve">Overload control in distributed multimedia systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Software Engineering and Data Engineering (ISCA SEDE'2009)http://hal.archives-ouvertes.fr/index.php</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Las Vegas, United States. pp.238-243</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Web and Information Technologies (ICWIT'2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Kerkenna Sfax, Tunisia. pp.351-364</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00463374v1</w:t>
+                <w:t xml:space="preserve">hal-00463373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Method to Improve Network Exchanges of Multimedia Stream</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bechir Alaya</w:t>
+                <w:t xml:space="preserve">How to Model a Real-Time Database?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Idoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Complex Systems and Applications (ICCSA'2009)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2009 IEEE International Symposium on Object/Component/Service-Oriented Real-Time Distributed Computing (ISORC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Tokyo, Japan. pp.321-325, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISORC.2009.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00463375v1</w:t>
+                <w:t xml:space="preserve">hal-04180375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From a Master Server Architecture to a Feedback Control Architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bechir Alaya</w:t>
+                <w:t xml:space="preserve">Structural model for realtime databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Idoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd European Simulation and Modelling (ESM'2008)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Le Havre, France. pp.566-572</w:t>
+              <w:t xml:space="preserve">10th International Conference on Enterprise Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Barcelona (ES), Spain. pp.319-324</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00463372v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural model for realtime databases</w:t>
+                <w:t xml:space="preserve">Structural model for realtime databases: an illustration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Idoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
@@ -10435,635 +10470,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Rafik Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faïez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Enterprise Information Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Barcelona (ES), Spain. pp.319-324</w:t>
+              <w:t xml:space="preserve">11th IEEE International Symposium on Object-oriented Real-time distributed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Orlondo, FL, United States. pp.58-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180377v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural model for realtime databases: an illustration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nizar Idoudi</w:t>
+                <w:t xml:space="preserve">From a Master Server Architecture to a Feedback Control Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bechir Alaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Faïez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IEEE International Symposium on Object-oriented Real-time distributed Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Orlondo, FL, United States. pp.58-65</w:t>
+              <w:t xml:space="preserve">22nd European Simulation and Modelling (ESM'2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Le Havre, France. pp.566-572</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180378v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00463372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prise en compte des données dérivées temps réel dans une architecture de contrôle par rétroaction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Improvement of QoD and QoS in RTDBS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the eigth Maghrebian Conference on Software Engineering and Artificial Intelligence (MCSEAI'06)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2006, Agadir, Maroc. pp.53-58</w:t>
+              <w:t xml:space="preserve">14th International Conference on Real-Time and Network System (RTNS'2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Poitiers, France. pp.87-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180694v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of QoD and QoS in RTDBS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Prise en compte des données dérivées temps réel dans une architecture de contrôle par rétroaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Katet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Real-Time and Network System (RTNS'2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, Poitiers, France. pp.87-95</w:t>
+              <w:t xml:space="preserve">Proceedings of the eigth Maghrebian Conference on Software Engineering and Artificial Intelligence (MCSEAI'06)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, Agadir, Maroc. pp.53-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180379v1</w:t>
+                <w:t xml:space="preserve">hal-04180694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of QoS and Data Freshness in RTDBSs using Feedback Control Scheduling and Data Versions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eighth IEEE International Symposium on Object-Oriented Real-Time Distributed Computing (ISORC'05)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Seattle, United States. pp.337-340, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISORC.2005.32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Versions Data for Improvement of QoS in RTDBS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th IEEE International Conference on Embedded and Real-Time Computing Systems and Applications (RTCSA'05)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Hong Kong, China. pp.293-296, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/RTCSA.2005.63⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Feedback Control Scheduling and Data Versions to enhance Quality of Data in RTDBSs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Bouazizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11078,719 +11087,719 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSIT 2005 - International Computer System and Information Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Alger, Algeria. pp.322-327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligent and Self-Adaptive Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadhoum Boukachour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Industrial, Engineering and Other Applications of Applied Intelligent Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2000, New Orleans, United States. pp.711-716, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/3-540-45049-1_86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Anytime MultiAgent System to manage Electronic Commerce Transactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Object Oriented Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2000, Londres (Grande Bretagne), United Kingdom. pp.121-128, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-4471-0299-1_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiagent Systems to Prevent Technological Risks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to build real-time multi-agent systems using anytime techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Sadeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Artificial and Computational Intelligence For Decision Control and Automation in Engineering and Industrial Application (ACIDCA'2000)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2000, Monastir, Tunisia</w:t>
+              <w:t xml:space="preserve">Proceedings of 15th International Conference on Computers and Their Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, New Orleans (Louisiane), United States. pp.326-329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180438v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to build real-time multi-agent systems using anytime techniques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiagent Systems to Prevent Technological Risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadhoum Boukachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of 15th International Conference on Computers and Their Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2000, New Orleans (Louisiane), United States. pp.326-329</w:t>
+              <w:t xml:space="preserve">International Conference on Artificial and Computational Intelligence For Decision Control and Automation in Engineering and Industrial Application (ACIDCA'2000)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, Monastir, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180440v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time in multiagents systems</w:t>
+                <w:t xml:space="preserve">An anytime multiagent system to manage electronic marketplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 12th International Conference on Computer Applications in Industry and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Atlanta, United States. pp.212-215</w:t>
+              <w:t xml:space="preserve">Proceedings of Workshop on Artificial Intelligence in Electronic Commerce (AIEC-99)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180442v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An anytime multiagent system to manage electronic marketplace</w:t>
+                <w:t xml:space="preserve">Real-time in multiagents systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sadeg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of Workshop on Artificial Intelligence in Electronic Commerce (AIEC-99)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">Proceedings of the 12th International Conference on Computer Applications in Industry and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Atlanta, United States. pp.212-215</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180441v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blockchain for Certification of Local Food Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aicha Ferjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11805,81 +11814,81 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 14th International Conference on Logistics &amp; Transport 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Seoul (Korea), South Korea. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04805113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockchain for the maritime : A modular proposition</w:t>
+                <w:t xml:space="preserve">Privileging permissioned blockchain deployment for the maritime sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
@@ -11914,197 +11923,188 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gilletta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRCCS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Le Havre, France. pp.438-441, 2023</w:t>
+              <w:t xml:space="preserve">, May 2023, Le Havre, France. pp.446-449, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011526v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automation and fluidity of logistics transactions through blockchain technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxence Lambard</w:t>
+                <w:t xml:space="preserve">Secure access control to data in off-chain storage on blockchain-based consent systems by cryptograph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mongetro Goint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Regional Conference of Complex Systems 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FRCCS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Le Havre, France. pp.450-453, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.7957531⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04552486v1</w:t>
+                <w:t xml:space="preserve">hal-05011532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Privileging permissioned blockchain deployment for the maritime sector</w:t>
+                <w:t xml:space="preserve">Blockchain for the maritime : A modular proposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
@@ -12139,549 +12139,558 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gilletta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRCCS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2023, Le Havre, France. pp.446-449, 2023</w:t>
+              <w:t xml:space="preserve">, May 2023, Le Havre, France. pp.438-441, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05011527v1</w:t>
+                <w:t xml:space="preserve">hal-05011526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secure access control to data in off-chain storage on blockchain-based consent systems by cryptograph</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mongetro Goint</w:t>
+                <w:t xml:space="preserve">Automation and fluidity of logistics transactions through blockchain technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Lambard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FRCCS 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">French Regional Conference of Complex Systems 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Zenodo, pp.442-445, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7957531⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05011532v1</w:t>
+                <w:t xml:space="preserve">hal-04552486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the 5th International Conference on Big Data and Internet of Things</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lazaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Touhafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Al'Achhab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Big Data and Internet of Things</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Tangier, Morocco. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Networks and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 489, Springer, pp.IX, 602, 2022, 978-3-031-07969-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-07969-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization-simulation of container handling operations in a rail/road intermodal terminal: a case study of moissy-cramayel</w:t>
-[...65 lines deleted...]
-              <w:t xml:space="preserve">, pp.43-46, 2021</w:t>
+                <w:t xml:space="preserve">Evaluation de l’impact des incertitudes sur l’efficacité des opérations de factage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ferjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benantar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Boukachour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04556703v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l’impact des incertitudes sur l’efficacité des opérations de factage</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+                <w:t xml:space="preserve">Optimization-simulation of container handling operations in a rail/road intermodal terminal: a case study of moissy-cramayel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Essaghir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart Corridors and Logistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-46, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013389v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04556703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La blockchain doit évoluer pour être compétitive. Voici la piste technologique d’un acteur majeur du domaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12690,51 +12699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04330070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12744,143 +12753,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sold to China: Container Traffic in the Port of Piraeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamina Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamina Koenig</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yoann Pigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sanch-Maritan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12890,100 +12899,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des systèmes d'aide à la décision temps réel et distribués : modélisation par agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cs.OH]. Université du Havre, 2001. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00005194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12993,105 +13002,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des systèmes informatiques temps réel et distribués : de la gestion de qualité de service dans les SGBD temps réel à la Blockchain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. Université Le Havre Normandie, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05400844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId267"/>
+      <w:footerReference w:type="default" r:id="rId268"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13159,51 +13168,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1CB06B42"/>
+    <w:nsid w:val="2BCA7A6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13390,51 +13399,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-duvallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8934-1498" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068546092" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218235980" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359372004" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117117v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bertelle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvallet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fauvel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Abdallah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Besancenot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilletta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550541v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lambard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965919v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524789v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Ferjani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina El Yaagoubi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-8474-6.ch003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180459v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Maritime-Ports-Inland-Corridors-and-Logistics/Bertelle-Gouin-Fremont/p/book/9781032429410" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-24" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180458v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Essaghir" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Boukachour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-19" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180457v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongetro Goint" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-16" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895188v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Rekhis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouassida" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Bouaziz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sadeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36654-3_3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962052v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutheina Jlifi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Ferjani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compeleceng.2025.110185" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597081v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Medini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-024-06186-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04155035v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamina Koenig" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poncet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sanch-Maritan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pign&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12675" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584956v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Abidi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-024-01240-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017368v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/smartcities6020041" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046031v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math11071592" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736796v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farrokh Sheikhahmadi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nezar Abourraja" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2022.102819" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554236v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Sakrani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-022-00769-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894643v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Benantar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Boudebous" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2020.101969" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995699v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zohra Harig Benmostefa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoulikha Mekkakia Maaza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/ijndc.k.200925.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119392v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Laredj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baroudi Rouba" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDSST.2019010105" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176330v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Belfkih" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-019-02070-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024290v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Salem" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouazizi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024286v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Benkerdagh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dac.3897" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893950v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Chelbi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Dhahri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Abdouli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAHUC.2018.093330" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893306v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Marouane" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Makni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2017.06.005" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190343v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aznaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Raghay" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Aziz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benloghfyry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893308v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Harrouch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kaddes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAMC.2017.089347" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893329v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2016.04.004" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893335v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijece.v6i5.10713" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895189v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amanton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893342v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.33.739-776" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180361v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Alaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442311v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442320v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Idoudi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Louati" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442321v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Zeddini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442322v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442323v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180362v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Mammeri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500948v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Talha" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Chaabane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Frikha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Aouicha" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400875v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27395.16166" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462920v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senda Sellami" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Guesmi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Arthur Diaye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321683" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990605v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Morel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012667v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21229-1_2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013391v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GOL53975.2022.9820400" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012673v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14054-9_28" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371845v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371853v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Garbaccio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fontaine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318208v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371847v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310444v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218028v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024275v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboozar Rajabi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khodadad Saryazdi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123313v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassam Wehbe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615215v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67910-5_25" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190349v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352813v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123310v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhallal Narimane" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895192v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893352v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2016.7945656" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893353v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Beji" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2016.7829791" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895194v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Adnane Laredj" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouamrane" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893350v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2016.7945684" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893236v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3022636.3022639" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893347v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2015.7507144" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893354v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSNIP.2015.7106927" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895195v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893345v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPADS.2015.85" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895190v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893357v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005273200770084" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895174v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2014.4108" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180385v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895178v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2013.6616503" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180366v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895176v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehima Achour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180367v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895177v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2013.6913202" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180368v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179000v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIS.2012.23" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180420v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179003v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2316/P.2011.757-045" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179002v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICI.2011.44" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180374v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180371v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180372v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463373v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180375v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2009.17" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463374v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463375v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463372v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180377v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ez Gargouri" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180378v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180694v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Katet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180379v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180424v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2005.32" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179087v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA.2005.63" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180422v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180431v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadhoum Boukachour" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cardon" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45049-1_86" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DXX0VH3M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180426v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0299-1_11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180438v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180440v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180442v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180441v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805113v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011526v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552486v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7957531" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011527v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011532v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713942v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazaar" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Touhafi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al'Achhab" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07969-6" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556703v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013389v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferjani" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benantar" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duvallet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boukachour" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330070v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pse.hal.science/hal-03938743v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005194v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05400844v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claude-duvallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8934-1498" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068546092" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/218235980" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000359372004" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117117v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bertelle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Duvallet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fauvel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Abdallah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Besancenot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilletta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550541v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lambard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180459v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Maritime-Ports-Inland-Corridors-and-Logistics/Bertelle-Gouin-Fremont/p/book/9781032429410" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-24" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180458v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Ferjani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Essaghir" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina El Yaagoubi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Boukachour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-19" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180457v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongetro Goint" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003365013-16" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524789v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-6684-8474-6.ch003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895188v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saoussen Rekhis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouassida" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Bouaziz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sadeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-36654-3_3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962052v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutheina Jlifi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Ferjani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compeleceng.2025.110185" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04155035v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamina Koenig" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poncet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sanch-Maritan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pign&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/roie.12675" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597081v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Medini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-024-06186-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584956v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Abidi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-024-01240-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017368v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/smartcities6020041" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046031v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math11071592" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736796v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farrokh Sheikhahmadi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nezar Abourraja" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2022.102819" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554236v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chayma Sakrani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10844-022-00769-7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894643v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Benantar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Boudebous" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tre.2020.101969" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995699v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Zohra Harig Benmostefa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoulikha Mekkakia Maaza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2991/ijndc.k.200925.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176330v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Belfkih" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-019-02070-y" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Ben Salem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Bouazizi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024286v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Benkerdagh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dac.3897" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119392v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Laredj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baroudi Rouba" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDSST.2019010105" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893306v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Marouane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Makni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2017.06.005" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893950v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaheddine Chelbi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Dhahri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Abdouli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAHUC.2018.093330" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190343v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aznaoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Raghay" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Aziz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benloghfyry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893308v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Harrouch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kaddes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAMC.2017.089347" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893329v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jksuci.2016.04.004" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893335v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijece.v6i5.10713" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895189v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Amanton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893342v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.33.739-776" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180361v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bechir Alaya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442311v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442320v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Idoudi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Louati" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442321v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Besma Zeddini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442322v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442323v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180362v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Mammeri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500948v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Talha" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Chaabane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Frikha" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Aouicha" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0014239100004061" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400875v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27395.16166" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462920v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Senda Sellami" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Guesmi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Arthur Diaye" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT66093.2025.11321683" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990605v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Morel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012667v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-21229-1_2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012673v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14054-9_28" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013391v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GOL53975.2022.9820400" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371845v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371853v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Garbaccio" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fontaine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318208v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371847v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Simon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310444v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218028v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024275v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboozar Rajabi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khodadad Saryazdi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615215v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67910-5_25" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190349v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352813v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123310v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhallal Narimane" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123313v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassam Wehbe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895192v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893353v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Beji" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2016.7829791" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893352v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2016.7945656" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895194v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Adnane Laredj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouamrane" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893350v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2016.7945684" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893236v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3022636.3022639" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893345v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPADS.2015.85" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893357v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005273200770084" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895190v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893354v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSNIP.2015.7106927" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893347v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2015.7507144" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895195v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895174v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2014.4108" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180385v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895178v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2013.6616503" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895176v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehima Achour" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180366v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180367v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895177v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2013.6913202" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180368v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179000v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIS.2012.23" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180420v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179003v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2316/P.2011.757-045" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179002v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICI.2011.44" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180374v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180371v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180372v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463374v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463375v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463373v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180375v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2009.17" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180377v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ez Gargouri" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180378v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463372v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180379v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180694v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Katet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180424v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISORC.2005.32" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179087v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RTCSA.2005.63" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180422v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180431v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadhoum Boukachour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cardon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45049-1_86" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-DXX0VH3M-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180426v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4471-0299-1_11" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180440v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180438v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180441v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180442v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805113v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011527v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011532v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011526v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552486v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7957531" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713942v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazaar" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Touhafi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al'Achhab" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-07969-6" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013389v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferjani" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benantar" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duvallet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boukachour" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556703v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330070v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pse.hal.science/hal-03938743v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005194v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05400844v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>