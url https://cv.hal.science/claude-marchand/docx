--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -624,961 +624,961 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical optimization for a photovoltaic installation equipped with flat reflectors based on plane of array estimations</w:t>
+                <w:t xml:space="preserve">Borehole water level model for photovoltaic water pumping systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Abdel Nour</w:t>
+                <w:t xml:space="preserve">T. Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
+                <w:t xml:space="preserve">Loic Queval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Badosa</w:t>
+                <w:t xml:space="preserve">J.A. A Cherni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bourdin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+                <w:t xml:space="preserve">L. Vido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1. </w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 258, pp.114080. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjpv/2019010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2019.114080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02550119v1</w:t>
+                <w:t xml:space="preserve">hal-03582268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Borehole water level model for photovoltaic water pumping systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensitivity Analysis of Photovoltaic Pumping Systems for Domestic Water Supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Queval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Vezin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Meunier</w:t>
+                <w:t xml:space="preserve">Arouna Darga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Queval</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">L. Vido</w:t>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2019.114080⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (6), pp.6734 - 6743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIA.2020.3013513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03582268v1</w:t>
+                <w:t xml:space="preserve">hal-03313714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis of Photovoltaic Pumping Systems for Domestic Water Supply</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loic Queval</w:t>
+                <w:t xml:space="preserve">Geometrical optimization for a photovoltaic installation equipped with flat reflectors based on plane of array estimations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Abdel Nour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arouna Darga</w:t>
+                <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Dessante</w:t>
+                <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (6), pp.6734 - 6743. </w:t>
+              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIA.2020.3013513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjpv/2019010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03313714v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A validated model of a photovoltaic water pumping system for off-grid rural communities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A New Reluctance Network-Based Method With Complementary Distributed Magnetomotive Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Heinrich</w:t>
+                <w:t xml:space="preserve">Hongqin Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Quéval</w:t>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Cherni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Vido</w:t>
+                <w:t xml:space="preserve">Man Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2019.03.035⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (6), pp.1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2019.2909407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02117584v1</w:t>
+                <w:t xml:space="preserve">hal-02505073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency Improvement by the Intermittent Control for Switched Reluctance Machine in Automotive Application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">VIBRATION STUDY OF THE INTERMITTENT CONTROL FOR A SWITCHED RELUCTANCE MACHINE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIA.2019.2906860⟩</w:t>
+              <w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 158, pp.308-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matcom.2018.09.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505253v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Reluctance Network-Based Method With Complementary Distributed Magnetomotive Forces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hongqin Xie</w:t>
+                <w:t xml:space="preserve">Efficiency Improvement by the Intermittent Control for Switched Reluctance Machine in Automotive Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Man Zhang</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2019.2909407⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industry Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (4), pp.4167-4182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIA.2019.2906860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505073v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VIBRATION STUDY OF THE INTERMITTENT CONTROL FOR A SWITCHED RELUCTANCE MACHINE</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A validated model of a photovoltaic water pumping system for off-grid rural communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Heinrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Quéval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Cherni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Vido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 158, pp.308-325. </w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 241, pp.580-591. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matcom.2018.09.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2019.03.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505263v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model‐order nonlinear subspace reduction of electric machines by means of POD and DEI methods for copper losses calculation</w:t>
               </w:r>
@@ -1675,646 +1675,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Real-Time HEV Energy Management Strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">Perturbation Finite Element Method for Efficient Copper Losses Calculation in Switched Reluctance Machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Al Eit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dular</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2017.2727069⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (6), pp.7202004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2017.2655339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693635v1</w:t>
+                <w:t xml:space="preserve">hal-01531370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of axial SRM for electric vehicle application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Geometrical optimization of SRM on operating mode for automotive application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsr.2017.03.034⟩</w:t>
+              <w:t xml:space="preserve">Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00202-016-0504-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01677604v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perturbation Finite Element Method for Efficient Copper Losses Calculation in Switched Reluctance Machines</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+                <w:t xml:space="preserve">Couplage Magnéto-Mécanique pour le Dimensionnement de Machines Électriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abla Dahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Revue 3E.I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 88, pp.17-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531370v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical optimization of SRM on operating mode for automotive application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Evaluation of axial SRM for electric vehicle application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00202-016-0504-0⟩</w:t>
+              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 148, pp.155 - 161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsr.2017.03.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01677601v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage Magnéto-Mécanique pour le Dimensionnement de Machines Électriques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative Study of Real-Time HEV Energy Management Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue 3E.I</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (12), pp.10875 - 10888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2017.2727069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03292415v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D Reduced Model for eddy currents calculation in Litz Wire and Its Application for Switched Reluctance Machine</w:t>
               </w:r>
@@ -2807,103 +2807,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Switched reluctance motor with magnetic slot wedges for automotive traction application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 72 (3), pp.30901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4007,824 +4007,842 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance current control of a switched reluctance machine based on a gain-scheduling PI controller</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiphysic Modeling of a High-Speed Interior Permanent-Magnet Synchronous Machine for a Multiobjective Optimal Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+                <w:t xml:space="preserve">Xavier Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Control Engineering Practice</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (2), pp.457-467</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712484v1</w:t>
+                <w:t xml:space="preserve">hal-00633645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter analysis of PEM fuel cell hysteresis effects for transient load use</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Talj</w:t>
+                <w:t xml:space="preserve">Experimental Validation of a Switched Reluctance Machine Operating in Continuous-Conduction Mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Azib</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2011100266⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (4), pp.1453-1460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2124478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00698843v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysic Modeling of a High-Speed Interior Permanent-Magnet Synchronous Machine for a Multiobjective Optimal Design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+                <w:t xml:space="preserve">Saturation Management of a Controlled Fuel-Cell/Ultracapacitor Hybrid Vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (9), pp.4127-4138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2165092⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00633645v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Validation of a Switched Reluctance Machine Operating in Continuous-Conduction Mode</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geometrical optimization and electrical performance comparison of thin-film tandem structures based on pm-Si:H and µc-Si:H using computer simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foudil Dadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Estelle Gueunier-Farret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pere Roca I Cabarrocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 60 (4), pp.1453-1460. </w:t>
+              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2, pp.20301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2124478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/pvd/2011001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712483v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00642129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturation Management of a Controlled Fuel-Cell/Ultracapacitor Hybrid Vehicle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parameter analysis of PEM fuel cell hysteresis effects for transient load use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Reine Talj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufic Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2011.2165092⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 54 (2), pp.23410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2011100266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712480v1</w:t>
+                <w:t xml:space="preserve">hal-00999078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation électromagnétique et thermique d'un moteur à flux axial et à aimants permanents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maloberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Condamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Kobylanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (2-3), pp.183-214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ejee.14.183-214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système hybride à pile à combustible et supercondensateur : structures, contrôle commande et gestion d'énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4842,1518 +4860,1500 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (2-3), pp.363 - 382. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ejee.14.363-382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter analysis of PEM fuel cell hysteresis effects for transient load use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Talj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Béthoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 54 (2), pp.23410. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjap/2011100266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00999078v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00698843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical optimization and electrical performance comparison of thin-film tandem structures based on pm-Si:H and µc-Si:H using computer simulation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High performance current control of a switched reluctance machine based on a gain-scheduling PI controller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Photovoltaics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Control Engineering Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (11), pp.1377-1386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conengprac.2011.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/pvd/2011001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00642129v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of thin structures in eddy current testing with shell elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ospina</w:t>
+                <w:t xml:space="preserve">Alejandro Ospina Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Santandrea</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Marchand</w:t>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 52 (2), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 52 (2), pp.23303-23308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2010082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjap/2010082⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00634365v1</w:t>
+                <w:t xml:space="preserve">hal-00555697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of thin structures in eddy current testing with shell elements</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Reviews on Micro-Grid Configuration and Dedicated Hybrid System Optimization Software Tools: Application to Laos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sengprasong Phrakonkham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Lechenadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2010082⟩</w:t>
+              <w:t xml:space="preserve">Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 14 (3), pp.15-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4186/ej.2010.14.3.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00555697v1</w:t>
+                <w:t xml:space="preserve">hal-00555694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reviews on Micro-Grid Configuration and Dedicated Hybrid System Optimization Software Tools: Application to Laos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">An Innovative Control Strategy of a Single Converter for Hybrid Fuel Cell/Supercapacitor Power Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4186/ej.2010.14.3.15⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 57 (12), pp.4024-4031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tie.2010.2044123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00555694v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Innovative Control Strategy of a Single Converter for Hybrid Fuel Cell/Supercapacitor Power Source</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
+                <w:t xml:space="preserve">Design of an SRM speed control strategy for a wide range of operating speed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 57 (12), pp.4024-4031. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/tie.2010.2044123⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 57 (9), pp.2911-2921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2009.2038396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054691v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00555691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an SRM speed control strategy for a wide range of operating speed</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+                <w:t xml:space="preserve">Modeling of thin structures in eddy current testing with shell elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ospina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Santandrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIE.2009.2038396⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 52 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2010082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00555691v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00634365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-destructive evaluation of small defects using an eddy current microcoil sensor array</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Joubert</w:t>
+                <w:t xml:space="preserve">Electromagnetic Field Computation in Magnetic and Conductive Thin sheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Ospina Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensor letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 7 (3), pp.400-405. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 7 (3), pp. 480-485</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447228v1</w:t>
+                <w:t xml:space="preserve">hal-00447227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Field Computation in Magnetic and Conductive Thin sheets</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Switched reluctance machine vibration reduction using a vectorial piezoelectric actuator control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Mininger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensor letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 47 (3), pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2009106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447227v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00491504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switched reluctance machine vibration reduction using a vectorial piezoelectric actuator control</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of the Degrees of Freedom Management of Dual Formulations for the Modelling of Thin Cracks in Eddy Current Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Hannoun</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yahya Choua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensor letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7 (5), pp. 475-479</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00491504v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the Degrees of Freedom Management of Dual Formulations for the Modelling of Thin Cracks in Eddy Current Testing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+                <w:t xml:space="preserve">Non-destructive evaluation of small defects using an eddy current microcoil sensor array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Ravat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Woytasik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensor letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 7 (5), pp. 475-479</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 7 (3), pp.400-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/sl.2009.1061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447220v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Study of Coil Arrangements for the EC Testing of Small Surface Breaking Defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Ravat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6404,64 +6404,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive mesh refinement and probe signal calculation in eddy current NDT by complementary formulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Santandréa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6825,398 +6825,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01547605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational environment for the fast calculation of ECT probe signal by field decomposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-destructive evaluation of layered planar media using MLP and RBF neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bensetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Studies in Applied Electromagnetics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03219794v1</w:t>
+                <w:t xml:space="preserve">hal-03680511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an hybrid 3D FEM for the modeling of micro-coil sensors and actuators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computational environment for the fast calculation of ECT probe signal by field decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2005.11.060⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 42 (4), pp.1411 - 1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2006.872516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03219744v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-destructive evaluation of layered planar media using MLP and RBF neural network</w:t>
+                <w:t xml:space="preserve">Development of an hybrid 3D FEM for the modeling of micro-coil sensors and actuators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Applied Electromagnetics and Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 129 (1-2), pp.207-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2005.11.060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680511v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid finite-element method for the modeling of microcoils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8012,757 +8012,757 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude et Dimensionnement d'une Machine Synchrone pour un Convertisseur Distribué dans la Batterie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Jardot</w:t>
+                <w:t xml:space="preserve">Metamodel-Based Electric Vehicle Powertrain Optimization : A Drive Cycle Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Djami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier de La Barrière</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE International Electric Machines &amp; Drives Conference (IEMDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, San Francisco, United States. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEMDC55163.2023.10238941⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168402v1</w:t>
+                <w:t xml:space="preserve">hal-04230379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamodel-Based Electric Vehicle Powertrain Optimization : A Drive Cycle Approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessante</w:t>
+                <w:t xml:space="preserve">Clustering methods to select representative days for heat pumps optimal operation accounting for electricity grid constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Masternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Begassat-Piquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Reinbold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE International Electric Machines &amp; Drives Conference (IEMDC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IEMDC55163.2023.10238941⟩</w:t>
+              <w:t xml:space="preserve">2023 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISGTEUROPE56780.2023.10407974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230379v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering methods to select representative days for heat pumps optimal operation accounting for electricity grid constraints</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Reinbold</w:t>
+                <w:t xml:space="preserve">Étude et Dimensionnement d'une Machine Synchrone pour un Convertisseur Distribué dans la Batterie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Jardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Lahlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier de La Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Électrotechnique et d'Électronique de Puissance de Lille (L2EP), Jul 2023, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04549246v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kriging Metamodel for Electric Machines: A Drive Cycle Approach</w:t>
+                <w:t xml:space="preserve">Design and analysis of a Circulatory Assistance Benchmark Actuator for an Artificial Lung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Djami</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">A. Sahnoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessante</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guihaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.251-256, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910946⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.827-833, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04230377v1</w:t>
+                <w:t xml:space="preserve">hal-04230364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and analysis of a Circulatory Assistance Benchmark Actuator for an Artificial Lung</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Kriging Metamodel for Electric Machines: A Drive Cycle Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Djami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Guihaire</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.827-833, </w:t>
+              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.251-256, </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910858⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04230364v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04230377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un actionneur d'assistance circulatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhakim Sahnoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8804,90 +8804,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turning Sun into Water - Present status and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Cherni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arouna Darga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Heinrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Kitanidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8929,90 +8929,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Installation PV équipée de réflecteurs plans : Quelles sont les conséquences d’un éclairement non uniforme sur la production PV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9067,64 +9067,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception optimale des systèmes photovoltaïques de pompage d’eau en sites isolés avec prise en compte des aspects socio-économiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Heinrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Queval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith A. Cherni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9192,77 +9192,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Optimal Sizing of Photovoltaic Water Pumping Systems – Sensitivity Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Queval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arouna Darga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9326,90 +9326,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of irradiance data on the optimal sizing of photovoltaic water pumping systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Queval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Heinrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvire A de La Fresnaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Cherni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE 46th Photovoltaic Specialists Conference (PVSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Chicago, United States. pp.0653-0658, </w:t>
@@ -9447,90 +9447,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear interpolation-based method with branch connection constraints for movement in reluctance network model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongqin Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Man Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9572,64 +9572,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la commande intermittente sur la pulsation du couple d'une machine à réluctance variable pour véhicule électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9791,476 +9791,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02394005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the temporal resolution of the water consumption profile on photovoltaic water pumping systems modelling and sizing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessante</w:t>
+                <w:t xml:space="preserve">An Improved Finite Reluctance Approach based on Complementary Distributed Magneto-motive Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongqin Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoxiang Ren</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Renewable Energy Research and Applications (ICRERA 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Eighteenth Biennial IEEE Conference on Electromagnetic Field Computation - CEFC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Hangzhou, China</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01949806v1</w:t>
+                <w:t xml:space="preserve">hal-01928646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et validation expérimentale d'un système de pompage photovoltaïque dans une communauté rurale isolée du Burkina Faso</w:t>
+                <w:t xml:space="preserve">Influence of the temporal resolution of the water consumption profile on photovoltaic water pumping systems modelling and sizing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Queval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arouna Darga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th International Conference on Renewable Energy Research and Applications (ICRERA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icrera.2018.8566828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01949940v2</w:t>
+                <w:t xml:space="preserve">hal-01949806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Improved Finite Reluctance Approach based on Complementary Distributed Magneto-motive Forces</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Modélisation et validation expérimentale d'un système de pompage photovoltaïque dans une communauté rurale isolée du Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthias Heinrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith A. Cherni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Quéval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eighteenth Biennial IEEE Conference on Electromagnetic Field Computation - CEFC 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Hangzhou, China</w:t>
+              <w:t xml:space="preserve">3ème Symposium de Génie Electrique (SGE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine [UL], Jul 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928646v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01949940v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de l’irradiance arrivant sur une installation PV équipée de réflecteurs plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10423,64 +10423,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the intermittent control on the vibration behavior of a switched reluctance machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10531,64 +10531,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the intermittent control on the torque pulsation of a switched reluctance machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10778,64 +10778,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermittent control for efficiency gain of a switched reluctance machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duy-Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10889,5153 +10889,5153 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01707796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Boundary Condition Effects on Reduced Finite Element Models for Eddy Currents Loss Calculation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+                <w:t xml:space="preserve">Comparison of two control strategies regarding vibration criterion for switched reluctance machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maamri Hana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Godoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th IET International Conference on Power Electronics, Machines and Drives (PEMD 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/cp.2016.0216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336207v1</w:t>
+                <w:t xml:space="preserve">hal-01337029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two control strategies regarding vibration criterion for switched reluctance machine</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Godoy</w:t>
+                <w:t xml:space="preserve">Comparaison de modifications géométriques d'une MRV pour la traction électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Berthelot</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th IET International Conference on Power Electronics, Machines and Drives (PEMD 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/cp.2016.0216⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01337029v1</w:t>
+                <w:t xml:space="preserve">hal-01361660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de modifications géométriques d'une MRV pour la traction électrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Couplage Magnéto-Mécanique pour le Dimensionnement de Machines Électriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abla Dahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361660v1</w:t>
+                <w:t xml:space="preserve">hal-01361573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage Magnéto-Mécanique pour le Dimensionnement de Machines Électriques</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+                <w:t xml:space="preserve">Comparison between Analytic Calculation and Finite Element Modeling in the Study of Winding Geometry Effect on Copper Losses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Al Eit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, Symposium de Genie Electrique, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361573v1</w:t>
+                <w:t xml:space="preserve">hal-01361663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between Analytic Calculation and Finite Element Modeling in the Study of Winding Geometry Effect on Copper Losses</w:t>
+                <w:t xml:space="preserve">Model-Order Reduction of Electrical Machines by Means of POD and DEI methods for Copper Loss Calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Al Eit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Symposium de Genie Electrique, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361663v1</w:t>
+                <w:t xml:space="preserve">hal-01336191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-Order Reduction of Electrical Machines by Means of POD and DEI methods for Copper Loss Calculation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+                <w:t xml:space="preserve">Real-time HEV energy management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
+              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336191v1</w:t>
+                <w:t xml:space="preserve">hal-01361674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time HEV energy management strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">The Boundary Condition Effects on Reduced Finite Element Models for Eddy Currents Loss Calculation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Al Eit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Symposium de Génie Électrique (SGE 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on Electric and Magnetic Fields (EMF 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01361674v1</w:t>
+                <w:t xml:space="preserve">hal-01336207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization and performance comparisons of Induction and Synchronous Reluctance Machines considering the driving cycle of an electrical vehicle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chao Liu</w:t>
+                <w:t xml:space="preserve">2D Modeling of Litz Wire : Reduced Model and its Application for Switched Reluctance Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Al Eit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE International Electric Machines &amp; Drives Conference (IEMDC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Compumag 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, montreal, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01282087v1</w:t>
+                <w:t xml:space="preserve">hal-01531331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and optimization of an induction machine for the application of electrical vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL SYMPOSIUM on ELECTROMAGNETIC FIELDS in MECHATRONICS, ELECTRICAL and ELECTRONIC ENGINEERING – ISEF’2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01282069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Modeling of Litz Wire : Reduced Model and its Application for Switched Reluctance Machine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+                <w:t xml:space="preserve">Optimization and performance comparisons of Induction and Synchronous Reluctance Machines considering the driving cycle of an electrical vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compumag 2015</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE International Electric Machines &amp; Drives Conference (IEMDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Coeur d'Alene, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEMDC.2015.7409096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531331v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new generic problem formulation dedicated to electrified railway systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">Calcul des Pertes Cuivre dans les Conducteurs Multi- filamentaires et Application aux Bobinages des Machines à Réluctance Variable à Double Saillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa Al Eit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandrea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESARS 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Electromagnétisme (NUMELEC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241090v1</w:t>
+                <w:t xml:space="preserve">hal-01531351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcul des Pertes Cuivre dans les Conducteurs Multi- filamentaires et Application aux Bobinages des Machines à Réluctance Variable à Double Saillance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bouillault</w:t>
+                <w:t xml:space="preserve">A new generic problem formulation dedicated to electrified railway systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Desjouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bigeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Conférence Européenne sur les Méthodes Numériques en Electromagnétisme (NUMELEC 2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESARS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Aachen, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESARS.2015.7101437⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01531351v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimal energetic approach for systemic design of hybrid powertrain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">Diagnostic des capteurs pour la commande des entrainements électriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidath Diao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaatar Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01099600v1</w:t>
+                <w:t xml:space="preserve">hal-01065242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et caractérisation d'une machine à réluctance variable à double saillance avec bobinage d'excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pré-dimensionnement d'une machine synchrone à aimants permanents validé par un modèle dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Estival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Rain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065204v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de la fiabilité dans la conception sous contraintes multi-physiques des convertisseurs statiques multicellulaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chérif Larouci</w:t>
+                <w:t xml:space="preserve">Current-sharing control technique of interleaved buck converter for automotive application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Omar Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Manchester, United Kingdom. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/cp.2014.0448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065238v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design with Optimization of an Interleaved Buck Converter for Automotive Application; Effect of the EMC Constraint</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahraz Bendali</w:t>
+                <w:t xml:space="preserve">Pré-dimensionnement d'une machine synchrone à aimants permanents sous contrainte de masse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Estival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588724v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic des capteurs pour la commande des entrainements électriques</w:t>
+                <w:t xml:space="preserve">Current Sensor Fault Diagnosis in the Stationary Frame for PMSM Drive in Automotive Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sidath Diao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaatar Makni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EVER 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Monte-Carlo, Monaco. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EVER.2014.6844143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065242v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01093465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pré-dimensionnement d'une machine synchrone à aimants permanents validé par un modèle dynamique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Gestion énergétique optimale au service de la conception de chaînes de traction hybrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065252v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability assesment in the design of interleaved converters under multi-physical constraints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Toufik Azib</w:t>
+                <w:t xml:space="preserve">Modélisation comportementale non linéaire de moteurs asynchrones à cage pour le pré-dimensionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gerard Coquery</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588499v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion énergétique optimale au service de la conception de chaînes de traction hybrides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">Reliability assesment in the design of interleaved converters under multi-physical constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahraz Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherf Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. pp.2117-2121, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/isie.2014.6864944⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065412v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation comportementale non linéaire de moteurs asynchrones à cage pour le pré-dimensionnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chao Liu</w:t>
+                <w:t xml:space="preserve">Evaluation of a switched reluctance motor with magnetic slot wedges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 International Conference on Electrical Machines (ICEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2014.6960173⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065209v1</w:t>
+                <w:t xml:space="preserve">hal-01244966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pré-dimensionnement d'une machine synchrone à aimants permanents sous contrainte de masse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Estival</w:t>
+                <w:t xml:space="preserve">Reduction des ondulations de couple et des efforts radiaux dans une machine a reluctance variable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mininger Xavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique</w:t>
+              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588525v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current Sensor Fault Diagnosis in the Stationary Frame for PMSM Drive in Automotive Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sidath Diao</w:t>
+                <w:t xml:space="preserve">Evaluation and comparison of the axial SRM and radial SRM in EV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVER 2014</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CEFC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G2Elab, May 2014, Annecy, France. pp.PE1-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01093465v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current-sharing control technique of interleaved buck converter for automotive application</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Omar Younsi</w:t>
+                <w:t xml:space="preserve">Multi-objective Optimization of an Axial-flux PM Actuator with Space Mapping Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Manchester, United Kingdom. pp.1-6, </w:t>
+              <w:t xml:space="preserve">CEM 2014 : Conference on Electro Magnetics 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, London, United Kingdom. pp.117, </w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/cp.2014.0448⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/cp.2014.0227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588745v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a switched reluctance motor with magnetic slot wedges</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">An optimal energetic approach for systemic design of hybrid powertrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 International Conference on Electrical Machines (ICEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Berlin, Germany. </w:t>
+              <w:t xml:space="preserve">2014 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Coimbra, Portugal. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2014.6960173⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2014.7007014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01244966v1</w:t>
+                <w:t xml:space="preserve">hal-01099600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction des ondulations de couple et des efforts radiaux dans une machine a reluctance variable</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+                <w:t xml:space="preserve">Modélisation et caractérisation d'une machine à réluctance variable à double saillance avec bobinage d'excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mininger Xavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065260v1</w:t>
+                <w:t xml:space="preserve">hal-01065204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective Optimization of an Axial-flux PM Actuator with Space Mapping Technique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
+                <w:t xml:space="preserve">Design with Optimization of an Interleaved Buck Converter for Automotive Application; Effect of the EMC Constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahraz Bendali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEM 2014 : Conference on Electro Magnetics 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, London, United Kingdom. pp.117, </w:t>
+              <w:t xml:space="preserve">7th IET International Conference on Power Electronics, Machines and Drives (PEMD 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Manchester, United Kingdom. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1049/cp.2014.0227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/cp.2014.0260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103669v1</w:t>
+                <w:t xml:space="preserve">hal-04588724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation and comparison of the axial SRM and radial SRM in EV</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Intégration de la fiabilité dans la conception sous contraintes multi-physiques des convertisseurs statiques multicellulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahraz Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chérif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mininger</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEFC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, G2Elab, May 2014, Annecy, France. pp.PE1-14</w:t>
+              <w:t xml:space="preserve">1er Symposium de Génie Électrique (SGE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01099221v1</w:t>
+                <w:t xml:space="preserve">hal-01065238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRIZ methodology adapted to hybrid powertrains</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Ossart</w:t>
+                <w:t xml:space="preserve">A differential algebraic approach for position/speed estimation in PMSM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidath Diao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaatar Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRIZ FUTURE CONFERENCE 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEMDC 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Chicago, United States. pp.1149 - 1154, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEMDC.2013.6556304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01205890v1</w:t>
+                <w:t xml:space="preserve">hal-00932677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design methodology with optimization of an interleaved buck converter for automotive application</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Toufik Azib</w:t>
+                <w:t xml:space="preserve">A simplified time stepping nonlinear mesh based reluctance network for machine design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE EUROCON 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE IEMDC 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Chicago, United States. pp.879 - 884, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEMDC.2013.6556201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/eurocon.2013.6625113⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04588859v1</w:t>
+                <w:t xml:space="preserve">hal-00932659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A differential algebraic approach for position/speed estimation in PMSM</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zaatar Makni</w:t>
+                <w:t xml:space="preserve">Design of Interleaved Power Converters under Volume, Efficiency and Thermal Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahraz Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amar Ramdane-Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEMDC 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PCIM Europe - The International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Nuremberg, Germany. pp.1316-1323</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IEMDC.2013.6556304⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00932677v1</w:t>
+                <w:t xml:space="preserve">hal-04588843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplified time stepping nonlinear mesh based reluctance network for machine design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Sensor Fault Diagnosis for Improving the Availability of Electrical Drives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidath Diao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaatar Makni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE IEMDC 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECON 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Vienne, Austria. pp.3108 - 3113, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2013.6699625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IEMDC.2013.6556201⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00932659v1</w:t>
+                <w:t xml:space="preserve">hal-00932687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Interleaved Power Converters under Volume, Efficiency and Thermal Constraints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Toufik Azib</w:t>
+                <w:t xml:space="preserve">Quantitative Evaluation of Small Anomalies in Non-Destructive Testing using Partial Least Square Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Coquery</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joszef Pavo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM Europe - The International Exhibition and Conference for Power Electronics, Intelligent Motion, Renewable Energy and Energy Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Nuremberg, Germany. pp.1316-1323</w:t>
+              <w:t xml:space="preserve">Colloque Inductique 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Tizi-Ouzou, Algeria. pp.83-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588843v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00932700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Evaluation of Small Anomalies in Non-Destructive Testing using Partial Least Square Regression</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Embedded multilevel optimization for nonlinear time-stepping mesh-based reluctance network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joszef Pavo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Inductique 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Tizi-Ouzou, Algeria. pp.83-84</w:t>
+              <w:t xml:space="preserve">2013 Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00932700v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Fault Diagnosis for Improving the Availability of Electrical Drives</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zaatar Makni</w:t>
+                <w:t xml:space="preserve">TRIZ methodology adapted to hybrid powertrains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2013</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TRIZ FUTURE CONFERENCE 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Paris, France. pp.283-292</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00932687v1</w:t>
+                <w:t xml:space="preserve">hal-01205890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedded multilevel optimization for nonlinear time-stepping mesh-based reluctance network</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
+                <w:t xml:space="preserve">Design methodology with optimization of an interleaved buck converter for automotive application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahraz Bendali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 Computation of Electromagnetic Fields (COMPUMAG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE EUROCON 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Kiev, Ukraine. pp.1066-1072, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/eurocon.2013.6625113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01677537v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical architecture for high power segmented PEM Fuel Cell in vehicle application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design approach of an axial flux motor for electrical powertrain vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre de Bernardinis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+                <w:t xml:space="preserve">Eric de Cecco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REVET 2012</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195242⟩</w:t>
+              <w:t xml:space="preserve">ICEM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Marseille, France. pp.2812-2817, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICElMach.2012.6350285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00932671v1</w:t>
+                <w:t xml:space="preserve">hal-00779585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of command parameters on efficiency, torque ripple and vibrations for switched reluctance motor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali Kolli</w:t>
+                <w:t xml:space="preserve">Radial output space mapping for electromechanical systems design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEM 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">OIPE 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Gand, Belgium. pp.22-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779583v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial output space mapping for electromechanical systems design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
+                <w:t xml:space="preserve">PMSM cogging torque reduction: Comparison between different shapes of magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Chabchoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Ben Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Neji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OIPE 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">REVET 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.206 - 211, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779592v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PMSM cogging torque reduction: Comparison between different shapes of magnet</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of Torque-Speed Curve of Switched Reluctance Motor with Segmental Rotor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Ben Salah</w:t>
+                <w:t xml:space="preserve">Mohammad Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Kolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafik Neji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REVET 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.206 - 211, </w:t>
+              <w:t xml:space="preserve">ICEM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Marseille, France. pp.250 - 255, </w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICElMach.2012.6349873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779586v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design approach of an axial flux motor for electrical powertrain vehicle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal Design of a renewable energy power plant for an isolated site in Senegal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric de Cecco</w:t>
+                <w:t xml:space="preserve">Abdoulaye Kébé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sengprasong Phrakonkham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Marseille, France. pp.2812-2817, </w:t>
+              <w:t xml:space="preserve">REVET 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Hammameth, Tunisia. pp.336-343, </w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICElMach.2012.6350285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779585v1</w:t>
+                <w:t xml:space="preserve">hal-00779593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Design of a renewable energy power plant for an isolated site in Senegal</w:t>
+                <w:t xml:space="preserve">Electrical architecture for high power segmented PEM Fuel Cell in vehicle application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoulaye Kébé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">Alexandre de Bernardinis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Frappé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REVET 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2012, Hammameth, Tunisia. pp.336-343, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195293⟩</w:t>
+              <w:t xml:space="preserve">, Mar 2012, Hammamet, Tunisia. pp.15 - 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/REVET.2012.6195242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00779593v1</w:t>
+                <w:t xml:space="preserve">hal-00932671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Torque-Speed Curve of Switched Reluctance Motor with Segmental Rotor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId360" w:history="1">
+                <w:t xml:space="preserve">Impact of command parameters on efficiency, torque ripple and vibrations for switched reluctance motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Kolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEM 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2012, Marseille, France. pp.250 - 255, </w:t>
+              <w:t xml:space="preserve">, Sep 2012, Marseille, France. pp.2975 - 2980, </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICElMach.2012.6349873⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICElMach.2012.6350311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00779584v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00779583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a Planar Coil Model Using Shell Elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Ospina Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Santandréa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16099,51 +16099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized Sizing of AC Coupled Hybrid Sources for Isolated Villages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sengprasong Phrakonkham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Kébé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16315,51 +16315,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of electric powertrains for vehicles using driving cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric de Cecco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16410,77 +16410,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of SRM vibrations for two current controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mininger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16525,385 +16525,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00712521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuration de modèles pour l'optimisation parallélisée sous Matlab</w:t>
+                <w:t xml:space="preserve">Bilan du projet O2M sur la conception et l'optimisation de systèmes mécatroniques pour l'automobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Remy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinar DIMOCODE de la communauté "Actionneurs Électriques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">GIFAS, Commission RandD, Groupe de travail Systèmes Electriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00712515v1</w:t>
+                <w:t xml:space="preserve">hal-00712514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan du projet O2M sur la conception et l'optimisation de systèmes mécatroniques pour l'automobile</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
+                <w:t xml:space="preserve">Design and Study of a Permanent Magnet Synchronous Motor for an Electric Compressor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Khanchoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Battelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GIFAS, Commission RandD, Groupe de travail Systèmes Electriques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">PIERS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Marrakech, Morocco. pp.171-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712514v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Study of a Permanent Magnet Synchronous Motor for an Electric Compressor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Structuration de modèles pour l'optimisation parallélisée sous Matlab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mojtaba Kamali Nejad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIERS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Marrakech, Morocco. pp.171-175</w:t>
+              <w:t xml:space="preserve">Webinar DIMOCODE de la communauté "Actionneurs Électriques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712512v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of a permanent magnet synchronous motor for an electrical compressor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Khanchoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16954,64 +16954,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Computation of Stator Iron Losses in Interior Permanent-Magnet Synchronous Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afef Kedous-Lebouc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17181,312 +17181,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00492947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action palliative par le convertisseur statique en cas de défaillance d'un générateur PAC modulaire de puissance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+                <w:t xml:space="preserve">Pre-sizing of DC-DC converters by optimizationunder constraints. Influence of the control constraint on the optimization results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ejjabraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPF 2010, Electronique de Puissance du Futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Saint Nazaire, France. 6p</w:t>
+              <w:t xml:space="preserve">ICIT'10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Valparaiso, Chile. pp.oral session</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00615205v1</w:t>
+                <w:t xml:space="preserve">hal-00492904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-sizing of DC-DC converters by optimizationunder constraints. Influence of the control constraint on the optimization results</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+                <w:t xml:space="preserve">Action palliative par le convertisseur statique en cas de défaillance d'un générateur PAC modulaire de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Frappé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre de Bernardinis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIT'10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Valparaiso, Chile. pp.oral session</w:t>
+              <w:t xml:space="preserve">EPF 2010, Electronique de Puissance du Futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Saint Nazaire, France. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492904v1</w:t>
+                <w:t xml:space="preserve">hal-00615205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault detection and identification using simple and non-intrusive on-line monitoring techniques for PEM fuel cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Frappé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre de Bernardinis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17546,64 +17546,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steady State Performance Computation of a Synchronous Machine using Harmonic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17661,191 +17661,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00516051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial Least Square Regression for Quantitative Evaluation of Small Anomalies in Non-Destructive Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Design by optimization of a Boost converter. Integration of the control aspect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ejjabraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEFC 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Chicago, United States. 4 p</w:t>
+              <w:t xml:space="preserve">PCIM'10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Nuremberg, Germany. pp.oral session</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00555707v1</w:t>
+                <w:t xml:space="preserve">hal-00492924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a power electronic structure for hybrid Fuel Cell/Ultracapacitors vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Kamali-Nejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Béthoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17899,1869 +17899,1865 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design by optimization of a Boost converter. Integration of the control aspect</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+                <w:t xml:space="preserve">Partial Least Square Regression for Quantitative Evaluation of Small Anomalies in Non-Destructive Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joszef Pavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM'10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Nuremberg, Germany. pp.oral session</w:t>
+              <w:t xml:space="preserve">CEFC 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Chicago, United States. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492924v1</w:t>
+                <w:t xml:space="preserve">hal-00555707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation en CND : de la conception à l'inversion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Supercapacitors for Power Assistance in Hybrid Power Source with Fuel Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francisco Alves</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNI'09</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE-IECON 2009, the 35th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.11-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2009.5415129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00555700v1</w:t>
+                <w:t xml:space="preserve">hal-00447272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical computation of IPMSM air gap magnetic flux density and Electrical parameters considering space harmonics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+                <w:t xml:space="preserve">Pre-sizing approach of DC-DC Buck converters for the automotive domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Ejjabraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISEF 2009 - XIV International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Arras, France. CD-Rom proceedings</w:t>
+              <w:t xml:space="preserve">PCIM'09 Power Conversion Intelligent Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Nuremberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00421680v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation Software Tool Review and the Need of Alternative Means for Handling the Problems of Excess Energy and Mini-Grid Configuration: A Case Study from Laos</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">Influence des convertisseurs électroniques sur le dimensionnement optimal de machines hautes vitesses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASEAN Symposium on Power and Energy Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Hua Hin, Thailand. pp. 53-58</w:t>
+              <w:t xml:space="preserve">EF 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. pp.CD-Rom Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447266v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00420517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercapacitors for Power Assistance in Hybrid Power Source with Fuel Cell</w:t>
+                <w:t xml:space="preserve">Comparaison d'architectures d'hybridation d'une pile à combustible avec des supercondensateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE-IECON 2009, the 35th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EF 2009, Électrotechnique du futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, COMPIEGNE, France. 11 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447272v1</w:t>
+                <w:t xml:space="preserve">hal-00447270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-sizing approach of DC-DC Buck converters for the automotive domain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling guidelines and tools comparison for electromechanical system design in automotive applications - Application to a motorized hatchback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Ejjabraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chérif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Melhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mhenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PCIM'09 Power Conversion Intelligent Motion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Nuremberg, Germany</w:t>
+              <w:t xml:space="preserve">Proceedings of the 7th European Mechatronics Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00420323v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling guidelines and tools comparison for electromechanical system design in automotive applications - Application to a motorized hatchback</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Planar Coil Model using Shell Elements Applied to an Eddy-Current Non-Destructive Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Ospina Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 7th European Mechatronics Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">17th Conference on the computation of electromagnetics fields, COMPUMAG 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Florianopolis, Brésil. pp. 873-874</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447245v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar Coil Model using Shell Elements Applied to an Eddy-Current Non-Destructive Testing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Modélisation multiphysique d'un moteur synchrone à flux axial et à aimants permanents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maloberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Condamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Kobylanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Conference on the computation of electromagnetics fields, COMPUMAG 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Florianopolis, Brésil. pp. 873-874</w:t>
+              <w:t xml:space="preserve">Les journées Électrotechnique du Futur, EF2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447249v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation multiphysique d'un moteur synchrone à flux axial et à aimants permanents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luc Kobylanski</w:t>
+                <w:t xml:space="preserve">Comparative study of thin-film silicon cell tandem structures pm-Si:H/µc-Si:H in system association prospect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foudil Dadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Estelle Farret-Gueunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.V. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pere Roca I Cabarrocas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées Électrotechnique du Futur, EF2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. 8 p</w:t>
+              <w:t xml:space="preserve">European Materials Research Society – EMRS Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Strasbourg, France. pp.CD-Rom Proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447253v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00446008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of thin-film silicon cell tandem structures pm-Si:H/µc-Si:H in system association prospect</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new pre-sizing approach of DC-DC converters application to a Boost converter for the automotive domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Ejjabraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chérif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society – EMRS Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Strasbourg, France. pp.CD-Rom Proceedings</w:t>
+              <w:t xml:space="preserve">IECON'09 Annual Conference of the IEEE Inductrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00446008v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new pre-sizing approach of DC-DC converters application to a Boost converter for the automotive domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+                <w:t xml:space="preserve">An Analytical Model for Interior Permanent-Magnet Synchronous Machine with Circumferential Magnetization Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON'09 Annual Conference of the IEEE Inductrial Electronics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">ELECTROMOTION 2009 – EPE Chapter ‘Electric Drives'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Lille, France. CD-Rom proceedings</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447247v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00421645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des convertisseurs électroniques sur le dimensionnement optimal de machines hautes vitesses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
+                <w:t xml:space="preserve">Structure and Control Strategy for a Parallel Hybrid Fuel Cell/Supercapacitors Power Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EF 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. pp.CD-Rom Proceedings</w:t>
+              <w:t xml:space="preserve">IEEE-VPPC 2009, The 5th IEEE Vehicle Power and Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Dearborn, United States. pp. 1858-1863</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00420517v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison d'architectures d'hybridation d'une pile à combustible avec des supercondensateurs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+                <w:t xml:space="preserve">Analyse of different programming solutions adapted to block matrix type in electromagnetic modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Choua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Ospina Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EF 2009, Électrotechnique du futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, COMPIEGNE, France. 11 p</w:t>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, FLorianapolis, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447270v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Analytical Model for Interior Permanent-Magnet Synchronous Machine with Circumferential Magnetization Design</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+                <w:t xml:space="preserve">Mise en oeuvre de la conduction continue pour la commande de la machine à réluctance variable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELECTROMOTION 2009 – EPE Chapter ‘Electric Drives'</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Lille, France. CD-Rom proceedings</w:t>
+              <w:t xml:space="preserve">Congrès Electrotechnique du Futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00421645v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of MPPT Techniques for Photovoltaic Systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+                <w:t xml:space="preserve">Design of an optimized SRM control architecture based on a hardware/software partitioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hussein Dogan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Energy and Environmental Protection in Sustainable Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Hebron, France</w:t>
+              <w:t xml:space="preserve">IEEE Industrial Electronics, IECON 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447246v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an optimized SRM control architecture based on a hardware/software partitioning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hala Hannoun</w:t>
+                <w:t xml:space="preserve">Review of MPPT Techniques for Photovoltaic Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Dogan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Industrial Electronics, IECON 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. 6 p</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Energy and Environmental Protection in Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Hebron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447256v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00447246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pre-sizing approach of DC-DC converters, application to design a Buck converter for the automotive domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Ejjabraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -19793,1613 +19789,1617 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 IEEE 6th International Power Electronics and Motion Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, WUHAN, China. pp.517 - 523, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IPEMC.2009.5157442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00420346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and Control Strategy for a Parallel Hybrid Fuel Cell/Supercapacitors Power Source</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
+                <w:t xml:space="preserve">A system study on silicon thin-film pm-Si:H/µc-Si:H tandem cell structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foudil Dadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Labouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.V. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pere Roca I Cabarrocas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE-VPPC 2009, The 5th IEEE Vehicle Power and Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Dearborn, United States. pp. 1858-1863</w:t>
+              <w:t xml:space="preserve">24th European Photovoltaic Solar Energy Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Hambourg, Germany. pp. 3699-3705</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00447269v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00446011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en oeuvre de la conduction continue pour la commande de la machine à réluctance variable</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+                <w:t xml:space="preserve">Mesh Refinement in Eddy Current Testing with Separated T-R probes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Choua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Electrotechnique du Futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Compiègne, France. 6 p</w:t>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp. 1048-1049</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447264v1</w:t>
+                <w:t xml:space="preserve">hal-00447250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse of different programming solutions adapted to block matrix type in electromagnetic modelling</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Accounting of axial component field in double excited motors using 2D-FEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, FLorianapolis, Brésil</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Electric and Magnetic Fields, EMF 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Mondovi, Italie. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447267v1</w:t>
+                <w:t xml:space="preserve">hal-00447252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A system study on silicon thin-film pm-Si:H/µc-Si:H tandem cell structure</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new pre-sizing approach of DC-DC converters, application to a boost converter for the automotive domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ejjabraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th European Photovoltaic Solar Energy Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECON'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.3767 - 3772, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2009.5415375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00446011v1</w:t>
+                <w:t xml:space="preserve">hal-00438580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting of axial component field in double excited motors using 2D-FEM</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+                <w:t xml:space="preserve">Modélisation en CND : de la conception à l'inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Alves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Electric and Magnetic Fields, EMF 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Mondovi, Italie. 8 p</w:t>
+              <w:t xml:space="preserve">CNI'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Algérie. pp.10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447252v1</w:t>
+                <w:t xml:space="preserve">hal-00555700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesh Refinement in Eddy Current Testing with Separated T-R probes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Optimisation Software Tool Review and the Need of Alternative Means for Handling the Problems of Excess Energy and Mini-Grid Configuration: A Case Study from Laos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sengprasong Phrakhonkham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Lechenadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianópolis, Brazil. pp. 1048-1049</w:t>
+              <w:t xml:space="preserve">ASEAN Symposium on Power and Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Hua Hin, Thailand. pp. 53-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00447250v1</w:t>
+                <w:t xml:space="preserve">hal-00447266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new pre-sizing approach of DC-DC converters, application to a boost converter for the automotive domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lefranc</w:t>
+                <w:t xml:space="preserve">Analytical computation of IPMSM air gap magnetic flux density and Electrical parameters considering space harmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON'09</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISEF 2009 - XIV International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Arras, France. CD-Rom proceedings</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON.2009.5415375⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00438580v1</w:t>
+                <w:t xml:space="preserve">hal-00421680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non destructive evaluation of small defects using an eddy current microcoil sensor array</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Comparison of instantaneous and average torque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMSA 2008 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Caen, France</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics ISIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00353081v1</w:t>
+                <w:t xml:space="preserve">hal-00352889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of instantaneous and average torque</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+                <w:t xml:space="preserve">Study of the DOF management of dual formulations for the modelling of thin cracks in ECT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Choua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Santandréa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Industrial Electronics ISIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">European Magnetic Sensors and Actuators Conference EMSA 2008 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00352889v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00352908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the DOF management of dual formulations for the modelling of thin cracks in ECT</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+                <w:t xml:space="preserve">Vers de nouvelles approches pour la capitalisation des modèles pour la simulation et l'optimisation : l'expérience du projet DIMOCODE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Wurtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Espanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Magnetic Sensors and Actuators Conference EMSA 2008 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Caen, France</w:t>
+              <w:t xml:space="preserve">Numélec 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.156-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00352908v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design methodology of fuel cell electric vehicle power system</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+                <w:t xml:space="preserve">Speed control of a switched reluctance machine in continuous conduction mode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Hannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE the 2008 International Conference on Electrical Machines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Villamoura, Portugal</w:t>
+              <w:t xml:space="preserve">International conference on electrical machines, ICEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00352910v1</w:t>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00352896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speed control of a switched reluctance machine in continuous conduction mode</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Hilairet</w:t>
+                <w:t xml:space="preserve">Design methodology of fuel cell electric vehicle power system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofeng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on electrical machines, ICEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Portugal</w:t>
+              <w:t xml:space="preserve">IEEE the 2008 International Conference on Electrical Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Villamoura, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00352896v1</w:t>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00352910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers de nouvelles approches pour la capitalisation des modèles pour la simulation et l'optimisation : l'expérience du projet DIMOCODE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Krähenbühl</w:t>
+                <w:t xml:space="preserve">Performances d'une sonde matricielle à microbobines pour la détection par courants de Foucault de défauts débouchants de faibles dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Ravat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-Y. Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Brisset</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Woytazik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numélec 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Liège, Belgique. pp.156-157</w:t>
+              <w:t xml:space="preserve">Journées COFREND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359194v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00354404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances d'une sonde matricielle à microbobines pour la détection par courants de Foucault de défauts débouchants de faibles dimensions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">Non destructive evaluation of small defects using an eddy current microcoil sensor array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Ravat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-Y. Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées COFREND</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EMSA 2008 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00354404v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00353081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un outil de simulation numérique pour le CND par courants de Foucault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Santandrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21735,51 +21735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Santandrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21856,51 +21856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jozsef Pavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahya Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22044,168 +22044,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du nombre de spires et des angles de commandes d'un moteur à réluctance à double saillance pour application de traction électrique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mondher Besbes</w:t>
+                <w:t xml:space="preserve">Computational Environment for the Fast Calculation of ECT Probe Signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jozsef Pavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrotechnique du Futur 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, GRENOBLE, France. 5p</w:t>
+              <w:t xml:space="preserve">15th Conference on the Computation of Electromagnetic Fields (COMPUMAG 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Shenyang, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00676116v1</w:t>
+                <w:t xml:space="preserve">hal-03680926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inversion en CND par réseaux de neurones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -22234,394 +22217,411 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées COFREND</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Beaune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Environment for the Fast Calculation of ECT Probe Signal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neural networks eddy current non-destructive evaluation of a conductive plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Bensetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Premel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Conference on the Computation of Electromagnetic Fields (COMPUMAG 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2005, Shenyang, China</w:t>
+              <w:t xml:space="preserve">International Symposium on Interdisciplinary Electromagnetic, Mechanic and Biomedical problems (ISEM 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Bad Gastein, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680926v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural networks eddy current non-destructive evaluation of a conductive plate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisations BF et HF de bobines gravées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bensetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Le Bihan</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahya Choua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Premel</w:t>
+                <w:t xml:space="preserve">Lionel Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Interdisciplinary Electromagnetic, Mechanic and Biomedical problems (ISEM 2005)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Bad Gastein, Austria</w:t>
+              <w:t xml:space="preserve">Journées de la simulation numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Natntes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680927v1</w:t>
+                <w:t xml:space="preserve">hal-03680965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisations BF et HF de bobines gravées</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yahya Choua</w:t>
+                <w:t xml:space="preserve">Optimisation du nombre de spires et des angles de commandes d'un moteur à réluctance à double saillance pour application de traction électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montacer Rekik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Besbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Pichon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sege Loudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la simulation numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2005, Natntes, France</w:t>
+              <w:t xml:space="preserve">Electrotechnique du Futur 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, GRENOBLE, France. 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680965v1</w:t>
+                <w:t xml:space="preserve">hal-00676116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an hybrid 3D finite element method for the modeling of micro-coil sensors and actuators</w:t>
               </w:r>
@@ -23559,90 +23559,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the plane of array irradiance for a photovoltaic installation equipped with flat reflectors in different geographical locations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23684,90 +23684,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photovoltaic system equipped with flat reflectors: New MPPT model in case of non-uniform illumination on PV modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23809,90 +23809,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des mesures Météorologiques du SIRTA dans le but de modéliser la production électrique d’une installation photovoltaïque équipée de réflecteurs plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23934,90 +23934,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’effet du sur-éclairement non uniforme sur les performances d’une installation photovoltaïque équipée de réflecteurs plans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Migan-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Badosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -24072,51 +24072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D Finite Element Model Reduction for Copper LossesCalculation in Switched Reluctance Machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Al Eit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dular</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24180,103 +24180,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation comportementale non-linéaire de moteurs asynchrones à cage pour le pré-dimensionnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Vannier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SGE 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24295,325 +24295,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01104512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation et caractérisation d'une machine à réluctance variable à double saillance avec bobinage d'excitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pre-Sizing of Permanent Magnet Synchronous Machine under Mass Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Estival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Krebs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Rain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Marchand</w:t>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SGE 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+              <w:t xml:space="preserve">6th International Conference on Recent Advances in Aerospace Actuation Systems and Components</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01104517v1</w:t>
+                <w:t xml:space="preserve">hal-01104509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-Sizing of Permanent Magnet Synchronous Machine under Mass Constraints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Estival</w:t>
+                <w:t xml:space="preserve">Modélisation et caractérisation d'une machine à réluctance variable à double saillance avec bobinage d'excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Recent Advances in Aerospace Actuation Systems and Components</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">SGE 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01104509v1</w:t>
+                <w:t xml:space="preserve">hal-01104517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pré-dimensionnement d’une machine synchrone à aimants permanents validé par un modèle dynamique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Estival</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Krebs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Sehab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SGE 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24938,51 +24938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Barbedette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamic Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, pp.15-28, 2010, ISBN 978-953-7619-68-8. </w:t>
@@ -25189,51 +25189,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Masternak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Saelens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114904" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.130487" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434476v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jardot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Krebs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Lahlou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16247993" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835244v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Jiang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berthelot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.06.003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550119v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Abdel Nour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Badosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582268v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vezin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Queval" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. A Cherni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vido" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.114080" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313714v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessante" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2020.3013513" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117584v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Heinrich" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Qu&#233;val" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Cherni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vido" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.03.035" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505253v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Minh Nguyen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2019.2906860" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505073v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqin Xie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Zhang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2909407" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.09.015" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632678v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Al Eit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2274" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693635v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2017.2727069" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677604v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Belhadi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Hannoun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2017.03.034" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531370v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dular" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2655339" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677601v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-016-0504-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292415v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abla Dahia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01249937v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2486838" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531366v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandrea" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.18.179-197" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02394031v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahraz Bendali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Azib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2013.0045" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidath Diao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaatar Makni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bisson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2331080" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01246996v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150390" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8A47670AEBEC273A06A5173A3CCEE508A52079A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01262703v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gazo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.12.397" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099602v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage Hassan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Remy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-05-2013-0192" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099333v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef P&#225;v&#243;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2014130487" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-89L8JFTK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265267v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.17.455-473" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283668v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Bernardinis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frapp&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B&#233;thoux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coquery" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2012120056" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-B1Q13VGH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779510v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Larouci" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ejjabraoui" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6113/JPE.2012.12.2.368" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633689v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2011.2162210" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564493v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v2i3.369" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712481v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengprasong Phrakonkham" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.12.1059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712484v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hilairet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2011.07.011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40X8TGLP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698843v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Talj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Azib" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Remy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100266" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-TVFJPWT0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633645v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jannot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vannier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabsi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Michel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712483v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2124478" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712480v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2165092" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712478v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maloberti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Condamin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Kobylanski" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.183-214" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5QWFXFGP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054693v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.363-382" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999078v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Talj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufic Azib" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00642129v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foudil Dadouche" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Gueunier-Farret" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Johnson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Roca I Cabarrocas" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pvd/2011001" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634365v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ospina" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Santandrea" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Bihan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010082" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-NQ30962T-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555697v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ospina Vargas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandr&#233;a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555694v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4186/ej.2010.14.3.15" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054691v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tie.2010.2044123" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555691v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2009.2038396" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447228v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ravat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Joubert" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Woytasik" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1061" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447227v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491504v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ojeda" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hannoun" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mininger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilairet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009106" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447220v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Choua" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354401v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352639v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bensetti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445546v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00761612v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pavo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2008112" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-VWLTZWJN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547605v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219794v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.872516" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219744v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.11.060" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C7XT943R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680511v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434700v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bensetti" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-M. Tassetti" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bazin Lissorgues" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2005.846284" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219973v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozsef Pavo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2004-622" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319095v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colamartino" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Razek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/60.790924" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319120v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-b.1993.0027" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05088316v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0245" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705524v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEM60825.2024.10608946" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693404v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lahlou" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168402v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de La Barri&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230379v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djami" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC55163.2023.10238941" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549246v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Begassat-Piquet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10407974" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230377v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Djami" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910946" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230364v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sahnoune" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guihaire" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910858" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388344v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Sahnoune" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133905v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kitanidis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312383v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313728v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith A. Cherni" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vido Lionel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313742v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2019.8813580" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471967v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire A de La Fresnaye" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC40753.2019.8981282" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169364v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981873v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02394005v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Nguyen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Krebs" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8506700" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949806v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icrera.2018.8566828" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949940v2" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01928646v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943088v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693644v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707815v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707811v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2017.8330888" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693651v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330968" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707796v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2017.8001870" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01336207v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01337029v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamri Hana" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Godoy" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berthelot" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0216" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361660v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361573v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361663v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01336191v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361674v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282087v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2015.7409096" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282069v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531331v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241090v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Desjouis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101437" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531351v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099600v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007014" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065204v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rain" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065238v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Coquery" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588724v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0260" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065242v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065252v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Estival" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588499v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherf Larouci" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864944" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065412v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065209v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588525v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01093465v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2014.6844143" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588745v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Omar Younsi" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0448" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244966v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2014.6960173" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065260v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mininger Xavier" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01103669v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0227" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099221v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205890v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588859v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eurocon.2013.6625113" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932677v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2013.6556304" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932659v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2013.6556201" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588843v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ramdane-Cherif" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932700v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joszef Pavo" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932687v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699625" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677537v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932671v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Bernardinis" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frapp&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195242" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779583v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kolli" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6350311" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779592v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779586v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Chabchoub" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ben Salah" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Neji" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195272" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779585v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Cecco" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6350285" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779593v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye K&#233;b&#233;" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195293" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779584v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Belhadi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6349873" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712532v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712530v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712509v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Alves" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712535v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712521v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712515v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Kamali Nejad" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712514v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712512v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khanchoul" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Battelier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712511v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00520475v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Kedous-Lebouc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492947v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ejjabraoui" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Larouci" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615205v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492904v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054622v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2010.5637474" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00516051v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Saint-Michel" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555707v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054624v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kamali-Nejad" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2010.5729165" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492924v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555700v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00421680v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447266v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengprasong Phrakhonkham" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447272v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415129" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420323v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447245v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Melhem" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mhenni" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447249v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447253v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446008v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Farret-Gueunier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.V. Johnson" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447247v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420517v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447270v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00421645v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447246v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Dogan" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447256v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420346v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPEMC.2009.5157442" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447269v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447264v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447267v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446011v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447252v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447250v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00438580v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415375" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353081v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Joubert" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352889v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352908v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352910v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Liu" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352896v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359194v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Espanet" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brisset" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354404v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woytazik" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680972v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871162v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676127v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montacer Rekik" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Loudot" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680930v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680929v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680928v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676116v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sege Loudot" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680968v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680926v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680927v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Premel" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680965v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680925v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680923v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Marie Tassetti" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lissorgues" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680921v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gilles" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680915v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680917v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680911v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pr&#233;mel" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319377v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:19941017" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693389v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700302" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312267v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803053v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943039v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630091v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01405711v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104512v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104517v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104509v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104515v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547585v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayha Choua" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547509v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600206v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/7093" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Masternak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reinbold" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Saelens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marchand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114904" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549232v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2024.130487" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434476v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jardot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Krebs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Lahlou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16247993" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835244v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Jiang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ossart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Berthelot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.06.003" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582268v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vezin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Queval" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. A Cherni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vido" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.114080" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313714v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arouna Darga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessante" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2020.3013513" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550119v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Abdel Nour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Migan-Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Badosa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjpv/2019010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505073v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqin Xie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Man Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2909407" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy-Minh Nguyen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Bahri" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.09.015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02505253v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIA.2019.2906860" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117584v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Heinrich" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Qu&#233;val" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Cherni" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Vido" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2019.03.035" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01632678v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Al Eit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2274" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531370v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dular" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2655339" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677601v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Belhadi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Hannoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mininger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-016-0504-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292415v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abla Dahia" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677604v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2017.03.034" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693635v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2017.2727069" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01249937v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2486838" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531366v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandrea" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.18.179-197" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02394031v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahraz Bendali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Azib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coquery" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2013.0045" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidath Diao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaatar Makni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Bisson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2014.2331080" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01246996v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150390" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E8A47670AEBEC273A06A5173A3CCEE508A52079A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01262703v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gazo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2015.12.397" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099602v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage Hassan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Remy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-05-2013-0192" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099333v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Bihan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef P&#225;v&#243;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2014130487" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-89L8JFTK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265267v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.17.455-473" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283668v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Bernardinis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Frapp&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B&#233;thoux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coquery" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2012120056" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-B1Q13VGH-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779510v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Larouci" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Ejjabraoui" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefranc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6113/JPE.2012.12.2.368" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633689v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2011.2162210" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564493v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v2i3.369" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712481v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengprasong Phrakonkham" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2011.12.1059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00633645v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jannot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Vannier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gabsi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Michel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712483v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hilairet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2124478" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712480v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2011.2165092" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00642129v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foudil Dadouche" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Gueunier-Farret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Johnson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Roca I Cabarrocas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/pvd/2011001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999078v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Talj" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufic Azib" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100266" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-TVFJPWT0-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712478v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maloberti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Condamin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Kobylanski" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.183-214" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-5QWFXFGP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054693v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.363-382" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698843v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Talj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Azib" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Remy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712484v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2011.07.011" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40X8TGLP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555697v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ospina Vargas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Santandr&#233;a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2010082" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-NQ30962T-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555694v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lechenadec" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4186/ej.2010.14.3.15" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054691v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tie.2010.2044123" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555691v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2009.2038396" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634365v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ospina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Santandrea" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Bihan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447227v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491504v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ojeda" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hannoun" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Mininger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilairet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2009106" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447220v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Choua" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447228v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Ravat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Joubert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Woytasik" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1061" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354401v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352639v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bensetti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00445546v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delpha" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benbouzid" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00761612v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pavo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2008112" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-VWLTZWJN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547605v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680511v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219794v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.872516" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219744v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2005.11.060" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C7XT943R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434700v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bensetti" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-M. Tassetti" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bazin Lissorgues" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2005.846284" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219973v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozsef Pavo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-2004-622" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319095v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colamartino" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Razek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/60.790924" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319120v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-b.1993.0027" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05088316v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0245" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705524v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEM60825.2024.10608946" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693404v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lahlou" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230379v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Djami" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC55163.2023.10238941" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549246v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Begassat-Piquet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10407974" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168402v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de La Barri&#232;re" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230364v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sahnoune" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guihaire" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910858" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230377v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Djami" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910946" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388344v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Sahnoune" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133905v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kitanidis" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312383v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313728v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith A. Cherni" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vido Lionel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03313742v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2019.8813580" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471967v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire A de La Fresnaye" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC40753.2019.8981282" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169364v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981873v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02394005v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Nguyen" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bahri" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Krebs" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8506700" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01928646v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949806v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icrera.2018.8566828" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949940v2" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943088v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693644v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707815v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707811v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2017.8330888" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693651v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330968" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707796v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2017.8001870" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01337029v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamri Hana" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Godoy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Berthelot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0216" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361660v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361573v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361663v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01336191v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361674v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01336207v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531331v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282069v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Liu" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01282087v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2015.7409096" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01531351v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241090v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Desjouis" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bigeon" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESARS.2015.7101437" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065242v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065252v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Estival" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Barbedette" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588745v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Omar Younsi" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0448" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588525v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01093465v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EVER.2014.6844143" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065412v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065209v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588499v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherf Larouci" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Coquery" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864944" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244966v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2014.6960173" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065260v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mininger Xavier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099221v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01103669v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0227" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099600v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007014" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065204v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rain" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588724v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2014.0260" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065238v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932677v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2013.6556304" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932659v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMDC.2013.6556201" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588843v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ramdane-Cherif" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932687v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2013.6699625" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932700v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joszef Pavo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677537v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205890v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588859v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eurocon.2013.6625113" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779585v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Cecco" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6350285" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779592v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779586v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Chabchoub" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Ben Salah" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Neji" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195272" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779584v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Belhadi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kolli" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6349873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779593v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye K&#233;b&#233;" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195293" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00932671v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Bernardinis" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frapp&#233;" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/REVET.2012.6195242" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00779583v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICElMach.2012.6350311" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712532v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712530v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712509v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Alves" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712535v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712521v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712514v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712512v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Khanchoul" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Battelier" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712515v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Kamali Nejad" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00712511v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00520475v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afef Kedous-Lebouc" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492947v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ejjabraoui" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Larouci" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492904v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615205v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054622v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2010.5637474" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00516051v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Saint-Michel" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00492924v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054624v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kamali-Nejad" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2010.5729165" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555707v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447272v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415129" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420323v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420517v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447270v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447245v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Melhem" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mhenni" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447249v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447253v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446008v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Estelle Farret-Gueunier" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.V. Johnson" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447247v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00421645v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447269v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447267v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447264v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447256v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447246v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Dogan" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00420346v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPEMC.2009.5157442" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00446011v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447250v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447252v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00438580v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2009.5415375" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00555700v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00447266v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sengprasong Phrakhonkham" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00421680v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352889v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352908v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359194v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wurtz" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Espanet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brisset" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352896v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352910v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofeng Liu" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00354404v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Joubert" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woytazik" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00353081v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680972v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00871162v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676127v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montacer Rekik" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Besbes" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Loudot" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680930v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680929v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680928v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680926v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680968v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680927v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Premel" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680965v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pichon" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676116v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sege Loudot" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680925v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680923v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Marie Tassetti" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Lissorgues" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680921v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gilles" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680915v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680917v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680911v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pr&#233;mel" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319377v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp:19941017" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693389v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700302" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312267v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803053v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943039v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630091v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01405711v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104512v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104509v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104517v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01104515v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547585v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yayha Choua" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547509v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600206v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/7093" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>