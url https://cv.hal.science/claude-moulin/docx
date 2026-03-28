--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -702,265 +702,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01396766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes and annotations as information resources in a social networking platform</w:t>
+                <w:t xml:space="preserve">Note-taking as a main feature in a social networking platform for small and medium sized enterprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Atrash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Darène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers in Human Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 51, pp.1261-1267. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chb.2014.12.005⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 51, pp.705-714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2014.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01121206v1</w:t>
+                <w:t xml:space="preserve">hal-01121203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Note-taking as a main feature in a social networking platform for small and medium sized enterprises</w:t>
+                <w:t xml:space="preserve">Notes and annotations as information resources in a social networking platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Atrash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers in Human Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 51, pp.705-714. </w:t>
+              <w:t xml:space="preserve">, 2015, 51, pp.1261-1267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chb.2014.12.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2014.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01121203v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une ontologie des entités fictives et virtuelles. Application à une plateforme de conception collaborative.</w:t>
               </w:r>
@@ -1969,330 +1969,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02585996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agent-based Design of IoT Applications for Remote Brainstorming Support</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kenji Sugawara</w:t>
+                <w:t xml:space="preserve">A System of Information Systems to Capitalize Resources of Collaborative Activities: the ECOPACK Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubida Afoutni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidel</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majd Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Misséri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd IEEE International Conference on Computer Supported Cooperative Work in Design (CSCWD 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CSCWD.2018.8465382⟩</w:t>
+              <w:t xml:space="preserve">13th Annual International Conference on System of Systems Engineering (SoSE 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.82-88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SYSOSE.2018.8428751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01996306v1</w:t>
+                <w:t xml:space="preserve">hal-01996313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A System of Information Systems to Capitalize Resources of Collaborative Activities: the ECOPACK Project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zoubida Afoutni</w:t>
+                <w:t xml:space="preserve">Agent-based Design of IoT Applications for Remote Brainstorming Support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Kaeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Sugawara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Véronique Misséri</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Annual International Conference on System of Systems Engineering (SoSE 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France. pp.82-88, </w:t>
+              <w:t xml:space="preserve">22nd IEEE International Conference on Computer Supported Cooperative Work in Design (CSCWD 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Nanjing, China. pp.820-825, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SYSOSE.2018.8428751⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2018.8465382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01996313v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Brainstorming Platform in a System of Information Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majd Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Misséri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2346,239 +2346,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01396534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting Organizational Learning with Collaborative Annotation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
+                <w:t xml:space="preserve">A Rich Multi-Agent Architecture for Collaborative Multi-Touch Multi-User Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Knowledge Management and Information Sharing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE/SMC Conference 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, San Diego, United States. pp.1-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01121393v1</w:t>
+                <w:t xml:space="preserve">hal-01060469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Rich Multi-Agent Architecture for Collaborative Multi-Touch Multi-User Devices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+                <w:t xml:space="preserve">Supporting Organizational Learning with Collaborative Annotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Atrash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/SMC Conference 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Knowledge Management and Information Sharing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Rome, Italy. pp.237 - 244, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0005082602370244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01060469v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontologie Modulaire pour la Collaboration</w:t>
               </w:r>
@@ -2774,256 +2774,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01060486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Ontology for Designing a Collaborative Platform Involving a Multi-touch and Multi-user Interactive Table</w:t>
+                <w:t xml:space="preserve">Management of Twitter Resources in a Semantic Organizational Memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Joiron</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cristian Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">An Ontology for Designing a Collaborative Platform Involving a Multi-touch and Multi-user Interactive Table</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Eighth International Conference on P2P, Parallel, Grid, Cloud and Internet Computing (3PGCIC 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Compiègne, France. pp.695-700</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00952457v1</w:t>
+                <w:t xml:space="preserve">hal-01307752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of Twitter Resources in a Semantic Organizational Memory</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Ontology for Designing a Collaborative Platform Involving a Multi-touch and Multi-user Interactive Table</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Joiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Furst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eighth International Conference on P2P, Parallel, Grid, Cloud and Internet Computing (3PGCIC 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">An Ontology for Designing a Collaborative Platform Involving a Multi-touch and Multi-user Interactive Table</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Vilamoura, Portugal. pp.156-163, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0004539401560163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01307752v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Use of CALM : an Ubiquitous Environment for Mobile Learning During Museum Visit</w:t>
               </w:r>
@@ -3290,51 +3290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une ontologie pour la conception díune plateforme collaborative exploitant une table multi-tactile et multi-modale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Joiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Furst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3409,271 +3409,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic Indexing of Twitter Resources</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une ontologie pour la conception d'une plateforme collaborative exploitant une table multi- tactile et multi-modale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Joiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Furst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Joint Conference on Software Technologies (ICSOFT 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Reykjavik, Iceland. pp.611-616</w:t>
+              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01307756v1</w:t>
+                <w:t xml:space="preserve">hal-01103994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ontologie pour la conception d'une plateforme collaborative exploitant une table multi- tactile et multi-modale</w:t>
+                <w:t xml:space="preserve">Semantic Indexing of Twitter Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Joiron</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cristian Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC - 24èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Lille, France</w:t>
+              <w:t xml:space="preserve">8th International Joint Conference on Software Technologies (ICSOFT 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Reykjavik, Iceland. pp.611-616</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103994v1</w:t>
+                <w:t xml:space="preserve">hal-01307756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personal Assistant Agents and Multi-agent Middleware for CSCW</w:t>
+                <w:t xml:space="preserve">Evaluating Collaboration in Table-centric Interactive Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
@@ -3708,332 +3708,332 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 16th IEEE International Conference on Computer Supported Cooperative Work in Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AVI workshop on Designing Collaborative Interactive Spaces (DCIS 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Capri, Italy. pp.1-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01018668v1</w:t>
+                <w:t xml:space="preserve">hal-01018676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambiguity in Multimodal Interaction with Multi-touch Multi-user Graphics Tables 9th International Conference on Cooperative Design Visualisation and Engineering</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Personal Assistant Agents and Multi-agent Middleware for CSCW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Cooperative Design Visualisation and Engineering (CDVE 2012)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">the 16th IEEE International Conference on Computer Supported Cooperative Work in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Wuhan, China. pp.1-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2012.6221800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01018663v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Collaboration in Table-centric Interactive Spaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ambiguity in Multimodal Interaction with Multi-touch Multi-user Graphics Tables 9th International Conference on Cooperative Design Visualisation and Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidel</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AVI workshop on Designing Collaborative Interactive Spaces (DCIS 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Capri, Italy. pp.1-10</w:t>
+              <w:t xml:space="preserve">9th International Conference on Cooperative Design Visualisation and Engineering (CDVE 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Osaka, Japan. pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01018676v1</w:t>
+                <w:t xml:space="preserve">hal-01018663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vocal Interaction in Collocated Cooperative Design</w:t>
               </w:r>
@@ -4138,731 +4138,731 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01018681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TATIN-PIC Project, A Multi-modal Collaborative Work Environment for Preliminary Design.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conducting Preliminary Design Around an Interactive Tabletop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alistair Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18th International Conference on Engineering Design (ICED11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Copenhagen, Denmark. pp.366-376</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984872v1</w:t>
+                <w:t xml:space="preserve">hal-00984873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle termino-ontologique pour la collaboration entre communautés hétérogènes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Helene Abel</w:t>
+                <w:t xml:space="preserve">Apprentissage autour d'une table interactive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atman Kendira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Chambéry, France. pp.623-638</w:t>
+              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Mons, Belgique. pp.37-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00746728v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting Preliminary Design Around an Interactive Tabletop</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The TATIN-PIC Project, A Multi-modal Collaborative Work Environment for Preliminary Design.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atman Kendira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Engineering Design (ICED11)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lausanne, Switzerland. pp.154-161, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984873v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage autour d'une table interactive</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gidel</w:t>
+                <w:t xml:space="preserve">Modèle termino-ontologique pour la collaboration entre communautés hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Diemert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnements Informatiques pour l'Apprentissage Humain (EIAH 2011)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Mons, Belgique. pp.37-44</w:t>
+              <w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Chambéry, France. pp.623-638</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984897v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00746728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Semantic Approach for the Repurposing of Audiovisual Objects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
+                <w:t xml:space="preserve">Design assistant agents for supporting requirement specification definition in a distributed design team</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenji Sugawara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Manabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kaeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Yaala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third International Conference on Advances in Multimedia (MMedia 2011).</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Lausanne, Switzerland. pp.329-334, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01307740v1</w:t>
+                <w:t xml:space="preserve">hal-00984893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design assistant agents for supporting requirement specification definition in a distributed design team</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ben Yaala</w:t>
+                <w:t xml:space="preserve">A Semantic Approach for the Repurposing of Audiovisual Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Diemert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Moulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Computer Supported Cooperative Work in Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Third International Conference on Advances in Multimedia (MMedia 2011).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Budapest, Hungary. pp.60-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CSCWD.2011.5960094⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00984893v1</w:t>
+                <w:t xml:space="preserve">hal-01307740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5380,51 +5380,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902427v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Kaeri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Sugawara" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Moulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2020.101050" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902401v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tucker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Fujita" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25046/aj050262" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996302v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Manabe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2796307" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14257/ijeic.2017.8.1.01" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csi.2015.11.006" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121206v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Atrash" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2014.12.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121203v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dar&#232;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2014.12.010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133137v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Furst" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Qu&#233;nu-Joiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kassel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones Jones" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barth&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306356v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Diemert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pinzari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shawky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0908-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4D576B4468DFF1E51DE8393BDE4B17C47DC0E913/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0883-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PXC8Q02C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849852v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lenne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Chartres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.341" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shgieru Fujita" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaro Taki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotaro Miyanishi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokuyasu Kakuta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hiji" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD49262.2021.9437610" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139862v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9282981" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585996v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuo Suganuma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2019.8791869" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996306v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2018.8465382" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996313v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Afoutni" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Saleh" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Miss&#233;ri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2018.8428751" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396534v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Versailles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012084" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121393v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005082602370244" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060469v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kaeri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Manabe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952457v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Joiron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004539401560163" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307752v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Lai" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925808v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gicquel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952446v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944454v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Aldin Atrash" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004624804760483" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul A. Barth&#232;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307756v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103994v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018668v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atman Kendira" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2012.6221800" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018663v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018676v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018681v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984872v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960069" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746728v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Abel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984873v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984897v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307740v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984893v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Yaala" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960094" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567967v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Misseri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016013v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005712v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Benayache" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902427v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Kaeri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Sugawara" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Moulin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gidel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2020.101050" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902401v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tucker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Fujita" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25046/aj050262" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996302v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Manabe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2796307" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14257/ijeic.2017.8.1.01" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396766v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csi.2015.11.006" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121203v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Atrash" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dar&#232;ne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2014.12.010" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121206v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2014.12.005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133137v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Furst" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Qu&#233;nu-Joiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kassel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones Jones" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Barth&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306356v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Diemert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pinzari" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shawky" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0908-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4D576B4468DFF1E51DE8393BDE4B17C47DC0E913/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306567v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-011-0883-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PXC8Q02C-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849852v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Jones" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lenne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466825v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Chartres" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.341" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843453v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shgieru Fujita" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yutaro Taki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yotaro Miyanishi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokuyasu Kakuta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Hiji" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD49262.2021.9437610" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139862v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9282981" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585996v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuo Suganuma" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2019.8791869" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996313v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubida Afoutni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Saleh" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Miss&#233;ri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2018.8428751" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996306v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2018.8465382" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396534v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Versailles" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012084" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060469v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121393v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005082602370244" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01060486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kaeri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Manabe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307752v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Lai" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952457v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Joiron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004539401560163" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925808v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gicquel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952446v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944454v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Aldin Atrash" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004624804760483" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul A. Barth&#232;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103994v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307756v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018676v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atman Kendira" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2012.6221800" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018663v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018681v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984873v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984897v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984872v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960069" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746728v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Abel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984893v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Yaala" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCWD.2011.5960094" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307740v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567967v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Misseri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01016013v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telearn.hal.science/hal-00005712v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahc&#232;ne Benayache" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>