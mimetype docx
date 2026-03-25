--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -844,157 +844,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collinear, two-color optical Kerr effect shutter for ultrafast time-resolved imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Rozé</w:t>
+                <w:t xml:space="preserve">Determination of Aggregate Primary Particle Size Distribution by TEM Image Analysis: Application to Soot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Sedarsky</w:t>
+                <w:t xml:space="preserve">F.X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48 (8), pp.831-841</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612431v1</w:t>
+                <w:t xml:space="preserve">hal-01067962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of multiple scattering on radiative properties of soot fractal aggregates</w:t>
               </w:r>
@@ -1120,152 +1115,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Aggregate Primary Particle Size Distribution by TEM Image Analysis: Application to Soot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jerôme Yon</w:t>
+                <w:t xml:space="preserve">Collinear, two-color optical Kerr effect shutter for ultrafast time-resolved imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harsh Purwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.X. Ouf</w:t>
+                <w:t xml:space="preserve">David Sedarsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Ferry</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aerosol Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22 (13), pp.15778--15790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.22.015778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01067962v1</w:t>
+                <w:t xml:space="preserve">hal-01612431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of the possibility to determine the primary particle size of fractal aggregates by measuring light depolarization</w:t>
               </w:r>
@@ -1513,264 +1513,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-picosecond ballistic imaging of a liquid jet</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scattering and transversal divergence of an ellipsoidal particle by using Vectorial Complex Ray Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Méès</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+                <w:t xml:space="preserve">K.F. Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 113 (18), pp.2419-2423</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00780129v1</w:t>
+                <w:t xml:space="preserve">hal-02012216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering and transversal divergence of an ellipsoidal particle by using Vectorial Complex Ray Model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. Girasole</w:t>
+                <w:t xml:space="preserve">Sub-picosecond ballistic imaging of a liquid jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Méès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52, pp.289-298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-011-1220-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012216v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vectorial complex ray model and application to two-dimensional scattering of plane wave by a spheroidal particle</w:t>
               </w:r>
@@ -1795,51 +1795,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Onofri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (3), pp.370-372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2015,263 +2015,263 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time gate, optical layout, and wavelength effects on ballistic imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Loïc Méès</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A, Optics and image science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (9), pp.1995-2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018710v1</w:t>
+                <w:t xml:space="preserve">hal-00638338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time gate, optical layout, and wavelength effects on ballistic imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Mees</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 26 (9), pp.1995-2004</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A, Optics and image science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00638338v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital image computation of scenes during daytime fog</w:t>
               </w:r>
@@ -2381,286 +2381,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extension of RDG-FA for scattering prediction of aggregates of soot taking into account interactions of large monomers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Ultrashort pulse propagation through a strongly scattering medium: simulation and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Calba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ppsc.200700011⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25 (7), pp.1541-1550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/josaa.25.001541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00445072v1</w:t>
+                <w:t xml:space="preserve">hal-00638350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrashort pulse propagation through a strongly scattering medium: simulation and experiments</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Extension of RDG-FA for scattering prediction of aggregates of soot taking into account interactions of large monomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coppalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Particle &amp; Particle Systems Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25, pp.54-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ppsc.200700011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/josaa.25.001541⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00638350v1</w:t>
+                <w:t xml:space="preserve">hal-00445072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-analytical Monte Carlo simulation of laser-induced fluorescence propagation in an optically participating spray</w:t>
               </w:r>
@@ -2719,51 +2719,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. F. Cen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Zhejiang University-Science A</w:t>
+              <w:t xml:space="preserve">Journal of Zhejiang University - Science A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 8 (7), pp.1170-1178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1631/jzus.2007.A1170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
@@ -3209,51 +3209,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo simulation of the interaction between an ultra-short pulse and a strongly scattering medium: The case of large particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Calba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3620,402 +3620,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Four-flux model for a multilayer, plane absorbing and scattering medium: application to the optical degradation of white paint in a space environment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multilayer four-flux model of scattering, emitting and absorbing media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Tonon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Dinguirard</w:t>
+                <w:t xml:space="preserve">A. G. Tafforin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 35 (30), pp.5125-5130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s1352-2310(01)00328-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/ao.40.003718⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00638376v1</w:t>
+                <w:t xml:space="preserve">hal-00632405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer four-flux model of scattering, emitting and absorbing media</w:t>
+                <w:t xml:space="preserve">Average crossing parameter and forward scattering ratio values in four-flux model for multiple scattering media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. G. Tafforin</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gréhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gouesbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Maheu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 194 (4-6), pp.251-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0030-4018(01)01284-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s1352-2310(01)00328-4⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632405v1</w:t>
+                <w:t xml:space="preserve">hal-00638377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Average crossing parameter and forward scattering ratio values in four-flux model for multiple scattering media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Four-flux model for a multilayer, plane absorbing and scattering medium: application to the optical degradation of white paint in a space environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bruno Maheu</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Girasole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dinguirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0030-4018(01)01284-6⟩</w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 40 (22), pp.3718-3725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/ao.40.003718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00638377v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilities by local heating below an interface</w:t>
               </w:r>
@@ -4411,51 +4411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Outters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 38 (30), pp.6237-6246. </w:t>
@@ -4726,51 +4726,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cylindrical fibre orientation analysis by light scattering .1. Numerical aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bultynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4851,51 +4851,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cylindrical fibre orientation analysis by light scattering. Part 1: Numerical aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bultynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5174,51 +5174,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2-PHASE RAYLEIGH-BENARD INSTABILITIES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Darrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5291,51 +5291,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-phase Rayleigh-Bénard instabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Darrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6286,77 +6286,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yujun Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS–Europe 2017, 28th Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Valencia, Spain. </w:t>
@@ -6636,77 +6636,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harsh Purwar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th European Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Brighton, United Kingdom</w:t>
@@ -6729,277 +6729,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01362773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of picosecond fiber laser for high repetition diesel spray imaging</w:t>
+                <w:t xml:space="preserve">Effect of cavitation on velocity in the near-field of a diesel nozzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harsh Purwar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mincheng Tang</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamel Lounnaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ammar Hideur</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, National Cheng Kung University, Aug 2015, Tainan, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01259344v1</w:t>
+                <w:t xml:space="preserve">hal-01259333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of cavitation on velocity in the near-field of a diesel nozzle</w:t>
+                <w:t xml:space="preserve">Development of picosecond fiber laser for high repetition diesel spray imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harsh Purwar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kamel Lounnaci</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongjie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mincheng Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Hideur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, National Cheng Kung University, Aug 2015, Tainan, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01259333v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01259344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination des propriétés optiques des nanoparticules de suie générées par le miniCAST par analyse du spectre d’extinction de la lumière</w:t>
               </w:r>
@@ -7195,558 +7195,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01682884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VELOCITY, INTERFACE COMPLEXITY AND DROPLETS PRODUCTION IN THE NEAR NOZZLE REGION OF A DIESEL SPRAY: COMPARISON BETWEEN EXPERIMENTAL ANALYSIS AND DIRECT NUMERICAL SIMULATION</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Idlahcen</w:t>
+                <w:t xml:space="preserve">Ray Theory of Wave for Particle Scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuan Fang Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Menard</w:t>
+                <w:t xml:space="preserve">Fabrice R. A. Onofri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rozé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Symposium on Flow Visualization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Okinawa, Japan</w:t>
+              <w:t xml:space="preserve">Frontiers in Optics/Laser Science (FiO/LS) OSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Tucson, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371879v1</w:t>
+                <w:t xml:space="preserve">hal-02014414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ray Theory of Wave for Particle Scattering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kuan Fang Ren</w:t>
+                <w:t xml:space="preserve">VELOCITY, INTERFACE COMPLEXITY AND DROPLETS PRODUCTION IN THE NEAR NOZZLE REGION OF A DIESEL SPRAY: COMPARISON BETWEEN EXPERIMENTAL ANALYSIS AND DIRECT NUMERICAL SIMULATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Lounnaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice R. A. Onofri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Rozé</w:t>
+                <w:t xml:space="preserve">J. Blaisot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Optics/Laser Science (FiO/LS) OSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Tucson, United States</w:t>
+              <w:t xml:space="preserve">16th International Symposium on Flow Visualization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Okinawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014414v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Imaging of High-Pressure Fuel Sprays using Incoherent, Ultra- short Pulsed Illumination with an Ultrafast OKE-based Time Gating</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Roze</w:t>
+                <w:t xml:space="preserve">Analyse automatisée des images de particules de suie obtenues au microscope électronique en transmission : Application à la détermination de la taille des particules primaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rozé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. X. Ouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Symposium on Applications of Laser Techniques to Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Lisbon, Portugal. pp.7 - 10</w:t>
+              <w:t xml:space="preserve">CFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02371795v1</w:t>
+                <w:t xml:space="preserve">hal-01675860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse automatisée des images de particules de suie obtenues au microscope électronique en transmission : Application à la détermination de la taille des particules primaires</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. X. Ouf</w:t>
+                <w:t xml:space="preserve">Ballistic Imaging of High-Pressure Fuel Sprays using Incoherent, Ultra- short Pulsed Illumination with an Ultrafast OKE-based Time Gating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harsh Purwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Ferry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">17th International Symposium on Applications of Laser Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lisbon, Portugal. pp.7 - 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01675860v1</w:t>
+                <w:t xml:space="preserve">hal-02371795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative comparison of fuel spray images obtained using ultrafast coherent and incoherent double-pulsed illumination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harsh Purwar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Lounnaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Blaisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS-Europe 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Bremen, Germany</w:t>
@@ -8155,51 +8155,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8306,51 +8306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Berlemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Multiphase Flow (ICMF 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Tampa, United States</w:t>
@@ -8405,51 +8405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rozé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Girasole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Coppalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9376,51 +9376,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Hanzard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hideur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5028349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015402v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiping Yang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Fang Ren" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459070v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bescond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. -X. Ouf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roz&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.08.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611221v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijia Yuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuanfang Ren" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2015.03.006" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Purwar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjie Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mincheng Tang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.033396" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612354v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lounnaci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sedarsky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Blaisot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2015011054" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612431v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sedarsky" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.015778" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612399v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bescond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caumont-Prim" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.08.022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KDVD423-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067962v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Ouf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delhaye" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girasole" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jouen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.10.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621255v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berlemont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaisot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desjonqueres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007525" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780129v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1220-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TRXCZFHS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012216v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Ren" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638335v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Ren" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Onofri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.36.000370" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabhi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dussouillez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Bottero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/04/P04002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8200543638A9E8C4FC29D1BE1651860C1DE8EACE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018710v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638338v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mees" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638347v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benjamaa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Meyzonnette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavergne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2891310" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445072v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.200700011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8JHZTFS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638350v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Calba" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/josaa.25.001541" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638359v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linghong Chen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Garo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Cen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1631/jzus.2007.A1170" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSZNK8XP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453342v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Ilie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Kneip" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mattei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nichici" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638354v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ilie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Kneip" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mattei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2006.07.004" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NH15HL8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453335v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infrared.2007.02.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64V32HLG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mees" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2006.03.046" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NW3CJX7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gr&#233;han" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hespel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(03)01415-9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9X6KCNL7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638370v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gouesbet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maheu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(02)01175-6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1QWTDPG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638376v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tonon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dinguirard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.40.003718" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632405v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Tafforin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1352-2310(01)00328-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R06WRVK5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638377v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(01)01284-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VT1L6KHT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596815v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouesbet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meunier-Guttin-Cluzel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/JNETDY.2001.022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686198v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Piche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zerbib" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cherbut" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Anini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633386v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ringuet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Meunier-Guttin-Cluzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0735-1933(99)00033-0" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L81ZMFSL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638323v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavigne" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roblin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Outters" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langlois" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.38.006237" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696284v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596856v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Sceller" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632397v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bultynck" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemeur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596846v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gr&#233;han" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Meur" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596848v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248276v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Letaief" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1995218" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/526C88FFBC9B80CD709AC3889ECF1D99A01291A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638330v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Darrigo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.868713" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597329v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248040v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1994197" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/64F3D9FB8C93E32A534E51E357007B46F5A907EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112093001454" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9DC6A29C775FDF82A5B27521F2CD55F4F837CEF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597348v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.47.1405" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597366v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maquet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.857651" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180172v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096645v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096648v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140924v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ILASS2017.2017.4938" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014217v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelong Ma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014240v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362773v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259344v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259333v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lounnaci" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bescond" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Yon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roz&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Ouf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coppalle" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682884v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371879v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014414v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. A. Onofri" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371795v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675860v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371812v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675859v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675864v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675868v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675874v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414490v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M&#233;nard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berlemont" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675901v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Talbaut" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682445v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hebert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014430v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682446v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682448v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682459v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019308v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sensorsportal.com" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862960v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henry Hanzard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roz&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Hideur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5028349" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015402v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiping Yang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuan Fang Ren" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459070v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bescond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Yon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. -X. Ouf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roz&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coppalle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2016.08.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611221v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijia Yuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuanfang Ren" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2015.03.006" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612350v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Purwar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjie Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mincheng Tang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.033396" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612354v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lounnaci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Idlahcen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sedarsky" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Blaisot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2015011054" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067962v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Ouf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ferry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delhaye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612399v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengshan Liu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bescond" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Caumont-Prim" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.08.022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7KDVD423-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612431v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sedarsky" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.015778" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Girasole" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jouen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.10.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01621255v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berlemont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaisot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bouali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cousin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desjonqueres" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2013007525" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012216v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Ren" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Girasole" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-011-1220-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TRXCZFHS-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638335v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Ren" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Onofri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Roze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.36.000370" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabhi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Masion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dussouillez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Bottero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/5/04/P04002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8200543638A9E8C4FC29D1BE1651860C1DE8EACE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638338v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mees" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018710v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638347v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benjamaa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Meyzonnette" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavergne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2891310" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638350v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Calba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/josaa.25.001541" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00445072v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppsc.200700011" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8JHZTFS3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638359v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linghong Chen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Garo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. F. Cen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1631/jzus.2007.A1170" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DSZNK8XP-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453342v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Ilie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Kneip" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Mattei" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nichici" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638354v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ilie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Kneip" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mattei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2006.07.004" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7NH15HL8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453335v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infrared.2007.02.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-64V32HLG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mees" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2006.03.046" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5NW3CJX7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gr&#233;han" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hespel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(03)01415-9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9X6KCNL7-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638370v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gouesbet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Maheu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(02)01175-6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W1QWTDPG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632405v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Tafforin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1352-2310(01)00328-4" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R06WRVK5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638377v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0030-4018(01)01284-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VT1L6KHT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638376v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tonon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dinguirard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.40.003718" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596815v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouesbet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meunier-Guttin-Cluzel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/JNETDY.2001.022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686198v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Piche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zerbib" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cherbut" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Anini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633386v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ringuet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Meunier-Guttin-Cluzel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0735-1933(99)00033-0" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L81ZMFSL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638323v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavigne" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roblin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Outters" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Langlois" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.38.006237" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696284v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596856v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Sceller" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632397v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bultynck" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemeur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596846v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gr&#233;han" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Meur" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596848v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248276v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Letaief" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1995218" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/526C88FFBC9B80CD709AC3889ECF1D99A01291A6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638330v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Darrigo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.868713" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597329v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248040v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1994197" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/64F3D9FB8C93E32A534E51E357007B46F5A907EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112093001454" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A9DC6A29C775FDF82A5B27521F2CD55F4F837CEF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597348v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.47.1405" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597366v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maquet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.857651" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180172v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096645v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096648v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140924v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/ILASS2017.2017.4938" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014217v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelong Ma" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014240v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362773v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259333v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Lounnaci" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259344v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bescond" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Yon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roz&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Ouf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Coppalle" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682884v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014414v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. A. Onofri" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371879v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Menard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blaisot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675860v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371795v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371812v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675859v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675864v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franklin Liu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caumont" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675868v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675874v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414490v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M&#233;nard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berlemont" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01675901v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Talbaut" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682445v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hebert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014430v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682446v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682448v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682459v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019308v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sensorsportal.com" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>