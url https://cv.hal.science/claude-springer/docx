--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1938,173 +1938,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01540758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Et si la didactique des langues faisait fausse route ?</w:t>
+                <w:t xml:space="preserve">Évaluation des compétences en langues : peut-on dépasser les standards ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Springer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Defays Jean-Marc. </w:t>
+              <w:t xml:space="preserve">Watrelot Martine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20 ans de FLES - Faits et gestes de la didactique du Français Langue Étrangère et Seconde de 1995 à 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, E.M.E. Editions, 2015, 978-2-8066-3279-1</w:t>
+              <w:t xml:space="preserve">L'évaluation des compétences langagières : Un regard franco-allemand sur les défis et perspectives actuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Namur, 2015, 978-2-87037-879-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452265v1</w:t>
+                <w:t xml:space="preserve">hal-01480807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des compétences en langues : peut-on dépasser les standards ?</w:t>
+                <w:t xml:space="preserve">Et si la didactique des langues faisait fausse route ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Springer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Watrelot Martine. </w:t>
+              <w:t xml:space="preserve">Defays Jean-Marc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'évaluation des compétences langagières : Un regard franco-allemand sur les défis et perspectives actuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Namur, 2015, 978-2-87037-879-3</w:t>
+              <w:t xml:space="preserve">20 ans de FLES - Faits et gestes de la didactique du Français Langue Étrangère et Seconde de 1995 à 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, E.M.E. Editions, 2015, 978-2-8066-3279-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01480807v1</w:t>
+                <w:t xml:space="preserve">hal-01452265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards didactiques sur les technolectes : des langues de spécialité aux communautés professionnelles</w:t>
               </w:r>
@@ -2803,51 +2803,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342351v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Springer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342364v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24495/rjdf.17.1-2_15" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342993v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Longuet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.11030" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342355v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.1336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109234v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083389v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301628v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr.66.4.511" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816283v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540935v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709031v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464858v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462163v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462161v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376221v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377900v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00536045v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pakdel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248978v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Veronique" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edbh.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16683832" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215144v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294817v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114145v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540758v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/472830" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110477498-006" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452265v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480807v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01107501v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764354v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109428v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540738v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300903v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083399v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01083136v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342351v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Springer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342364v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24495/rjdf.17.1-2_15" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342993v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Longuet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.11030" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342355v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.1336" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300866v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109234v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083389v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301628v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr.66.4.511" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816283v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540935v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709031v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464858v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462163v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462161v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376221v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377900v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00536045v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Pakdel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248978v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Veronique" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edbh.fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.16683832" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215144v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294817v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114145v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540758v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/472830" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110477498-006" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480807v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452265v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01107501v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764354v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109428v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540738v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300903v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083399v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01083136v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>