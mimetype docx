--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -997,5240 +997,5240 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Correction to: Comparison between thick level set (TLS) and cohesive zone models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrés Parrilla Gómez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40323-017-0091-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">On the capability of the Thick Level Set (TLS) damage model to fit experimental data of size and shape effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Parrilla Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Fracture Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 184, pp.75-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2017.07.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.engfracmech.2017.07.014⟩</w:t>
+                <w:t xml:space="preserve">hal-01621484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On moving thick layer approach for graded damage modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, International Journal of Fracture, 202 (2), pp.195-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-016-0154-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On estimation of internal state by an optimal control approach for elastoplastic material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (2), pp.599-611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/dcdss.2016014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moving surfaces and interfaces : application to damage, fracture and wear contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIMS Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (3), pp.881-907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/matersci.2016.3.881⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01347874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antiplane shear field for a class of hyperelastic incompressible brittle material : analytical and numerical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mechanics of Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.395-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2140/jomms.2015.10.395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymptotic fields ahead a crack for a class of non linear materials under mode III</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanics of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 90, pp.102-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2015.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From damage to fracture, a modelization based on moving discontinuities and layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mechanics and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 784 (784), pp.325-333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.784.325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparaison between thick level-set and cohesive zone models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 4 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40323-017-0091-2⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 25 (1), pp.18-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40323-015-0041-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">On estimation of internal state by an optimal control approach for elastoplastic material</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some applications of optimal control to inverse problems in elastoplasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3934/dcdss.2016014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mechanics of Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.411-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2140/jomms.2015.10.411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling local and non local damage evolution with the thick level set model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (1), pp.16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40323-014-0016-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new model of damage: a moving thick layer approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, International Journal of Fracture, 202 (2), pp.195-205. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-016-0154-2⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 174 (1), pp.49-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-012-9693-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling radiation effects on the fracture process in simplified nuclear glass.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMS Materials Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Key Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 488-489, pp.154-157</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A level set based model for damage growth: The thick level set approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...19 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.784.325⟩</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 86 (3), pp.358-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nme.3069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01517313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of Stability and Bifurcation in Non linear Mechanics with Dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Modeling and Simulation in Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40323-015-0041-9⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (2), pp.332-366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e13020332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00560902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of empirical potentials for sodium borosilicate glass systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 357 (18), pp.3313-3321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2011.05.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On micro-macro transition in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3 (1), pp.296-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma3010296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00456089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermodynamical description of running discontinuties: application to friction and wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12, pp.1418-1439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e12061418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual approach in non-linear fracture mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 166, pp.135-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-010-9516-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Closed form solution for the finite anti-plane shear field for a class of hyperelastic incompressible brittle solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 338, pp.663-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2010.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual integrals in non linear fracture mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vietnam Journal of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 31 (3-4), pp.221-232</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyclic approximation of the heat equation in finite strains for the build-up problem of rubber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Le Chenadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mac Lan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Journal of Mechanics of Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 10 (3), pp.395-410. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, 4 (2), pp.309-318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Asymptotic fields ahead a crack for a class of non linear materials under mode III</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégrale duale en mécanique de la rupture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechmat.2015.04.005⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 336, pp.434-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2008.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Some applications of optimal control to inverse problems in elastoplasticity</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00266124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur le problème d'évolution de fissure en élastoplasticité : approches primale et duale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanics of Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2140/jomms.2015.10.411⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 336, pp.500-505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2008.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00282232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control approach in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40323-014-0016-2⟩</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 336, pp.238-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.11.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A new model of damage: a moving thick layer approach</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bifurcation of equilibrium solutions and defects nucleation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Fracture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 174 (1), pp.49-60. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-012-9693-3⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 147, pp.103-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10704-007-9147-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical approach to contact wear as application of moving discontinuities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Key Engineering Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archive of Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 77 (2-3), pp.165-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00419-006-0057-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propagation of a shock discontinuity in an elasto-plastic material: constitutive relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Lin Dequiedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archives of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 56,5, pp.391-410</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Moes</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An optimal approach to the analysis of inelastic structures under cyclic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/nme.3069⟩</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 51, pp.575-605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0022-5096(02)00104-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cormier</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Growth and cellular differentiation: a physical-biochemical conundrum? The example of the hand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent H Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habibou Maitournam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Steayert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ho Ba Tho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Hypotheses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 61, pp.45-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0306-9877(03)00102-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00111386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application du contrôle optimal à l'identification d'un chargement thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2011.05.024⟩</w:t>
+              <w:t xml:space="preserve">Revue Européenne des Éléments Finis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 11, pp.393-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/reef.11.393-404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00111352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche par contrôle optimal des structures élastoviscoplastiques sous chargement cyclique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 329, pp.643-648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1620-7742(01)01381-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Prandl's lifting equation arising in wear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Dragon-Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hui Duong Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archives of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 52 (4-5), pp.547-567</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Thermodynamical description of running discontinuties: application to friction and wear</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morphological Analysis and Variational Formulation in Heterogeneous Thermoelaticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Extracta Mathematicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 14, pp.205-216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche thermodynamique des phénomènes liés à l'usure de contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Dragon-Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10704-010-9516-3⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 327, pp.1275-1280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1287-4620(99)90001-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Closed form solution for the finite anti-plane shear field for a class of hyperelastic incompressible brittle solids</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche variationnelle du comportement des milieux hétèrogènes en thermoélasticité linéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2010.09.001⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 327, pp.185-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1287-4620(99)80054-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dual integrals in non linear fracture mechanics</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermomechanical Description of Moving Discontinuities: Application to Fracture and Wear</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vietnam Journal of Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 31 (3-4), pp.221-232</w:t>
+              <w:t xml:space="preserve">Technische Mechanik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 20(2), pp.173-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Ida Raoult</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morphologically representative pattern-based bounding in elasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...21 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 44 (3), pp.307-331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0022-5096(95)00083-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Intégrale duale en mécanique de la rupture.</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche énergétique de la propagation dynamique de discontinuités mécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 322, pp.525-532</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanical transformations and discontinuities along a moving surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 43 (1), pp.91-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0022-5096(94)00061-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sur le problème d'évolution de fissure en élastoplasticité : approches primale et duale</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional approach in non linear dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archives of Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 47 (3), pp.421-435</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-Consistent Approaches and Strain Heterogeneities in Two-Phase Elastoplastic Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bornert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...19 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2007.11.015⟩</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mechanics Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 47 (1), pp.12-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.3122824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Bifurcation of equilibrium solutions and defects nucleation</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur le problème d'évolution thermomécanique des solides à changement brutal de caractéristiques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 318, pp.1425-1428</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self consistent modelling of elastic-viscoplastic polycrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 318, pp.145-151</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean-Lin Dequiedt</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00092035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation spectrale en viscoélasticité linéaire des matériaux hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 56,5, pp.391-410</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 316, pp.1517-1522</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Michaël Peigney</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations entre grandeurs microscopiques et macroscopiques pour un solide avec changement de phase irréversible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 315, pp.255-260</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...134 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche variationnelle en poroélasticité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Dormieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 315, pp.407-412</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse morphologique et approches variationnelles du comportement d'un milieu élastique hétérogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 312, pp.143-150</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Michaël Peigney</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A propos de l'assemblage de sphères composites de Hashin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eveline Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Zaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 329, pp.643-648. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1991, 313, pp.857-862</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...66 lines deleted...]
-                <w:t xml:space="preserve">Hui Duong Bui</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur le problème d'évolution des solides avec changement de phase irréversible.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 52 (4-5), pp.547-567</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 313, pp.297-302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy methods in fracture mechanics: stability, bifurcation and second variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Son Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 14, pp.205-216</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Debruyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 9, pp.157-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Thermomechanical Description of Moving Discontinuities: Application to Fracture and Wear</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur la propagation d'une ligne de discontinuité et la fonction génératrice de choc pour un solide anélastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technische Mechanik</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 20(2), pp.173-181</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 308, pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marta Dragon-Louiset</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur une loi de propagation régularisante en rupture et endommagement fragile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Son Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 327, pp.1275-1280. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1989, 309, pp.1515-1520</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Approche variationnelle du comportement des milieux hétèrogènes en thermoélasticité linéaire</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur les équations de la dynamique des milieux continus. On general equations of dynamics in continuum mechanics with anelasticity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1999, 327, pp.185-192. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1988, 307, pp.1997-2000</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...53 lines deleted...]
-                <w:t xml:space="preserve">Michel Bornert</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur le problème en vitesses de propagation de fissure et de déplacement en rupture fragile ou ductile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Son Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1985, 301, pp.661-664</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur la méthode de développement asymptotique en flambage plastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Son Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 322, pp.525-532</w:t>
+              <w:t xml:space="preserve">, 1985, 300, pp.235-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse du comportement et formulation du problème en vitesse pour un solide thermoélastique fragile avec zone endommagée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1984, 299, pp.491-494</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Functional approach in non linear dynamics</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des milieux à configuration physique et application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 47 (3), pp.421-435</w:t>
+              <w:t xml:space="preserve">Comptes Rendus de l'Academie des Sciences Serie II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1984, 299, pp.1153-1156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...1359 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00091701v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00091699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre grandeurs microscopiques et macroscopiques pour un solide anéalstique ayant des zones endommagées</w:t>
               </w:r>
@@ -6734,280 +6734,1049 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effet de l'inertie sur le flambement d'une poutre sous un chargement axial dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Alaoui-Tahiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Corus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03717609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modélisation d'un tube par élément fini de type poutre enrichi permettant l'ovalisation de la section</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri Pascal-Abdellaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Galon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Galon</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+                <w:t xml:space="preserve">hal-03717649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse des effets de taille : Comparaison entre le modèle TLS (Thick Level Set) et le Critère Couplé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihed Zghal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centrale Nantes; Université de Nantes; ENSAM Angers; Ecole Navale de Brest; Université de La Rochelle, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Amine Alaoui-Tahiri</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A polynomial expansion based model for evaluating wear of thin surface coatings in fea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tauno Tiirats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WCCM 2020 - 14th World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Paris (virtual event), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Analyse des effets de taille : Comparaison entre le modèle TLS (Thick Level Set) et le Critère Couplé</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progressive damage and quasibrittle solids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nunziante Valoroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIMETA XXIV Congresso asosiazione italina de Meccanica Teoria e applicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, ROME, Italy. pp.408, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-41057-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invariant integrals and asymptotic fields of a planar crack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fracture in solid mechanics :mathematical and physical aspects, Scientific Symposium in Honor of J-B. Leblond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de la méthode G−θ en 3D : cas des fissures planes à front droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Cren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thin layer approach model based on polynomial expansion for coated bodies in contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tauno Tiirats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIth International Conference on Computational Contact Mechanics ICCCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Hanover, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Only thickness is essential in the Thick Level Set approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nunziante Valoroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 6th edition of International Conference on Computational Modeling of Fracture and Failure of Materials and Structures (CFRAC-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Braunschweig, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liaisons convexes et endommagement à variation graduée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nunziante Valoroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSMA 2019, 14ème Colloque National en Calcul des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens (Var), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of the failure of quasi-brittle specimen with defects using the TLS damage model: Scale effect analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihed Zghal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
@@ -7025,97 +7794,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centrale Nantes; Université de Nantes; ENSAM Angers; Ecole Navale de Brest; Université de La Rochelle, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">ICMM6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lund, Sweden. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A polynomial expansion based model for evaluating wear of thin surface coatings in fea</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégrale J et champs asymptotiques le long d'une fissure plane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Cren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Giens (Var), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode G−θ en 3D : interpolation des facteurs d'intensité de contraintes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Cren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thin layer model based on polynomial expansion for coated bodies in contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tauno Tiirats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
@@ -7146,9927 +8105,8968 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Marouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCCM 2020 - 14th World Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Paris (virtual event), France</w:t>
+              <w:t xml:space="preserve">ICCCM 2019 - VI. International Conference on Computational Contact Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Hanover, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Progressive damage and quasibrittle solids</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control approach to simulating wear under cyclic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CMIS2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Biella, Sanctuary Oropa, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of stability and bifurcation in non-linear mechanics with dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th European Solid Mechanics Conference (ESMC2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bigoni, Davide, Jul 2018, Bologne, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On bounding global behaviour for composite with imperfect interface between phases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Micromechanics Euromech 601, Micromechanics of defects in crystalline solids and metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ariza Pilar, Jun 2018, Seville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvements in the accuracy of the theta-method for the computation of the stress intensity factor in 3d.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Cren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WCCM3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, New-York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraint regularization of a non-smooth damage model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nunziante Valoroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIMETA XXIV Congresso asosiazione italina de Meccanica Teoria e applicata</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th European Solid Mechanics Conference ( ESMC2018 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Davide Bigoni, Jul 2018, BOLOGNA, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On some approaches of graded damage modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens, France</w:t>
+              <w:t xml:space="preserve">CFRAC2017, International Conference on Computation Fracture and Failure of Materials and Structures.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, N. Moës, Jun 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Invariant integrals and asymptotic fields of a planar crack</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une nouvelle approche de l'endommagement gradué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fracture in solid mechanics :mathematical and physical aspects, Scientific Symposium in Honor of J-B. Leblond</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nunziante Valoroso</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01899332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the failure at notches in quasi-brittle media using the TLS damage model and comparison with the coupled criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihed Zghal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Braunschweig, Germany</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFRAC2017, International Conference on Computation Fracture and Failure of Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, N. Moës, Jun 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New approaches of graded damage modelling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CSMA 2019, 14ème Colloque National en Calcul des Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens (Var), France</w:t>
+              <w:t xml:space="preserve">ISDMM17 Internationl Symposium on defects and Materials Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A. Danescu, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Tauno Tiirats</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles approches de l'endommagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque en l'honneur d'André Dragon </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Caroline Nadot; Hervé Trumel; Patrice Longère; Damien Halm, Sep 2017, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations of domains and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International des théories variationnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gery de Saxcé, Jul 2015, Seignosse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passage du modèle d'endommagement Thick Level Set au modèle de zone cohésive et vice versa : cas unidimensionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01517311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réponse d'un matériau hyperélastique fragile : comparaison approches analytiques et numériques en mode anti-plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrès Parilla Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01517303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of the TLS damage approach with cohesive zone and gradient theory.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISDMM15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, R. Kienzler, Sep 2015, BREMEN, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From damage to fracture, a modelisation based on moving layers and discontinuities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laboratoire Lagrange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Z. Moumni, M. Frémond, F. Maceri, ENSTA Paris-tech, Sep 2015, Palaiseau, France. pp.325-333, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.784.325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From damage to fracture, a modelization based on moving layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDM2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Saanouni, Jul 2015, TROYES, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01313251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TLS approach for damage mechanics under anti-plane shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SMDS-2014, IUTAM Symposium on micro-mechanics of defects in solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Seville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Closed form solution for finite anti-plane shear field for a class of hyper elastic incompressible brittle solid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SMDS-2014, IUTAM Symposium on micro-mechanics of defects in solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, M. P. Ariza, Jun 2014, Seville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of laser treatment of surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emericka Julan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Taheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PVP 2014, Pressure vessel and pipping division conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASME, Jun 2014, Philadelphie, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling local and non-local damage evolutions with thick level set model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IACM-2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moving discontinuities and layers : an unified approach from damage to fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multi-physics modeling of solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Z. Moumni, ENSTA Paristech, Oct 2014, Palaiseau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Problèmes inverses en élasto-plasticité et contrôle optimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque mécanique théorique et appliquée en l'honneur de A. Cimetière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joint computational and analytical approach to characterize self similar propagation with thick level set damage model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IACM-204</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The thick level-set model for damage growth and transition to fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Hanover, Germany</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISDMM13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Endommagement diffus et approche par level-set épaisse (TLS) de la transition endommagement rupture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lund, Sweden. pp.1-1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Salzman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e colloque en calcul des structures CSMA-2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability and bifurcation of damage evolution described by thick level-set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Parrilla-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Giens (Var), France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISDMM13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Le Cren</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation du traitement de surface par choc laser en présence d'un état initial de contraintes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emricka Julan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Taheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Peyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSMA-2013, 11ème colloque en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Tauno Tiirats</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01722087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations of domain and integral equation : application to wear.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISDMM13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The thick level-set method of non local damage model allowing automatic crack placement inside localization zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Salzman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFRAC-2013 - Third International Conference on Computational Modeling of Fracture and Failure of Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Running discontinuities and moving layers : application to friction and wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Euromech 514, New trends in contact problems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Cargèse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inverse problems and optimal control in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PICOF 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Handling localization in damage models with thick level set approach (TLS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...21 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESDA 2012 - ASME 2012 11th Biennial Conference on Engineering Systems Design and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.82711, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/ESDA2012-82711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Analysis of stability and bifurcation in non-linear mechanics with dissipation</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the rate boundary value problem for damage modelization by thick level-set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Bigoni, Davide, Jul 2018, Bologne, Italy</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACOME 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, HO-CHI-MINH, Vietnam. pp.205-220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avoiding spurious damage localization with a new non-local damage model: the thick level-set approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Biella, Sanctuary Oropa, Italy</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloquium on Advances in Computational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Caltech, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage approaches by thick level-set : analytical solutions and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, New-York, United States</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Symposium on Defect and Material Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage growth as an interface problem the thick level set approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromechanics Euromech 601, Micromechanics of defects in crystalline solids and metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ariza Pilar, Jun 2018, Seville, Spain</w:t>
+              <w:t xml:space="preserve">COMPDYN 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Corfou, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nunziante Valoroso</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation by classical molecular dynamics of the influence of radiation effects on the fracture behaviour of simplified nuclear glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Solid Mechanics Conference ( ESMC2018 )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Davide Bigoni, Jul 2018, BOLOGNA, Italy</w:t>
+              <w:t xml:space="preserve">XXXV International Symposium scientific basis for nuclear waste management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Buenos aires, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement des potentiels empiriques pour les systèmes SiO2 B203 Na20</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFRAC2017, International Conference on Computation Fracture and Failure of Materials and Structures.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, N. Moës, Jun 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">Simulation des matériaux désordonnés IV SiMaDesIV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling radiation effects on the fracture process in simplified nuclear glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">10th International conference on fracture and damage mechanics FDM10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Dubrovnik, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Moës</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of simplified nuclear glass fracture by molecular dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, N. Moës, Jun 2017, Nantes, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International workshop on flow and fracture of advanced glasses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">New approaches of graded damage modelling.</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèles d'endommagement par level-set épaisse : solutions analytiques et simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, A. Danescu, Jun 2017, Lyon, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Émile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Giens, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00592732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulations des verres nucléaires simplifiés par dynamique moléculaire : de l'ajustement des potentiels à la fracturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le-Hai Kieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque en l'honneur d'André Dragon </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Caroline Nadot; Hervé Trumel; Patrice Longère; Damien Halm, Sep 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journées de simulation numérique 14ème édition (JSNUM14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thick level set approach to model evolving damage and transition to fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Gery de Saxcé, Jul 2015, Seignosse, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCM 2010 - The 4th European Conference on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECCOMAS; AFM/CSMA, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01154912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical analysis of wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCM2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A level set approach for brittle damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCM 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">From damage to fracture, a modelisation based on moving layers and discontinuities</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical approach of contact wear and friction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laboratoire Lagrange</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">On micro macro aspects of rupture : the Leon Keer session</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Symi, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Comparison of the TLS damage approach with cohesive zone and gradient theory.</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00519573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual integrals in non linear fracture mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDMM15</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, R. Kienzler, Sep 2015, BREMEN, France</w:t>
+              <w:t xml:space="preserve">Fracture of materials and structures from micro to macro scale ECF18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Réponse d'un matériau hyperélastique fragile : comparaison approches analytiques et numériques en mode anti-plan</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical approach of moving discontinuities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37th solids mechanics conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Warsawa, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">From damage to fracture, a modelization based on moving layers</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical approach of moving discontinuties : application to wear and friction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICDM2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Saanouni, Jul 2015, TROYES, France</w:t>
+              <w:t xml:space="preserve">Solids mechanics conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Closed form solution for finite anti-plane shear field for a class of hyper elastic incompressible brittle solid</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamic analysis of wear</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMDS-2014, IUTAM Symposium on micro-mechanics of defects in solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, M. P. Ariza, Jun 2014, Seville, Spain</w:t>
+              <w:t xml:space="preserve">ECCM2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00489858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bifurcation analysis and defects nucleation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel Lagrange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Maratea, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control approach in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fatigue Design 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Senlis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00418460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approches primale et duale en rupture non linéaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2009, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01418194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual approach in fracture mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Symposium on defect and material mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Trento, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thick level-set approach to damage mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Seville, Spain</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Symposium on defect and material mechancis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Trento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche par contrôle optimal de la plasticité cyclique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, ASME, Jun 2014, Philadelphie, United States</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Fatigue LMS08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Coupling local and non-local damage evolutions with thick level set model.</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved extended finite element method to handle changes in crack growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chevaugeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IACM-2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">12th international Conference on Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A novel approach to the heat build up problem of rubber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Le Chenadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Z. Moumni, ENSTA Paristech, Oct 2014, Palaiseau, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mac Lan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCMR 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France. pp.345-350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Problèmes inverses en élasto-plasticité et contrôle optimal</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00157973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micro-macro characterization and modelling of human cortical bone : structural anisotropy versus material anisotropy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Ho Ba Tho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vanleene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.F. Bensamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering, (CMBBE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00308696v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bifurcation of equilibrium solutions and defects nucleation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque mécanique théorique et appliquée en l'honneur de A. Cimetière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">ISDMM07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, AUSSOIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control approach in non-linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Barcelone, Spain</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréï Constantinescu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque annuel Lagrange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyclic approximation of the heat equation in finite strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Le Chenadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on thermomechanical modeling of solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermodynamical approach of contact wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Giens, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Friction - a Short-Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Valpré, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00155375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some inverse problems in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDMM13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Symposium on problems in solids mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Symi, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Emricka Julan</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elastomères sous chargement cyclique et durée de vie en fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DEPOS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, OBERNAI, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A minimization approach for simulating wear under cyclic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISDMM13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, C. Stolz, Jul 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Symposium on problems in solids mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Symi, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thermodynamical description of wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Prague, Czech Republic</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on the mechanics of materials forces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Symi, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale characterization and modelling of human cortical bone.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Ho Ba Tho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Cargèse, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vanleene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bensamoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Treutenaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Material Research Society - Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00019363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontière mobile en transformations finies: analyse thermodynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PICOF 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">7e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2005, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling's tyre's wear : a local approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...34 lines deleted...]
-            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCMR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Stokholm, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A constitutive model for the fatigue life prediction of rubber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, HO-CHI-MINH, Vietnam. pp.205-220</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCMR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Paul Emile Bernard</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèles de comportement stabilisé anisotrope pour les élastomères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Caltech, United States</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mac Lan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Français de mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Damage approaches by thick level-set : analytical solutions and simulations</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00154146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal control and inverse problem in non linear mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Seville, Spain</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">University of Cambridge, DAMPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2004, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification du chargement thermique transitoire par contrôle optimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXV International Symposium scientific basis for nuclear waste management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Buenos aires, Argentina</w:t>
+              <w:t xml:space="preserve">Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Giens, France. pp.185-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitutive modelling in plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Simulation des matériaux désordonnés IV SiMaDesIV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">Optimal design Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État thermodynamique d'un solide après passage d'une onde de choc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Dubrovnik, Russia</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Lin Dequiedt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plasticité 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...73 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability and bifurcation with moving discontinuities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...12 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel-Marie Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanics of material forces (EUROMECH 445)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Kaiserslautern, Germany. pp.261-268, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/0-387-26261-X_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation du comportement dynamique d'une courroie de distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International workshop on flow and fracture of advanced glasses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">Colloque National en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, France. pp.189-196 (tome 2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tenue en service des structures en caoutchouc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ida Raoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Giens, France. pp.1-8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque National en Calcul des Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Giens, France. pp.397-404 (tome 1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Delaye</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation des effets de chocs sur le cuivre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Dequiedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MECAMAT, Aussois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de systèmes avec surfaces de discontinuités mobiles sous chargement thermomécanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVeme Congrès Francais de Mécanique (Actes sur CD-ROM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moving discontinuities : applications to fracture and wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First CSMA-GIMC joint Workshop on Modern Issues in Modelling and Computation of Damage and Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude du comportement asymptotique de structures élastoviscoplastiques sous chargement cyclique : utilisation du contrôle optimal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Peigney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001, pp.327-334</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la tenue de substrats en Ti6Al4V revêtus de dépôts de tungstène PVD en fonction de leurs épaisseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Sainte Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mecamat 2000 - frottement, surface, contact (Aussois)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermodynamical description of moving discontinuities : applications to fracture and wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conferences on Advanced Material and Structures, Zenon Mroz Anniversary, IPPT Varsovie, Pologne (sur invitation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Poland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of hard particle impact on a TI-6Al-4V substrate coated by a tungsten film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Sainte Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Euromech Solids Mechanics Conference (Metz)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling of the thermomechanical behaviour of a 7xxx aluminum alloy in welding conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Paris, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Petitpas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Euromech Solids Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A thermodynamical analysis of wear</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On global behaviour of heterogeneous media with mechanical transformation along moving surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damage mechanism of Ti6AL4V substrats coated by tungsten based PVD layers under single particles impact loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Sainte Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jomeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermodynamical description of moving discontinuities : application to fracture and wear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2000, pp.1463-1468</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moving discontinuities : application to fracture and damage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCM2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Microstructure and defects,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1999, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Moes</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moving discontinuities application to fracture and damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institut Newton, Cambridge, G.B. (sur invitation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An energetical approach of wear based on moving mechanical discontinuities description</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third International seminar on microstructure, geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00114492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lois de comportement viscoplastiques anisothermes pour calculs cycliques sur structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Charkaluk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loick Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Constantinescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lederer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, ECCOMAS; AFM/CSMA, May 2010, Paris, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18es journées sur le dimensionnement des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Paris, France. pp.575-580</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An energetical appoach of wear based on moving mechanical discontinuities description</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third International seminar on microstructure, geometry, Mannheim, RFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude d'impact de substrat TI6Al4V revêtu de dépôt PVD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Sainte Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du 14eme Congrès Français de Mécanique (cd-rom)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micro-macro transition in non linear mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Continuum Mechanics and Discrete system 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A thermodynamical approach of contact wear and friction</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00118584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">General relationships between micro and macro mechanical quantities in non linear mechanics and geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On micro macro aspects of rupture : the Leon Keer session</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Symi, Greece</w:t>
+              <w:t xml:space="preserve">Unknown</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Dual integrals in non linear fracture mechanics</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On global behaviour of heterogeneous media with mechanical transformation along a moving surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fracture of materials and structures from micro to macro scale ECF18</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">ASME/ASCE/SES Summer Meeting, Northwestern University (Mc Nu'97)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Evanston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Warsawa, Poland</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">General relationships between microscopic and macroscopic scales for heterogeneous media with moving discontinuities.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997, pp.477-483</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controle optimal appliqué à des problèmes inverses en plasticité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997, pp.213-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Warsaw, Poland</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations générales entre grandeurs microscopiques et macroscopiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Annuel MECAMAT, Aussois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2009, Giens, France</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00117951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermomechanical approach of running discontinuities.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1996, pp.251-255</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Senlis, France</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some aspect of stability and bifurcation with moving discontinuities.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. M. Pradeilles-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME AMD/MD John Hopkins, Symposium on Instability in Solids and Structures, Baltimore (USA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...4381 lines deleted...]
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00117952v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-00116430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional approach in non linear mechanics</w:t>
               </w:r>
@@ -17673,151 +17673,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00519568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dimensionnement des structures élastomères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ecole Nationale des techniques avancées, pp.80, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00155205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Stabilité des matériaux et des structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecole Centrale Nantes, pp.80, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00155204v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00155205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energetical approach in non-linear mechanics Lecture Notes 11</w:t>
               </w:r>
@@ -18508,182 +18508,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">General Relationships between Micro and Macro Scales for the Non-linear Behaviour of Heterogeneous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Stolz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">John Gittus; Joseph Zarka. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modelling Small Deformations of Polycrystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.89-115, 1986, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-94-009-4181-6_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00112500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Analyse du problème en vitesse en transformation finie élastoplastique et algorithme de résolution numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Stolz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. Bathias, J. Masounave, F. Hamel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouveaux matériaux métalliques et nouveaux procédés de fabrication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Conseil National Recherche Canada, 1986</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325697v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-00112500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the constitutive law of polycrystal and analysis of the rate boundary value problem in finite plasticity</w:t>
               </w:r>
@@ -18911,51 +18911,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Stolz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157179v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pascal-Abdellaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107083" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824708v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunziante Valoroso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6947" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084133v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-021-00552-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325627v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111107" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauno Tiirats" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevaugeon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Marouf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103420" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956646v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2424913018400106" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956637v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1081286518810068" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Zghal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Moreau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mo&#235;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-018-0287-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621484v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Parrilla G&#243;mez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2017.07.014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284752v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-017-0091-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313217v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2016014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-016-0154-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347874v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/matersci.2016.3.881" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154943v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.784.325" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191684v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Parrilla-Gomez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-015-0041-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191674v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/jomms.2015.10.395" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154947v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2015.04.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191680v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/jomms.2015.10.411" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154910v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-014-0016-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004913v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-012-9693-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4C152007-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641832v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le-Hai Kieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delaye" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560902v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e13020332" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517313v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Emile Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.3069" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640118v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cormier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2011.05.024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2H79ZF73-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456089v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma3010296" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489807v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e12061418" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489831v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-010-9516-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8DXC6273-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489861v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2010.09.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W4VN76K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381412v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Le Chenadec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Raoult" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mac Lan Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266124v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2008.02.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HFJGZ7F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282232v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2008.03.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CLBSNS1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154123v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.11.015" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154127v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-007-9147-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XKJG93L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00419-006-0057-1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092799v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lin Dequiedt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092214v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Peigney" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-5096(02)00104-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWZN74FT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111386v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H Schwartz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibou Maitournam" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stolz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Steayert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ho Ba Tho" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-9877(03)00102-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111352v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delattre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ivaldi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.11.393-404" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092199v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1620-7742(01)01381-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PRKCRGNJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092183v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Dragon-Louiset" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Duong Bui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092165v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092179v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092158v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1287-4620(99)90001-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B0X61VJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092150v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1287-4620(99)80054-4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PWVFLS2K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487035v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-5096(95)00083-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CX85JB2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092147v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles-Duval" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092042v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-5096(94)00061-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ5FLBHM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092142v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154968v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herv&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3122824" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092035v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rougier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091996v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091973v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091993v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091962v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091970v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091965v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091956v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Son Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debruyne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091942v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091948v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091938v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091704v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091707v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091701v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091699v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091696v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Duong Bui" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Dang Van" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091356v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091355v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174988v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174981v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174996v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717649v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Pascal-Abdellaoui" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Daude" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717609v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alaoui-Tahiri" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Corus" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764617v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504619v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388273v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-41057-5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266882v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Cren" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266887v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266886v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266884v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266890v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926405v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266883v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Cren" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388285v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956672v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956678v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956664v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956675v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956668v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640725v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899332v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640729v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640724v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640835v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313247v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517311v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421462v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313257v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517303v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Parilla Gomez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313251v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154935v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154936v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154958v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emericka Julan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taheri" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gilles" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154938v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154942v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154937v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154939v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154931v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154952v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Salzman" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154932v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722087v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emricka Julan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Taheri" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peyre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154933v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154927v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154915v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154917v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154920v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82711" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725635v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154914v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641838v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641839v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641845v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641841v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641836v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641843v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592732v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-&#201;mile Bernard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641846v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641834v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154912v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489857v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519573v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489843v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641833v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489858v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489863v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418194v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418460v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381961v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381956v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007816v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381970v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381968v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157973v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Le Chenadec" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac Lan Nguyen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charrier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308696v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Ho Ba Tho" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vanleene" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Bensamoun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154138v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381978v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#239; Constantinescu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154140v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155375v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118595v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114251v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154150v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118593v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019363v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bensamoun" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Treutenaere" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812985v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles Duval" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154149v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delattre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154146v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bourgeois" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Thomas" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154148v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118592v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118591v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116365v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117684v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116370v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourgeois" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Thomas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114244v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-26261-X_26" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-379BQQRC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116383v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117709v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Dequiedt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117726v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114477v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116167v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117772v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Graff" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Pradeilles Duval" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Sainte Catherine" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117783v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubert" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Archambault" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petitpas" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117784v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117808v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117777v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Pradeilles-Duval" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117779v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Sainte Catherine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jomeaux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116128v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118597v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114492v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117865v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116547v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Verger" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lederer" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117864v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117825v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118584v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117917v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116491v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116487v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116444v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117951v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117952v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116430v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118581v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885383v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01586961v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Elettro" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zaoui" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885386v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885382v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495501v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51920-8" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519568v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155204v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155205v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112711v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175016v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640667v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fremond" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-379-48884-4" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092808v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-012443341-0/50077-6" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112293v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-08-043152-6/00436-8" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112501v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-46946-4_31" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112492v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-2672-1_3" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325707v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325697v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112500v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-009-4181-6_4" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325688v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Stolz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157179v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pascal-Abdellaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daude" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2023.107083" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824708v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nunziante Valoroso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6947" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084133v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-021-00552-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325627v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2021.111107" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tauno Tiirats" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevaugeon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Marouf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2020.103420" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956646v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S2424913018400106" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956637v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1081286518810068" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885347v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihed Zghal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Moreau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mo&#235;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Leguillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-018-0287-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284752v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Parrilla G&#243;mez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-017-0091-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621484v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2017.07.014" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640721v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-016-0154-2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313217v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2016014" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347874v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/matersci.2016.3.881" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191674v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Parrilla-Gomez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/jomms.2015.10.395" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154947v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2015.04.005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154943v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.784.325" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191684v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-015-0041-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191680v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/jomms.2015.10.411" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154910v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-014-0016-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004913v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-012-9693-3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4C152007-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641832v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le-Hai Kieu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Delaye" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517313v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Emile Bernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.3069" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560902v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e13020332" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640118v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cormier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2011.05.024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2H79ZF73-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456089v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma3010296" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489807v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e12061418" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489831v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-010-9516-3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8DXC6273-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489861v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2010.09.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9W4VN76K-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381412v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Le Chenadec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Raoult" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mac Lan Nguyen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266124v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2008.02.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HFJGZ7F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282232v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2008.03.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4CLBSNS1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154123v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2007.11.015" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154127v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10704-007-9147-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XKJG93L-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091378v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00419-006-0057-1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092799v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lin Dequiedt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092214v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Peigney" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0022-5096(02)00104-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LWZN74FT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111386v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H Schwartz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habibou Maitournam" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stolz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Steayert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ho Ba Tho" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0306-9877(03)00102-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111352v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Delattre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ivaldi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.11.393-404" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092199v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1620-7742(01)01381-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PRKCRGNJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092183v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Dragon-Louiset" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Duong Bui" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092165v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092158v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1287-4620(99)90001-7" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B0X61VJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092150v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1287-4620(99)80054-4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PWVFLS2K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092179v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487035v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bornert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Zaoui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-5096(95)00083-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CX85JB2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092147v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles-Duval" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092042v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-5096(94)00061-9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ5FLBHM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092142v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154968v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eveline Herv&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3122824" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092036v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092035v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rougier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091996v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091973v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091993v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091962v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091970v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091965v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091956v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Son Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debruyne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091942v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091948v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091938v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091707v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091704v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091699v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091701v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091696v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy Duong Bui" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Dang Van" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091356v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091355v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174988v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174981v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174996v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717609v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Alaoui-Tahiri" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Corus" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Badel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717649v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Pascal-Abdellaoui" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Daude" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lafon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764617v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504619v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388273v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-41057-5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266887v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266882v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Cren" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266890v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266886v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266884v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926405v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266883v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824542v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Cren" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388285v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956678v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956672v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956675v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956664v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956668v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640725v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899332v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640729v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640724v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640835v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313247v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517311v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517303v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Parilla Gomez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313257v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421462v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313251v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154936v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154935v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154958v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emericka Julan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Taheri" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gilles" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154938v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154942v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154937v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154939v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154931v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154952v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Salzman" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154932v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722087v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emricka Julan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Taheri" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Peyre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154933v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154927v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154915v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154917v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154920v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ESDA2012-82711" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725635v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154914v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641838v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641836v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641839v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641845v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641841v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641843v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592732v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-&#201;mile Bernard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641846v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01154912v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641834v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489857v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519573v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489843v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641833v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489863v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489858v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381961v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418460v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418194v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381956v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007816v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381970v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381968v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00157973v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Le Chenadec" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mac Lan Nguyen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charrier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308696v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Ho Ba Tho" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vanleene" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.F. Bensamoun" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154138v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381978v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#239; Constantinescu" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154140v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155375v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118595v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114251v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154150v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118593v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019363v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bensamoun" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Treutenaere" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812985v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel-Marie Pradeilles Duval" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154149v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delattre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154148v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bourgeois" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154146v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Thomas" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118592v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116365v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Constantinescu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118591v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117684v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114244v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-387-26261-X_26" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-379BQQRC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116370v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourgeois" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Thomas" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116383v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117709v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Dequiedt" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117726v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114477v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116167v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117772v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Graff" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Pradeilles Duval" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Sainte Catherine" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117808v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117784v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117783v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubert" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Archambault" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petitpas" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117777v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Pradeilles-Duval" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117779v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Sainte Catherine" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jomeaux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116128v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118597v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117865v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114492v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116547v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Verger" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lederer" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117864v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117825v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118584v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116491v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117917v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116487v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116444v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourgeois" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117951v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116430v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117952v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118581v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885383v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01586961v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Elettro" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Zaoui" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885386v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885382v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495501v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51920-8" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00519568v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155205v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155204v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112711v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175016v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640667v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fremond" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-379-48884-4" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092808v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-012443341-0/50077-6" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112293v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-08-043152-6/00436-8" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112501v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/0-306-46946-4_31" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112492v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7091-2672-1_3" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325707v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112500v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-009-4181-6_4" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325697v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325688v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>