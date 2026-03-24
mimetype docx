--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -718,550 +718,550 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study and optimization of formulation parameters during freeze–drying cycles of model probiotic: Morphology characterization of lyophilisates by scanning electron microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">State diagram of whole milk for freeze-drying application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadwa Alla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Verlhac</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Claudia Cogné</w:t>
+                <w:t xml:space="preserve">Émilie Gagnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Agusti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Perez Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2023.2213314⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 622, pp.127349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2023.127349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04123635v1</w:t>
+                <w:t xml:space="preserve">hal-04212721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental studies from shake flasks to 3 L stirred tank bioreactor of nutrients and oxygen supply conditions to improve the growth of the avian cell line DuckCelt®-T17</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eyad Al Mouazen</w:t>
+                <w:t xml:space="preserve">The phase field method—From fundamentals to practical applications in crystal growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Galfré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Couenne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13036-023-00349-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 620, pp.127334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2023.127334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04134906v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State diagram of whole milk for freeze-drying application</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anouar Rich</w:t>
+                <w:t xml:space="preserve">Study and optimization of formulation parameters during freeze–drying cycles of model probiotic: Morphology characterization of lyophilisates by scanning electron microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Degobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Agusti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2023.127349⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2023.2213314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04212721v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The phase field method—From fundamentals to practical applications in crystal growth</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
+                <w:t xml:space="preserve">Experimental studies from shake flasks to 3 L stirred tank bioreactor of nutrients and oxygen supply conditions to improve the growth of the avian cell line DuckCelt®-T17</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Tingaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyad Al Mouazen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Alexandrine Bolzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 620, pp.127334. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (1), pp.31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2023.127334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13036-023-00349-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04259425v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical tool to predict powder behaviour for pharmaceutical handling and processing</w:t>
               </w:r>
@@ -1358,291 +1358,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study and optimization of freeze-drying cycles of a model Casei type probiotic bacteria</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phase Transformations of Liquid Drops Containing Mineral Dust and Organic Compound (Citric Acid)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Vessot-Crastes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ghania Degobert</w:t>
+                <w:t xml:space="preserve">Clément Chatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Emmelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Urbaniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cgo George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2019.1683859⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (8), pp.4619-4624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b00506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02382508v1</w:t>
+                <w:t xml:space="preserve">hal-02270663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Transformations of Liquid Drops Containing Mineral Dust and Organic Compound (Citric Acid)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Corinne Emmelin</w:t>
+                <w:t xml:space="preserve">Experimental study and optimization of freeze-drying cycles of a model Casei type probiotic bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Urbaniak</w:t>
+                <w:t xml:space="preserve">Séverine Vessot-Crastes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Degobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Cgo George</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 19 (8), pp.4619-4624. </w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b00506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2019.1683859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02270663v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Desalination by cooling and freezing of seawater and groundwater: thermodynamic aspect of the liquid-solid equilibrium</w:t>
               </w:r>
@@ -2013,103 +2013,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic Properties and Water States in Ternary PVP/Lactose/Water Frozen Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Vessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Degobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 63 (11), pp.4166-4175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2137,468 +2137,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02059579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical model of ice nucleation induced by acoustic cavitation. Part 1: Pressure and temperature profiles around a single bubble</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Determination of the Solid–Liquid Phase Diagram of the Binary System Propionic Acid/Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.05.038⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 61 (2), pp.806 - 812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jced.5b00632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01620295v1</w:t>
+                <w:t xml:space="preserve">hal-01904688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical model of ice nucleation induced by inertial acoustic cavitation. Part 2: Number of ice nuclei generated by a single bubble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Labouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Peczalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 28, p. 185-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01620296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Solid–Liquid Phase Diagram of the Binary System Propionic Acid/Water</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Theoretical model of ice nucleation induced by acoustic cavitation. Part 1: Pressure and temperature profiles around a single bubble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Labouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Peczalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Louisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 61 (2), pp.806 - 812. </w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29, pp.447-454. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jced.5b00632⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.05.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01904688v1</w:t>
+                <w:t xml:space="preserve">hal-01620295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of the acoustic and bubble fields in insonified freeze-drying vials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Labouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Montes Quiroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3454,428 +3454,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01270892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental data and modelling of thermal properties of ice creams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of ice cream structure by direct optical microscopy. Influence of freezing parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Nocquet</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rivoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 36 (8), pp.743 - 749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0023-6438(03)00094-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0260-8774(02)00396-5⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01887350v1</w:t>
+                <w:t xml:space="preserve">hal-01887354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Data and Modelling of Ice Cream Freezing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Laurent</w:t>
+                <w:t xml:space="preserve">J. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 81 (9), pp.1129 - 1135. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1205/026387603770866281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of ice cream structure by direct optical microscopy. Influence of freezing parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental data and modelling of thermal properties of ice creams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Caillet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alain Rivoire</w:t>
+                <w:t xml:space="preserve">Jacques Nocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 36 (8), pp.743 - 749. </w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 58 (4), pp.331 - 341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0023-6438(03)00094-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0260-8774(02)00396-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01887354v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3893,90 +3893,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization and freezing processes assisted by power ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Espitalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Labouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Peczalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4044,51 +4044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization and freezing processes assisted by power ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4096,51 +4096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Peczalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Extrait de : Power ultrasonics (chap. 28) / sous la dir. de J.A. GALLEGO-JUAREZ et K.F. GRAFF </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, p.845-874, 2015, Woodhead publishing series in electronic and optical materials ; 66 978-1-78242-028-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4294,277 +4294,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation en champ de phase de la cristallisation d’une solution eau-chlorure de sodium pour la désalinisation de l’eau de mer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous mRNA-loaded lipid nanoparticles (LNP-mRNA) preparation at large scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Hourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Lebaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Ripoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Peral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Gahfif</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Claudia Cogné</w:t>
+                <w:t xml:space="preserve">Fethi Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cristal 11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">15th European Congress of Chemical Engineering (ECCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05519037v1</w:t>
+                <w:t xml:space="preserve">hal-05253367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous mRNA-loaded lipid nanoparticles (LNP-mRNA) preparation at large scale</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florent Peral</w:t>
+                <w:t xml:space="preserve">Modélisation en champ de phase de la cristallisation d’une solution eau-chlorure de sodium pour la désalinisation de l’eau de mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Gahfif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fethi Bensaid</w:t>
+                <w:t xml:space="preserve">Gilles Demange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Couenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Congress of Chemical Engineering (ECCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Cristal 11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05253367v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric Study of the Coupling of Cryo-concentration and Freeze-drying for Milk Powder</w:t>
               </w:r>
@@ -4777,243 +4777,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congélation d'eau à partir d'une solution saline : modélisation thermodynamiquement consistante par la méthode du champ de phase</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase-field modeling for freeze crystallization in a binary system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Galfré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Couenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFGP 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the 34 th European Symposium on Computer Aided Process Engineering / 15 th International Symposium on Process Systems Engineering (ESCAPE34/PSE24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928940v1</w:t>
+                <w:t xml:space="preserve">hal-04928978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-field modeling for freeze crystallization in a binary system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Congélation d'eau à partir d'une solution saline : modélisation thermodynamiquement consistante par la méthode du champ de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Galfré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoqian Huang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Galfré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Couenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 34 th European Symposium on Computer Aided Process Engineering / 15 th International Symposium on Process Systems Engineering (ESCAPE34/PSE24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Florence, Italy</w:t>
+              <w:t xml:space="preserve">SFGP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928978v1</w:t>
+                <w:t xml:space="preserve">hal-04928940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale et modélisation de la congélation sur paroi froide.</w:t>
               </w:r>
@@ -5228,90 +5228,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study and optimization of freeze-drying cycles of model probiotic: Morphology characterization of Lyophilisates by SEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Crastes-Vessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Degobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Agusti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Drying Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Worcester, United States. pp.1-9, </w:t>
@@ -5343,1101 +5343,1101 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03773966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par champ de phase de la croissance cristalline d’un corps pur</w:t>
+                <w:t xml:space="preserve">Étude expérimentale et modélisation de la cohésion d’un lit de particules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Ahouré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Galfré</w:t>
+                <w:t xml:space="preserve">Rouabah Maroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Briancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02321385v1</w:t>
+                <w:t xml:space="preserve">hal-02376755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of freeze-drying process for casei type probiotic strain water based formulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghania Degobert</w:t>
+                <w:t xml:space="preserve">Modélisation par champ de phase de la croissance cristalline d’un corps pur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Ahouré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Galfré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Andrieu</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Couenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélaz Tayakout-Fayolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Société Française de Génie des Procédés</w:t>
+              <w:t xml:space="preserve">Congrès Français de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376778v1</w:t>
+                <w:t xml:space="preserve">hal-02321385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale et modélisation de la cohésion d’un lit de particules</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Briancon</w:t>
+                <w:t xml:space="preserve">Optimization of freeze-drying process for casei type probiotic strain water based formulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Crastes-Vessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Degobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Génie des Procédés</w:t>
+              <w:t xml:space="preserve">Congrès Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02376755v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02376778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical and thermal segregation of milli-beads during contact heating in a rotary drum. DEM modeling and simulation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude expérimentale et modélisation de la coulabilité de milieux granulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Mesnier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Willy Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Agusti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of 21st International Drying Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain. pp.107-114</w:t>
+              <w:t xml:space="preserve">9ème colloque Sciences et Technologie des Poudres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02016555v1</w:t>
+                <w:t xml:space="preserve">hal-02019740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study and optimization of freeze-drying cycles of model probiotic strain of lactobacillus casei type</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Study and optimization of freeze-drying cycles of a model probiotic strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Vessot-Crastes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghania Degobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Drying Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">, Universitat politècnica de valència, Sep 2018, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02016546v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02055897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study and optimization of freeze-drying cycles of a model probiotic strain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ghania Degobert</w:t>
+                <w:t xml:space="preserve">Mechanical and thermal segregation of milli-beads during contact heating in a rotary drum. DEM modeling and simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Mesnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rouabah Maroua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Andrieu</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Peczalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Crastes-Vessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Drying Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universitat politècnica de valència, Sep 2018, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Proceedings of 21st International Drying Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain. pp.107-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02055897v1</w:t>
+                <w:t xml:space="preserve">hal-02016555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale et modélisation de la coulabilité de milieux granulaires</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Willy Leclerc</w:t>
+                <w:t xml:space="preserve">Study and optimization of freeze-drying cycles of model probiotic strain of lactobacillus casei type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Crastes-Vessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Degobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraldine Agusti</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque Sciences et Technologie des Poudres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Compiègne, France</w:t>
+              <w:t xml:space="preserve">21st International Drying Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02019740v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude, expérimentation et optimisation des cycles de lyophilisation d'une souche de probiotiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Traitement d'eaux usées industrielles par congélation sur paroi froide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Société Française de Génie des ¨Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02016517v1</w:t>
+                <w:t xml:space="preserve">hal-01920788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement d'eaux usées industrielles par congélation sur paroi froide</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etude, expérimentation et optimisation des cycles de lyophilisation d'une souche de probiotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Crastes-Vessot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghania Degobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">Congrès Société Française de Génie des ¨Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01920788v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d'un portail genie-des-procedes.fr</w:t>
               </w:r>
@@ -6542,1429 +6542,1442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un réacteur agité-décanteur pour la récupération des phosphates par cristallisation de struvite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Labouret</w:t>
+                <w:t xml:space="preserve">Etude expérimentale de la congélation sur paroi froide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqian Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Galfré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Couenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Bouzas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Simulation Comsol</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CRISTAL10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAGEPP, Jun 2022, Lyon, France. pp.806 - 812, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jced.5b00632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925207v1</w:t>
+                <w:t xml:space="preserve">hal-04928818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensification du procédé de précipitation de la struvite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Labouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousra Tahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouzas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of P-recovery system in Calahorra wastewater treatment plant</w:t>
+                <w:t xml:space="preserve">Etude d'un réacteur agité-décanteur pour la récupération des phosphates par cristallisation de struvite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphane Labouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Bouzas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Water Association Leading Edge Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Jerez de la Frontera, Spain</w:t>
+              <w:t xml:space="preserve">Journée Simulation Comsol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Grenoble, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925092v1</w:t>
+                <w:t xml:space="preserve">hal-01925207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congélation sur paroi froide avec convection naturelle : étude expérimentale et modélisation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Implementation of P-recovery system in Calahorra wastewater treatment plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouzas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Donate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Rouen, France</w:t>
+              <w:t xml:space="preserve">The International Water Association Leading Edge Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Jerez de la Frontera, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925204v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale de la congélation sur paroi froide</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Françoise Couenne</w:t>
+                <w:t xml:space="preserve">Congélation sur paroi froide avec convection naturelle : étude expérimentale et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CRISTAL10</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Rouen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928818v1</w:t>
+                <w:t xml:space="preserve">hal-01925204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freeze wastewater treatment on cold surface</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+                <w:t xml:space="preserve">PHORWater, Phosphorus recovery from Waste Water Treatment Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pastor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouzas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Seco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Barat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST action ‘Crystallize’ Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Marseille, France</w:t>
+              <w:t xml:space="preserve">ESPP 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925098v1</w:t>
+                <w:t xml:space="preserve">hal-01920785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHORWater, Phosphorus recovery from Waste Water Treatment Plants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Bouzas</w:t>
+                <w:t xml:space="preserve">Freeze wastewater treatment on cold surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPP 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">COST action ‘Crystallize’ Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01920785v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramètres clés controlant la taille des cristaux de glace après congélation initiée par ultrasons</w:t>
+                <w:t xml:space="preserve">Nannochloropsis occulata drying characterisation for conductive, convective and radiative drying,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrée-Dulcie Mahi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roman Peczalski</w:t>
+                <w:t xml:space="preserve">Aurélien Veyrat-Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Desmorieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Valour</w:t>
+                <w:t xml:space="preserve">Paul Lozano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paramètres clés controlant la taille des cristaux de glace après congélation initiée par ultrasons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Drying Symposium IDS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920804v1</w:t>
+                <w:t xml:space="preserve">hal-01925099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound Assisted Freezing. Theoretical Calculation of the Number of Ice Nuclei Generated by a Single Bubble in Acoustic Cavitation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paramètres clés controlant la taille des cristaux de glace après congélation initiée par ultrasons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrée-Dulcie Mahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Labouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Peczalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Valour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of 14th Meeting of the European Society of Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Avignon, France</w:t>
+              <w:t xml:space="preserve">Paramètres clés controlant la taille des cristaux de glace après congélation initiée par ultrasons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920799v1</w:t>
+                <w:t xml:space="preserve">hal-01920804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des eaux usées industrielles par congélation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultrasound Assisted Freezing. Theoretical Calculation of the Number of Ice Nuclei Generated by a Single Bubble in Acoustic Cavitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Labouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Peczalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Louisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées CRISTECH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Autrans, France</w:t>
+              <w:t xml:space="preserve">Proceedings of 14th Meeting of the European Society of Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104848v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nannochloropsis occulata drying characterisation for conductive, convective and radiative drying,</w:t>
+                <w:t xml:space="preserve">Traitement des eaux usées industrielles par congélation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Veyrat-Lachenal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claudia Cogné</w:t>
+                <w:t xml:space="preserve">Thouaiba Htira-Ezzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Lozano</w:t>
+                <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Drying Symposium IDS 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lyon, Unknown Region</w:t>
+              <w:t xml:space="preserve">Journées CRISTECH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925099v1</w:t>
+                <w:t xml:space="preserve">hal-02104848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcul de la pression et de la température autour d'une bulle en cavitation acoustique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de faisabilité du traitement des eaux usées industrielles par congélation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Louisnard</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du Congrès Annuel de la Société Francaise de Thermique 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Gérardmer, France</w:t>
+              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925230v1</w:t>
+                <w:t xml:space="preserve">hal-01925229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congélation d'tune solution saline sur paroi froide : modélisation de la diffusion et de la convection naturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Mandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8023,286 +8036,273 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcul théorique du nombre de nucléis de glace générés par une bulle en cavitation acoustique inertielle</w:t>
+                <w:t xml:space="preserve">Calcul de la pression et de la température autour d'une bulle en cavitation acoustique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Peczalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2èmes Journées “Ultrasons : Sonochimie, Procédés et Innovations”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
+              <w:t xml:space="preserve">Actes du Congrès Annuel de la Société Francaise de Thermique 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Gérardmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925223v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de faisabilité du traitement des eaux usées industrielles par congélation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Calcul théorique du nombre de nucléis de glace générés par une bulle en cavitation acoustique inertielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Mangin</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Peczalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Espitalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Louisnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">2èmes Journées “Ultrasons : Sonochimie, Procédés et Innovations”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925229v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigations and modelling of the storage time distribution of grains flowing out of a silo</w:t>
               </w:r>
@@ -9347,51 +9347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Peral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fethi Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Congress of Chemical and Process Engineering (CHISA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Prague, Czech Republic</w:t>
@@ -9472,51 +9472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Errazuriz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès Français de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9968,51 +9968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Peral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Ripoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Briancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFNano 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Montpellier, France</w:t>
@@ -10505,204 +10505,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La licence Professionnelle PEPS « Procédés d'Elaboration et de Production des Solides divisés »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Arizona Test Dust (ATD) on the freezing process of high altitude clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chatre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Emmelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque Sciences et Technologie des Poudres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Compiègne, France</w:t>
+              <w:t xml:space="preserve">6th Sino-French Joint Workshop on Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019743v1</w:t>
+                <w:t xml:space="preserve">hal-02019728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Arizona Test Dust (ATD) on the freezing process of high altitude clouds</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La licence Professionnelle PEPS « Procédés d'Elaboration et de Production des Solides divisés »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Sino-French Joint Workshop on Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Orléans, France</w:t>
+              <w:t xml:space="preserve">9ème colloque Sciences et Technologie des Poudres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019728v1</w:t>
+                <w:t xml:space="preserve">hal-02019743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale et modélisation de la congélation sur paroi froide en milieu stagnant</w:t>
               </w:r>
@@ -10790,243 +10790,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wastewater treatment by freeze concentration: influence of velocity profile on crystal growth and impurities incorporation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Simulation of the freeze wastewater treatment on cold surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouaiba Htira-Ezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cogne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gagniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Industrial Crystallization ISIC 19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">19th International Drying Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02104802v1</w:t>
+                <w:t xml:space="preserve">hal-02113761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des eaux usées industrielles par congélation sur paroi froide : modélisation de la convection naturelle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Denis Mangin</w:t>
+                <w:t xml:space="preserve">Wastewater treatment by freeze concentration: influence of velocity profile on crystal growth and impurities incorporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira-Ezzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Thermique, SFT 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lyon, France. 2014</w:t>
+              <w:t xml:space="preserve">19th International Symposium on Industrial Crystallization ISIC 19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01920805v1</w:t>
+                <w:t xml:space="preserve">hal-02104802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criteria for new dryers design for sub saharian zone</w:t>
               </w:r>
@@ -11101,135 +11101,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of the freeze wastewater treatment on cold surface</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Mangin</w:t>
+                <w:t xml:space="preserve">Traitement des eaux usées industrielles par congélation sur paroi froide : modélisation de la convection naturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouaiba Htira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Cogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gagnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Drying Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Thermique, SFT 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02113761v1</w:t>
+                <w:t xml:space="preserve">hal-01920805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dessalement de l'eau de mer par congélation sur parois froides : étude paramétrique et dimensionnement du procédé</w:t>
               </w:r>
@@ -11366,51 +11366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pelegris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du congrès Français de Thermique 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Bordeaux, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11676,51 +11676,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0997EF04"/>
+    <w:nsid w:val="FC530372"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11907,51 +11907,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claudiacogne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5545-884X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130930776" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518989v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqian Huang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Galfr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2025.122251" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998171v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Alla" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Agusti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Perez Rodriguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Rich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2025.2481445" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925312v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Hourdel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Lebaz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Peral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.125297" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760064v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madiha Nadri-Wolf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2024.109520" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04123635v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verlhac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vessot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Degobert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agusti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2023.2213314" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04134906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Al Mouazen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13036-023-00349-5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04212721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2023.127349" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259425v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2023.127334" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04212736v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Rouabah" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2022.103258" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382508v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Vessot-Crastes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2019.1683859" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270663v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chatre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Emmelin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbaniak" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cgo George" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b00506" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mountadar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Karmil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mandri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cogne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2019.24599" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150136v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mesnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rouabah" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peczalski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vessot-Crastes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.05.059" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886291v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouaiba Htira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagniere" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mangin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2018.04.013" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059579v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Vessot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.8b00613" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620295v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labouret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Louisnard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baillon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.05.038" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620296v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.07.019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904688v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.5b00632" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609205v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Montes Quiroz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.03.008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985544v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cogn&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.U. Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Hecke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clausse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrefrig.2013.02.003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XDXHC6R-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925224v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mandri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rivoire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bebon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925250v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ferguen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellenger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guessasma" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pelegris" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312464081" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715708v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lanoiselle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maureaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. U. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baranowski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558514v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.D. Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guessasma" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellenger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2008.09.009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270892v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bolzinger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lafferrere" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salvatori" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ardaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2006.11.026" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QB6NKQ1R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887350v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laurent" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Besson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nocquet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(02)00396-5" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DZCL7F7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887359v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/026387603770866281" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887354v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caillet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0023-6438(03)00094-X" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1VP1V6X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04082540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Espitalier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Peczalski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128202548/power-ultrasonics#book-info" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820254-8.00025-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01725450v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-028-6.00028-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01803738v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519037v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Gahfif" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Demange" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253367v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bensaid" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923064v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gagni&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rodriguez Perez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha Siniti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928861v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928940v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928978v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519654v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928925v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03773966v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Crastes-Vessot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55900/auksdudu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321385v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ahour&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376778v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouabah Maroua" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016555v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mesnier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016546v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cogn&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02055897v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019740v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Leclerc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Agusti" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016517v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920788v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925202v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Desmorieux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Fatah" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;gnier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925207v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labouret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouzas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925091v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Tahri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925092v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Donate" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marti" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925204v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928818v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925098v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920785v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seco" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920804v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e-Dulcie Mahi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920799v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104848v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouaiba Htira-Ezzi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925099v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Veyrat-Lachenal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lozano" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925230v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925227v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925223v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925229v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925125v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashayar Saleh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592827v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422866v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413695v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Trannois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coorevits" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499517v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421855v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Dung Nguyen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491493v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361610v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682488v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923179v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923192v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923207v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328161v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923605v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701084v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Siniti" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701113v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066879v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chatre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Emmelin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019743v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019728v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925090v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104802v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920805v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925218v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchamye Boroze" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113761v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925225v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925126v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512819v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claudiacogne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5545-884X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/130930776" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518989v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqian Huang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Galfr&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Couenne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2025.122251" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998171v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadwa Alla" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Agusti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Perez Rodriguez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Rich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2025.2481445" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925312v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Hourdel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Lebaz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Peral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.125297" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04760064v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Tingaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lawton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Peralez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madiha Nadri-Wolf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2024.109520" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04212721v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2023.127349" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259425v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2023.127334" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04123635v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verlhac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vessot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghania Degobert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Agusti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2023.2213314" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04134906v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Al Mouazen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13036-023-00349-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04212736v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Rouabah" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourgeois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jddst.2022.103258" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270663v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chatre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Emmelin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Urbaniak" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cgo George" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b00506" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382508v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Vessot-Crastes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2019.1683859" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mountadar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Karmil" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mandri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cogne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2019.24599" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150136v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mesnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rouabah" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peczalski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vessot-Crastes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.05.059" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886291v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouaiba Htira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagniere" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mangin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2018.04.013" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059579v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Vessot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.8b00613" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904688v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.5b00632" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620296v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labouret" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Louisnard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baillon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.07.019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.05.038" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609205v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Montes Quiroz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.03.008" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985544v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cogn&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.U. Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lanoisell&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Hecke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clausse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrefrig.2013.02.003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XDXHC6R-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925224v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Mandri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rivoire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bebon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925250v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ferguen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellenger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guessasma" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pelegris" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312464081" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715708v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lanoiselle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maureaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. U. Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baranowski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558514v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.D. Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guessasma" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellenger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2008.09.009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270892v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bolzinger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lafferrere" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salvatori" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ardaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2006.11.026" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QB6NKQ1R-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887354v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0023-6438(03)00094-X" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S1VP1V6X-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887359v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrieu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferrand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1205/026387603770866281" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01887350v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Besson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Nocquet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0260-8774(02)00396-5" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0DZCL7F7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04082540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Espitalier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Peczalski" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/book/9780128202548/power-ultrasonics#book-info" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-820254-8.00025-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01725450v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78242-028-6.00028-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01803738v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253367v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bensaid" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519037v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Gahfif" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Demange" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923064v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gagni&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rodriguez Perez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha Siniti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928861v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928978v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928940v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519654v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928925v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03773966v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Crastes-Vessot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55900/auksdudu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376755v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouabah Maroua" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Briancon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321385v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ahour&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laz Tayakout-Fayolle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376778v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019740v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Leclerc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Agusti" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02055897v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016555v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Mesnier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016546v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cogn&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920788v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016517v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925202v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Desmorieux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Fatah" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;gnier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928818v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925091v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Labouret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Tahri" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouzas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925207v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925092v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Donate" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marti" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925204v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920785v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pastor" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925098v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925099v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Veyrat-Lachenal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lozano" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920804v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;e-Dulcie Mahi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920799v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104848v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouaiba Htira-Ezzi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925229v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gagni&#232;re" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925227v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925230v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925223v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925125v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashayar Saleh" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592827v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422866v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413695v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Trannois" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coorevits" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499517v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421855v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Dung Nguyen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491493v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361610v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682488v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04743814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Errazuriz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923179v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923192v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923207v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328161v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923605v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701084v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Siniti" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701113v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066879v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chatre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Emmelin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019728v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019743v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925090v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113761v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104802v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925218v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchamye Boroze" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920805v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925225v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925126v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512819v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>