--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1543,338 +1543,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis des gales communes : test en conditions contrôlées</w:t>
+                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis des pourritures molles et de la jambe noire : test au champ et en conditions contrôlées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, N° Spécial : Bioagresseurs, pp.171-175</w:t>
+              <w:t xml:space="preserve">, 2005, N° Spécial : Bioagresseurs, pp.177-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02682862v1</w:t>
+                <w:t xml:space="preserve">hal-02680867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis des pourritures molles et de la jambe noire : test au champ et en conditions contrôlées</w:t>
+                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis des gales communes : test en conditions contrôlées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, N° Spécial : Bioagresseurs, pp.177-181</w:t>
+              <w:t xml:space="preserve">, 2005, N° Spécial : Bioagresseurs, pp.171-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02680867v1</w:t>
+                <w:t xml:space="preserve">hal-02682862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis de la jambe noire - test sur tiges en conditions contrôlées</w:t>
+                <w:t xml:space="preserve">Resistance of potato genotypes to common and netted scab-causing species of Streptomyces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Andrivon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 54 (3), pp.383-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-3059.2005.01178.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02679790v1</w:t>
+                <w:t xml:space="preserve">hal-02676048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance of potato genotypes to common and netted scab-causing species of Streptomyces</w:t>
+                <w:t xml:space="preserve">Comportement variétal de pomme de terre vis-à-vis de la jambe noire - test sur tiges en conditions contrôlées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Andrivon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Pathology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, N° Spécial : Bioagresseurs, pp.189-192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-3059.2005.01178.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02676048v1</w:t>
+                <w:t xml:space="preserve">hal-02679790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to late blight and soft rot in six potato progenies and glycoalkaloïd contents in the tubers</w:t>
               </w:r>
@@ -2045,51 +2045,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Andrivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 49 (1), pp.3-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2153,51 +2153,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gardan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Pomme de Terre Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 517, pp.36-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2356,51 +2356,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En progression la gale commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Bouchek-Mechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2546,51 +2546,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quatre bacteries sur pomme de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4725,610 +4725,610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03420187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de Streptomyces agent de la gale commune sur pomme de terre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de la résistance de variétés de pomme de terre vis à vis de la gale commune de type &amp;quot;pustule&amp;quot; et de type &amp;quot;liège</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Pasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Bouchek-Mechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres de Phytobactériologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 1996, Aussois, France. pp.43</w:t>
+              <w:t xml:space="preserve">, Feb 1996, Aussois, France. pp.44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02837102v1</w:t>
+                <w:t xml:space="preserve">hal-02841890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la résistance de variétés de pomme de terre vis à vis de la gale commune de type &amp;quot;pustule&amp;quot; et de type &amp;quot;liège</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de Streptomyces agent de la gale commune sur pomme de terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Bouchek-Mechiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres de Phytobactériologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 1996, Aussois, France. pp.44</w:t>
+              <w:t xml:space="preserve">, Feb 1996, Aussois, France. pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02841890v1</w:t>
+                <w:t xml:space="preserve">hal-02837102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caracterisation et variabilite des Streptomyces ssp., agents de la gale commune</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Elements en vue d'une strategie de lutte contre Streptomyces spp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Malet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Conference Triennale de l'EAPR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1993, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02774866v1</w:t>
+                <w:t xml:space="preserve">hal-02775122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elements en vue d'une strategie de lutte contre Streptomyces spp</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation et variabilité des Streptomyces spp agents de la gale commune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Jouan</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bedin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Conference Triennale de l'EAPR</w:t>
+              <w:t xml:space="preserve">12ème Conférence Triennale de l’Association Européenne pour la Recherche sur la Pomme de terre,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1993, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02775122v1</w:t>
+                <w:t xml:space="preserve">hal-03420195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et variabilité des Streptomyces spp agents de la gale commune</w:t>
+                <w:t xml:space="preserve">Caracterisation et variabilite des Streptomyces ssp., agents de la gale commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Mallet</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bedin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Malet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Conférence Triennale de l’Association Européenne pour la Recherche sur la Pomme de terre,</w:t>
+              <w:t xml:space="preserve">12. Conference Triennale de l'EAPR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1993, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03420195v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02774866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gale commune de la pomme de terre (Streptomyces scabies, Streptomyces spp.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5778,51 +5778,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Bouchek-Mechiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres de Phytobactériologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2002, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5905,51 +5905,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Pasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6460,51 +6460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972761v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bouchek-Mechiche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Boulch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13691" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696750v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Pasco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Corbi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Pell&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Menil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gaucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462742v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mariette" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Glais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12441" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462731v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Marquer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13581" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208710v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12142" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208699v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12164" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601832v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bourget" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tivoli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645605v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kroner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654531v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bozec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ellisseche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11540-006-9006-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QG3SBRN7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675991v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682862v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680867v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679790v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676048v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jouan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2005.01178.x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679678v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lucas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gravoueille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02870211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WWQ2N49F-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692200v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouchekmechiche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693426v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gardan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686435v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Depays" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704722v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rabot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmidt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709902v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corbiere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Samson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703930v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bedin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Corre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03417333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Marquer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Carrillo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Douchy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melen Leclerc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414809v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419767v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Langrume" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419782v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419807v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419796v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419870v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419884v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419887v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419902v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chatot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Hingrat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420145v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420150v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420156v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420181v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420187v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837102v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841890v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774866v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775122v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420195v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bedin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jouan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mallet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783838v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sailly" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420240v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419876v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420230v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pell&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dantec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420221v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841677v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kerlan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prior" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419863v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419754v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972761v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Andrivon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bouchek-Mechiche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Boulch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.13691" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696750v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Pasco" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Corbi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Pell&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03297187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Menil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gaucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462742v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mariette" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mabon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Glais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12441" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462731v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Montarry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Marquer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13581" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208710v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12142" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208699v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppa.12164" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601832v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Bourget" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tivoli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645605v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kroner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654531v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Bozec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ellisseche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11540-006-9006-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QG3SBRN7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675991v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680867v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682862v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676048v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jouan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2005.01178.x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679790v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679678v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Lucas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gravoueille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02870211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WWQ2N49F-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692200v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bouchekmechiche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693426v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gardan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686435v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Depays" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704722v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rabot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmidt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709902v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corbiere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Samson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703930v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bedin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Malet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Corre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03417333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Marquer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Carrillo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Douchy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melen Leclerc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03414809v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419767v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Langrume" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419782v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419807v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419796v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419870v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Magalon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419884v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419887v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419902v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Campion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chatot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Hingrat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420145v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420150v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420156v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420163v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420181v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420187v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841890v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837102v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775122v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420195v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bedin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jouan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mallet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774866v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02783838v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sailly" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420240v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419876v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420230v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pell&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dantec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03420221v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841677v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Kerlan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prior" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419863v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03419754v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>