--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -3225,269 +3225,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial motor skills determine the benefits of tool-use learning over syntax in language</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J Roussey</w:t>
+                <w:t xml:space="preserve">Cortical representations for native and non-native phoneme perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tzuyi Tseng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Catherine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Boulenger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Brozzoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SNL 2023: Society for the Neurobiology of Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">, Oct 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04664675v1</w:t>
+                <w:t xml:space="preserve">halshs-04664670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cortical representations for native and non-native phoneme perception</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Krzonowski</w:t>
+                <w:t xml:space="preserve">Initial motor skills determine the benefits of tool-use learning over syntax in language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallory Augier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Boulenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Catherine Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Brozzoli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Boulenger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SNL 2023: Society for the Neurobiology of Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">, Sep 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04664670v1</w:t>
+                <w:t xml:space="preserve">halshs-04664675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple and complex tool use improve language syntax comprehension</w:t>
               </w:r>
@@ -4239,51 +4239,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836272v5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzuyi Tseng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Brozzoli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Catherine Roy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/nol.a.215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318181v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Py" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grosbras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crbeha.2025.100190" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04827517v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thibault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Koun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Salemme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/nol_a_00159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04827442v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Roscigni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dufour Marie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304757v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Borghi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Mattia Gervasi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plrev.2023.07.014" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Garz&#243;n" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Helms" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hampus Olsson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Ull&#233;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00016" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Mediavilla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;n &#214;zalay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor M Est&#233;vez-Silva" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Frias" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greger Or&#228;dd" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.77432" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426977v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0874" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304732v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salemme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farn&#232;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00157.2021" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957353v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patan&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01942-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957377v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Patan&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frassinetti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farn&#232;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315875v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Senna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Cardinali" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01681" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460427v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lidborg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin L&#246;vd&#233;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01639" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315972v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pavani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01349" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904032v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardinali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozzoli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urquizar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Roy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.09.033" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-694MD91R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacobs" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meunier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00089" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913496v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Adida" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664679v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Augier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Roussey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664685v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Gervasi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin L&#246;vden" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613442v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941584v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaute" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice C Roy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04649741v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952928v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664675v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664670v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428422v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954850v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Blini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925568v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassinetti," TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00675247v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO10233" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04836272v5" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tzuyi Tseng" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Krzonowski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Brozzoli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Catherine Roy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boulenger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/nol.a.215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318181v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Py" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Grosbras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crbeha.2025.100190" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04827517v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thibault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Koun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romeo Salemme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/nol_a_00159" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04827442v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Roscigni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dufour Marie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304757v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Borghi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Mattia Gervasi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plrev.2023.07.014" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Garz&#243;n" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunther Helms" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hampus Olsson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Ull&#233;n" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00016" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304768v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Mediavilla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zg&#252;n &#214;zalay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor M Est&#233;vez-Silva" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Frias" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greger Or&#228;dd" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.77432" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426977v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abe0874" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304732v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zanini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salemme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farn&#232;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00157.2021" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957353v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Patan&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01942-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957377v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Patan&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frassinetti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Farn&#232;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0001001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315875v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Senna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Cardinali" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01681" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460427v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lidborg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin L&#246;vd&#233;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01639" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315972v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pavani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01349" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904032v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cardinali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozzoli" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Urquizar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Roy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2011.09.033" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-694MD91R-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014738v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jacobs" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meunier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00089" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913496v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Adida" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664679v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Augier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Roussey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664685v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Gervasi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin L&#246;vden" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613442v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941584v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Luaute" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice C Roy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04649741v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952928v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664670v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664675v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428422v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04664687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954850v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvio Blini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hadj-Bouziane" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198851738.003.0003" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925568v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassinetti," TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00675247v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009LYO10233" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>