--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -214,672 +214,672 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Transformation and Resilience : Dimensions and Interactions</w:t>
+                <w:t xml:space="preserve">Making sense of unexpected events: insights from information system consultancy companies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Richet</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12460125.2025.2462902⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital Transformation and Resilience: Dimensions and Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Global Information Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 33 (1), pp.1-64. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4018/JGIM.367873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04937511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artificial intelligence adoption and revenue growth in European SMEs: synergies with IoT and big data analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Ardito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/12460125.2025.2462902⟩</w:t>
+              <w:t xml:space="preserve">Internet Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/INTR-02-2024-0195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence d’infrastructures numériques : le cas de l’accès aux données bancaires au sein de l’Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chardain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 139 (1), pp.39-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.139.0039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Leclercq-Vandelannoitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 29 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sim.241.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence d'infrastructures numériques : le cas de l'accès aux données bancaires au sein de l'Union européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chardain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 139, pp.39-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...206 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving scale adaptation practices in information systems research: Development and validation of a cognitive validity assessment method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin D Carillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -920,3305 +920,3305 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Management of Big data: An empirical investigation of the Too-Much-of-a-Good-Thing effect in medium and large firms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Volume 27 (3), pp.87-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.223.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quand l'innovation bouscule les équilibres institutionnels : cas des agrégateurs bancaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chardain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprendre &amp; Innover</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03888790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Streams of digital data and competitive advantage: The mediation effects of process efficiency and product effectiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pigni, F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Information &amp; Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (4), pp.103451</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digitalisation frugale de la gestion des ressources humaines : Genèse d’un concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Aloulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deuxièmes journées de pratique et de recherche du laboratoire PRISME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antecedents of Dynamic Capabilities and IT-dependent Initiatives in the Context of Digital Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lapo Mola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Rossignoli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Technology and Human Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 17 (4), pp.131-152</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extremely Negative Ratings and Online Consumer Review Helpfulness: The Moderating Role of Product Quality Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Travel Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (4), pp.699-717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0047287520916785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extreme Negative Rating and Review Helpfulness: The Moderating Role of Product Quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Travel Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0047287520916785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taxonomy for real-time digital data initiatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Management &amp; Data Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.36863/mds.a.9967⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taxonomy for real-time digital data initiatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Management &amp; Data Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.36863/mds.a.9967⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Big data analytics business value and firm performance: linking with environmental context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58 (18), pp.5456-5476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2019.1660822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiting from big data analytics: The moderating roles of industry concentration and firm size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 229, pp.107758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiting from big data analytics: The moderating roles of industry concentration and firm size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 229, pp.107758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiting from big data analytics: The moderating roles of industry concentration and firm size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 229, pp.107758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What moderates the influence of extremely negative ratings? The role of review and reviewer characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hospitality Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 77, pp.333-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhm.2018.07.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réseau social de la communauté francophone des chercheurs en Systèmes d’Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Volume 27 (3), pp.87-122. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sim.223.0087⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 24 (1), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.191.0087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What moderates the influence of extremely negative ratings? The role of review and reviewer characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information &amp; Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hospitality Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhm.2018.07.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réseau social des chercheurs de la communauté de l'Association Information et Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxièmes journées de pratique et de recherche du laboratoire PRISME</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.191.0087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Big data analytics business value and firm performance: Linking with environmental context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...198 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 58 (18), pp.5456-5476. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+              <w:t xml:space="preserve">, 2019, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00207543.2019.1660822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-economic and ecological transition in community supported agriculture: from the 'transitional' to the 'ideal' CSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyen Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Whittingham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Data Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.36863/mds.a.9967⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (2), pp.122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJARGE.2018.093990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What moderates the influence of extremely negative ratings? The role of review and reviewer characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Filieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Travel Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0047287520916785⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hospitality Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhm.2018.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The intention to use an electronic health record and its antecedents among three different categories of clinical staff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; Data Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.36863/mds.a.9967⟩</w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12913-018-3022-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-economic and ecological transition in community supported agriculture: from the 'transitional' to the 'ideal' CSA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyên Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Whittingham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Agricultural Resources Governance and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJARGE.2018.093990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When are extreme ratings more helpful? Empirical evidence on the moderating effects of review characteristics and product type</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Filieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 88, pp.134 - 142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2018.05.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les systèmes de communication Internet des entreprises du CAC40 : une étude longitudinale (2007-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2020.107758⟩</w:t>
+              <w:t xml:space="preserve">Recherches en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/resg.122.0105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Effect of Brand on the Impact of e-WOM on Hotels’ Financial Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Electronic Commerce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (2), pp.249 - 269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10864415.2016.1234287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01656399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sustainable management models: innovating through Permaculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Management Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (1), pp.14 - 36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JMD-10-2014-0121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01656371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investments in big data analytics and firm performance: an empirical investigation of direct and mediating effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, pp.1-21. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207543.2019.1660822⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 56 (15), pp.5206 - 5221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2018.1427900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital data, dynamic capability and financial performance: an empirical investigation in the era of Big Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 24 (1), pp.87. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sim.191.0087⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 21 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.163.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perceptions of an Electronic Medical Record (EMR): Lessons from a French Longitudinal Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hospitality Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhm.2018.07.013⟩</w:t>
+              <w:t xml:space="preserve">Procedia Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 100, pp.574-579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2016.09.197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Management, and what HR can learn from it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hospitality Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> HR Grapevine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microeconomic degrowth: The case of Community Supported Agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyên Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolijn Bloemmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 112, pp.110 - 115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2015.02.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un management plus exemplaire que la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chef d'entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les spécificités de la communauté francophone d'enseignant-chercheurs en Système d'information en termes de prestige des revues et de publications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Rennard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sim.191.0087⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 17 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sim.124.0069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...1380 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...80 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01923286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The success of Expert Recommending Services and the part played by organizational context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge Management Research and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 9, pp.151-171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4246,217 +4246,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00807544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Quest for Data Genesis Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cutter Benchmark Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Longitudinal Analysis of Trajectory Changes in the Software Industry: The Case of the Content Management Application Segment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 37 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1057/ejis.2009.13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00462408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La localisation des experts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie et management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4481,77 +4481,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving KMS Acceptance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4598,77 +4598,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Analysis Framework For The Evaluation Of Content Management Systems (CMS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications of the Association for Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 18, pp.782-804. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4702,77 +4702,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cadre d’analyse pour l’évaluation des Systèmes de Gestion de Contenu (SGC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications of the Association for Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 18, pp.76-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4819,77 +4819,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banks' Strategies and the Internet: An Interpretation of the Banking Industry Based on the Italian Retail Market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tagliavini Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Information Technology: Cases and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4946,77 +4946,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond the Screen: Memory-Based Mechanisms and Personal Innovativeness in Voice Assistant Use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Carillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5048,696 +5048,696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging the Job Demands-Resources Model to Explore the Effect of Contextual Stressors on Perceived Usefulness of Health Information Technologies</w:t>
+                <w:t xml:space="preserve">Research in Progress: The impact of AI adoption on Creativity in the Early stage of New Product Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Arsene</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Victoria Zago Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30ème Conférence de l’Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploration de l'agence de l'IA à travers l'actualisation organisationnelle des affordances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pérez Ferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...36 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reducing conceptual redundancy of trust in IT constructs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farkhondeh Hassandoust</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMCIS Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">System Feature Awareness and Retrieval Strategies in the Use of System Feature Awareness and Retrieval Strategies in the Use of Voice-Activated Devices Voice-Activated Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Carillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMCIS Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trust Dynamics in Inter-Organizational Cybersecurity Governance Trust Dynamics in Inter-Organizational Cybersecurity Governance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Florescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMCIS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association for Information Systems (AIS), Aug 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMCIS 2025 Montréal Threshold Dynamics Between Job Demands and Technology's Perceived Usefulness for Strain Moderation Emergent Research Forum (ERF) Paper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Arsene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMCIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...121 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leveraging the Job Demands-Resources Model to Explore the Effect of Contextual Stressors on Perceived Usefulness of Health Information Technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arsene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Zago Mendes</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">hal-05109279v1</w:t>
+                <w:t xml:space="preserve">hal-05251758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AI Agency through an Affordance theory lens: Actualization of affordances by delegation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferran Pérez Pedrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAMOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5756,411 +5756,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Role of E-Health Software in Shaping Liberal Physicians' Organizational Routines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arsene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Loup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29ème conférence de l’AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Information et Management, May 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Systematic Literature Review on the Use of Artificial Intelligence in New Product Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Zago Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">R&amp;D Management Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, R&amp;D Management; KTH Royal Institute of Technology, Jun 2024, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Systematic Literature Review on the Use of Artificial Intelligence in New Product Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Zago Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence de l’Association Information et Management (AIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Information et Management (AIM); Université de Montpellier, May 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doctoral Consortium: Exploring AI Agency through organizational affordance actualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferran Pérez Pedrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème conférence de l’AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIM, May 2024, Montpellier - La Grande-Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04875658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...106 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open access for degrowth: a literature review on the economic, social, and environmental impact of journal models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Laala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6198,77 +6198,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-Organisational Cybersecurity Governance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Maria Florescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 32nd European Conference on Information Systems (ECIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Paphos, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6306,51 +6306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affordance Theory for Information Systems project implementation: a process and organizational outlook</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferran Pérez Pedrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Americas Conference on Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIS, Aug 2023, Panama city, Panama</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6375,51 +6375,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scale adaptation of MIS measures and their implications on MIS scholarship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6470,64 +6470,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AN ORGANIZATION AND PROCESS-BASED FRAMEWORK OF IT AFFORDANCES FOR THE IS DISCIPLINE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pérez Pedrola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6578,51 +6578,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de terrain sur les interactions entre la transformation numérique et la résilience en contexte de crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitari Claudio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6686,51 +6686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier doctoral de PRISME-FSEG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Sfax, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6768,51 +6768,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat d'avancement de thèse: La frugalité appliquée à la digitalisation-étude exploratoire des facteurs déterminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6844,6793 +6844,6793 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Early-Stage Construct Development Practices in IS Research: A 2000-2020 Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jackie London</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin D Matthews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference of Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Copenhagen, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'effet modérateur de la littératie numérique dans l'adoption des technologies de santé connectées pour le traitement des maladies chroniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arsène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Carry le Rouet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital Commons and Management towards Sustainability, Equity and Resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Maria Florescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitari Claudio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amabile Serge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forty-Third International Conference on Information Systems, Copenhagen 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Copenhagen, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frugal Digitalization: A Systematic Literature Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitari Claudio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smaoui Zouhour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-icis AIM Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03876776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...58 lines deleted...]
-                <w:t xml:space="preserve">Kevin D Matthews</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital Commons and Management towards Sustainability, Equity and Resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Maria Florescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitari Claudio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Information Systems</w:t>
+              <w:t xml:space="preserve">Pre-ICIS AIM Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Olivier Arsène</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frugal Digitalization: A Systematic Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Aloulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pre-ICIS AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What are the types of interactions between digital transformation and resilience?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Abidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Carry le Rouet, France</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Carry Le Rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...219 lines deleted...]
-                <w:t xml:space="preserve">Frugal Digitalization: A Systematic Literature Review</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03876770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etat d'avancement de thèse: La frugalité appliquée à la digitalisation-étude exploratoire des facteurs déterminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier doctoral des troisièmes journées de pratique et de recherche du laboratoire PRISME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04433338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Big data technologies: perceived benefits and costs for adopter and non-adopter enterprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l’AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digitalisation frugale de la gestion des ressources humaines : Genèse d’un concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Aloulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smaoui Hachicha Zouhour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque PRISME 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Tunis, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">WHAT DOES IT DO? THEORIZING FUNCTIONAL AMBIGUITY AS A FACTOR INFLUENCING USER PERCEPTIONS OF INFORMATION TECHNOLOGY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Carillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th European Conference on Information Systems (ECIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marrakesh, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FILLING GAPS AND RE-CONCEPTUALIZING TRUST IN INFORMATION TECHNOLOGY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th European Conference on Information Systems (ECIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marrakesh, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution du shadow IT à la construction de la légitimité de l’acteur métier : Le cas de structures de gestion de l’enseignement privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofianne Messaoudi Escarabajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Meissonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque et séminaire doctoral international transformation digitale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, El Jadida, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An affordance perspective to understand the relationship between organization and IT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferran Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l'AIM 2020 Marrakech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Marrakesh, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution du shadow IT à la construction de la légitimité de l'acteur métier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofianne Messaoudi Escarabajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meissonier Régis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transformation Digitale 2019 - "Transformation digitale de la société : une nouvelle ère de changement et de développement socio-économique ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LERSEM - ENCG - El Jadida, MAROC; MRM-SI - Université de Montpellier, Jun 2019, El Jadida, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Effect of Interpretive Media Packages on Political Engagement: a new framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanya Riad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème Colloque de l'Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution d'un champ organisationnel : le cas du secteur financier, en France, sur la période 2008 – 2018.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chardain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème Conférence de l'Association Information et Management (AIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02484589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution d'un champ organisationnel suite à l'arrivée d'une technologie. Cas du secteur financier et de la technologie blockchain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chardain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème Conférence de l'Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perceived IT Ambiguity: Development of a Measurement Instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Carillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMCIS 2018 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nouvelle-Orléans, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One-structure-fits-all or how the specific identity of the Permaculture movement fits into the general structure of the networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Carry Le Rouet, France</w:t>
+              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réseau des affiliations de la communauté francophone des chercheurs en Systèmes d'Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Raguseo</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l’AIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Nice, France</w:t>
+              <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réactions des managers SI face aux pratiques institutionnalisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofianne Messaoudi Escarabajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Meissonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque PRISME 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Tunis, Tunisie</w:t>
+              <w:t xml:space="preserve">Pré-ICIS AIM 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, San Francisco, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detecting Biased Items When Developing a Scale: A Quantitative Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Carillo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Conference on Information Systems (ECIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Marrakesh, Morocco</w:t>
+              <w:t xml:space="preserve">AMCIS 2018 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réactions des managers TI / SI face aux pratiques institutionnalisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofianne Messaoudi Escarabajal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Meissonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Conference on Information Systems (ECIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Marrakesh, Morocco</w:t>
+              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...539 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-structure-fits-all or how the specific identity of the Permaculture movement fits into the general structure of the networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research &amp; Degrowth conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Malmo, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01923771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tackling Conventional Agriculture: The Institutionalization of Community Supported Agriculture's (CSA) Principles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erin Whittingham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research &amp; Degrowth conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Malmo, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réactions des managers TI / SI face aux pratiques institutionnalisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofianne Messaoudi Escarabajal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Meissonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23ème Colloque De L'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Information et Management, May 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02062762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LEARNING ABOUT AMBIGUOUS TECHNOLOGIES: CONCEPTUALIZATION AND RESEARCH AGENDA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pré-ICIS AIM 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, San Francisco, France</w:t>
+              <w:t xml:space="preserve">25th European Conference on Information Systems (ECIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Guimarães, Portugal. pp.674 - 690</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réseau social de la communauté francophone des chercheurs en Systèmes d'Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kevin Carillo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMCIS 2018 Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...74 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What Could We Learn from the Influence of Age on Perceptions of a CIS by the Clinical Staff of a French Hospital?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMCIS 2018 Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">Medical Informatics Europe (MIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation for Medical Informatics (EFMI), Aug 2016, Munich, Germany. pp.9-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perceptions of an Electronic Medical Record (EMR): lessons from a French longitudinal survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Morquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Health and Social Care Information Systems and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electronic Currencies: a literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">, 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of age on perceptions of a Clinical Information System by physicians in a French Teaching hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">Medical Informatics Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizational practices, social values and economic measures in Community Supported Agriculture: A historical overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tornikoski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">International Conference on Degrowth for Ecological Sustainability and Social Equity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambiguïté perçue des TIC : conceptualisation en vue du développement d'un instrument de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journée Pré-ICIS Francophone AIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Dublin, Irlande</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizational practices, social values and economic measures in Community Supported Agriculture: a historical overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyên Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Society of Ecological Economics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Washington DC, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electronic Currencies for Ecological Sustainability and Social Justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l'Association Information et Management.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perceptions of an Electronic Medical Record (EMR): Lessons from a French Longitudinal Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erin Whittingham</w:t>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Health and Social Care Information Systems and Technologies (HCIST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizational practices, management styles, objectives and performances in Community Supported Agriculture: a historical overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.T. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tornikoski Christelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Degrowth for Ecological Sustainability and Social Equity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Budapest, Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sustainable management model: Innovating through Permaculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Group for Organizational Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Athens, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Roles of the Antecedents in the emergence of a Dynamic Capability: the case of Born Digital Data capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lapo Mola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Rossignoli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Academy of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affordance Theory in the IS Discipline: a Review and Synthesis of the Literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AMCIS 2014 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Savannah, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Has the development of the Digital Data Genesis dy­namic capability effect on data quality and data access­ibility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Genova, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de réseau social et de réseau conceptuel : le cas de la revue Systèmes d'Information et Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Methods in Information Systems – Association Information et Management Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can virtual currencies drive sustainable de-growth?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Society of Ecological Economics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Reykjavík, Iceland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A State-of-the-Art Literature Review of the Business Model Concept in the IS Discipline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Buonanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Genova, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capability Lifecycle in the context of Green IT/S Capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Floreddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the XIV Workshop Organizzazione Aziendale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slow management and accounting for a socio-ecological transition: the case of agro-ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolin Bloemmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhu Tuyên Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Society Ecological Economics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EXPLAINING BIG DATA IMPACT ON HEALTHCARE ORGANIZATIONS: A TECHNOLOGY AFFORDANCE APPROACH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference - International Conference of Information Systems Ancillary Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Value creation in the era of Big Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Piccoli,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Floreddu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Summit on Big Data and Organizational Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DDGS affordances for value creation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference - International Conference of Information Systems Ancillary Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Milan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel type de communauté forment les auteurs francophones en Systèmes d'Informations? Une analyse du réseau social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de la Recherche Francophone en Systèmes d'Information – International Conference of Information Systems Ancillary Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Milan, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast versus Slow Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolijn Bloemmen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research &amp; Degrowth conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Malmo, Sweden</w:t>
+              <w:t xml:space="preserve">, 2012, Venice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ANTECEDENTS OF IT DYNAMIC CAPABILITIES IN THE CONTEXT OF THE DIGITAL DATA GENESIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Piccoli,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lapo Mola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Rossignoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Conference on Information Systems (ECIS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Guimarães, Portugal. pp.674 - 690</w:t>
+              <w:t xml:space="preserve">ECIS 2012 : The 20th European Conference on Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Societal responsibility of business and information systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Poissonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Pillet</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffi Duymedjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Cornu-Emieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'AIM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Information Systems, Technology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Gurgaon, India. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-19423-8_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The inspiring success of Free/Libre/Open Source Software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tornikoski Christelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Degrowth for Ecological Sustainability and Social Equity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Research &amp; Degrowth conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, barcelona, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Internet et la communication RSE des entreprises du CAC40</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...540 lines deleted...]
-                <w:t xml:space="preserve">Claudio Vitari</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le succès des Systèmes de Localisation d'Expert : l'importance de la connaissance des autres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fallery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society of Ecological Economics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IT DYNAMIC CAPABILITY DEVELOPMENT IN THE CONTEXT OF DATA GENESIS CAPABILITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'Association Information et Management.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">The 17th European Conference on Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Verona, Italy. 12 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00463282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE EFFECTS OF COMMUNITIES OF PRACTICE ON THE SUCCESS OF AN EXPERT RECOMMENDING SERVICE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Rossignoli</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academy of Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, vancouver, Canada</w:t>
+              <w:t xml:space="preserve">Conférence de l'AIMS (Association Internationale de Management Stratégique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Grenoble, France. 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00463120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adéquation entre tâche et technologie mobile : un cas de succès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe David</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ducros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Group for Organizational Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Athens, Greece</w:t>
+              <w:t xml:space="preserve">E-management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utilisation d'Internet par les grandes entreprises françaises pour la communication externe de leur RSE.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rodhain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l’Association pour le Développement de l'Enseignement et de la Recherche sur la Responsabilité Sociale de l'Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la localisation des experts à leur e-Localisation : 5 cas de continuité organisationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque E-management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation of IS positivist research: an application and discussion of the Straub, Boudreau and Gefen's guidelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Genova, Italy</w:t>
+              <w:t xml:space="preserve">, 2007, venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE KMS RECOMMENDING EXPERTS IN THE COMMUNITIES: PROPOSITION OF A THEORY ON THEIR SUCCESS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...186 lines deleted...]
-                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Fallery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Genova, Italy</w:t>
+              <w:t xml:space="preserve">, 2006, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communauté de Pratique virtuelle : développement d’une échelle de la perception individuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...1026 lines deleted...]
-                <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">, 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un framework per la classificazione dei sistemi di gestione della conoscenza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hodges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Verona, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expertise management and expertise management systems: conceptual foundations and research issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Fallery</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">itAIS-Italian Chapter of the Association for Information Systems Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Verona, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">If only we knew who knows: prospects to the identification of the sources of knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on e-Learning and Management Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The key success factors affecting KMS adoption: quantitative results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">, 2004, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A framework for evaluating knowledge management systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuele Astuti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Moro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagliavini Marco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence de l'AIMS (Association Internationale de Management Stratégique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Grenoble, France. 19 p</w:t>
+              <w:t xml:space="preserve">International Business Information Management Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Le caire, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les facteurs clés de succès des Systèmes de Gestion des Connaissances : proposition d'un modèle explicatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...331 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
-              </w:r>
-[...175 lines deleted...]
-                <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, 2003, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identifying eBanking strategies: the on-line financial services of the Italian retail market</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagliavini Marco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
-              </w:r>
-[...296 lines deleted...]
-                <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, Evry, France</w:t>
+              <w:t xml:space="preserve">, 2002, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01924339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of Content Management Systems: the current product offer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...322 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurizio Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rodhain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-International Conference of Information Systems Meeting on French Speaking World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13700,51 +13700,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etat d'avancement de thèse: La frugalité appliquée à la digitalisation-étude exploratoire des facteurs déterminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13808,51 +13808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Aloulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouhour Smaoui Hachicha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des chercheurs à la Maison d’économie et de Gestion d’Aix Marseille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Aix - en - Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13972,51 +13972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From agroecology to food systems and production systems: what generalizability of permaculture? A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Ecological Economics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Reykjavík, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14112,749 +14112,749 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Eynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐loup Richet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wiley, pp.272, 2024, 9781394297696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781394297696⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le management du système d’information dans sa complexité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Eynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wiley, pp.272, 2024, 9781394297696. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISTE, pp.274, 2023, 9781784059682</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04574061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une autre gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albertini Elisabeth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beji-Becheur Amina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coron Clotilde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristofini Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etchanchu Helen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, 979-10-209-1103-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Information Systems Management: Governance, Urbanization and Alignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Eynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Malaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le management du système d’information dans sa complexité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Alban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Eynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Malaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Loup Richet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ISTE, pp.274, 2023, 9781784059682</w:t>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Etchanchu Helen</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du rendement à l'émancipation l'équité et la soutenabilité en S.I.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slow Management : Entreprendre la transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arvind Ashta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolin Bloemmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Bobulescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Bratu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022, 979-10-209-1103-2</w:t>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expert Recommending Services: the role of the Knowledge Community in the success of the Expert Recommending Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...393 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14898,644 +14898,644 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Perceptions of an Electronic Medical Record (EMR): lessons from a French longitudinal survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Morquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring Complexity in Health: An Interdisciplinary Systems Approach Conference on Health and Social Care Information Systems and Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">What could we learn from the influence of age on perceptions of a CIS by the clinical staff of a French hospital ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Morquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exploring Complexity in Health: An Interdisciplinary Systems Approach</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01923469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Business Model in the IS Discipline: A Review and Synthesis of the Literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...59 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Buonanno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giulia Pozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Managing Information and Technology for Organizational Innovation and Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01923518v1</w:t>
+                <w:t xml:space="preserve">halshs-01923490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Business Model in the IS Discipline: A Review and Synthesis of the Literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating the Impact of Digital Data Genesis Dynamic Capability on Data Quality and Data Accessibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Pozzi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Managing Information and Technology for Organizational Innovation and Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01923490v1</w:t>
+                <w:t xml:space="preserve">halshs-01923518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">DDGS affordances for value creation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Pigni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart organizations need smart artifacts fostering interactions between people, technologies, and processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01923531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The development of the DDG-capability in firms: An evaluation of its impact on firm financial performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart organizations need smart artifacts fostering interactions between people, technologies and processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 97-104, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02124587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...80 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Societal Responsibility of Business and Information Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hughes Poissonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffi Duymedjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15599,51 +15599,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes d’Information et Responsabilité Sociétale de l’Entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hughes Poissonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffi Duymedjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15681,90 +15681,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving KMS Effectiveness: The Role Of Organizational And Individuals’ Influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Moro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge Management, Organizational Memory and Transfer Behaviour: Global Approaches and Advancements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15802,77 +15802,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bank Strategies and the Internet: An Interpretation of the Banking Industry Based on the Italian Retail Market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Pigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelio Ravarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tagliavini Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Technology and Ebusiness in the Financial Services: A Global Anthology of Case Studies and Analytical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15923,494 +15923,494 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Electronic currencies for purposive degrowth?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00975432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Commoning and common information systems for social equity and ecological sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00961288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capability Lifecycle and its motivating force on strategy: the case of Green IT/S Dynamic Capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Floreddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2014</w:t>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00969198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From capability to strategic action: the case of Green IT/S Dynamic Capability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Floreddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...23 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00969204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The development of the DDG-capability in firms: An evaluation of its impact on firm financial performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00969190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social Equity and Ecological Sustainability: New Framework and Directions for the IS Community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00969189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaining Competitive Advantage from Digital Data Genesis Dynamic Capability: the Moderating Role of Environmental Turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...140 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Piccoli,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16454,619 +16454,619 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Données massives : l'évaluation de leur valeur économique et l'impact sur les performances des entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Grenoble Ecole de Management. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Big Data: Evaluating business value and firm performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Grenoble Ecole de Management. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01403743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération de données numériques – Evolution dans le temps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Grenoble Ecole de Management. 2016</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Grenoble École de Management. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digital Data Genesis – evolution over time Dynamic Capability and Information Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Grenoble École de Management. 2015</w:t>
+              <w:t xml:space="preserve">[Research Report] grenoble Ecole de Management. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01107725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération de données numériques -évolution dans le temps Capacité dynamique et systèmes d'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] grenoble Ecole de Management. 2014</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Grenoble Ecole de Management. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01107728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creazione di dati digitali (Digital Data Genesis) – evoluzione nel tempo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Grenoble Ecole de Management. 2014</w:t>
+              <w:t xml:space="preserve">[Research Report] Grenoble Ecole de Management. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01107733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creazione di dati digitali (Digital Data Genesis) Capacità dinamica e sistemi informativi.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Grenoble Ecole de Management. 2014</w:t>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825599v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération de données numériques (Digital Data Genesis) Capacité dynamique et systèmes d'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...74 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabetta Raguseo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17116,51 +17116,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The success of the Expert management systems : the role of knowledge community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Business administration. Montpellier II, 2006. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -17213,151 +17213,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du principe de rendement à l'émancipation individuelle, l'équité sociale et la soutenabilité écologique dans la recherche en Systèmes d'Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Vitari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gestion et management. Université Montpellier II - Sciences et Techniques du Languedoc, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-00676771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du principe de rendement à l’émancipation individuelle, l’équité sociale et la soutenabilité écologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Vitari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Montpellier II, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01924342v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">tel-00676771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId319"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -17433,51 +17433,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C151987"/>
+    <w:nsid w:val="E4FF1A07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17664,51 +17664,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claudio-vitari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2191-5205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112319858" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937511v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Abidi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Richet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vitari" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.367873" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948300v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2025.2462902" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849011v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq-Vandelannoitte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.241.0003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485242v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chardain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862760v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Ardito" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Filieri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Raguseo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/INTR-02-2024-0195" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04621241v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.139.0039" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03991104v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Pillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D Carillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pigni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/isj.12428" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03888790v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876785v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.223.0087" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323663v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raguseo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pigni, F." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389236v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Aloulou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Smaoui Hachicha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapo Mola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rossignoli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511351v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0047287520916785" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511295v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1660822" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511357v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.9967" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026840v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026850v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511381v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107758" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511355v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032504v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511283v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Pillet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.191.0087" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511270v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhm.2018.07.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779104v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Filieri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923238v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-018-3022-0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923196v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511268v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Bobulescu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuyen Le" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Whittingham" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2018.093990" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuy&#234;n L&#234;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923243v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2018.05.042" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656399v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10864415.2016.1234287" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923267v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.122.0105" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656371v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JMD-10-2014-0121" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923259v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1427900" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156683v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2016.09.197" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923271v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.163.0063" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923276v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolijn Bloemmen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2015.02.013" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152562v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152755v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923286v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Humbert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rennard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.124.0069" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807544v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2011.6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00462408v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio Ravarini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2009.13" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923681v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923686v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923359v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Moro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jkm.2007040104" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923375v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.01837" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967001v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.01805" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923382v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagliavini Marco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491924v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carillo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251758v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arsene" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251795v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251774v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Florescu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251766v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251802v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farkhondeh Hassandoust" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252787v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez Ferran" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109279v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Zago Mendes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251786v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran P&#233;rez Pedrola" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627520v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627547v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875658v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615533v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loup" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633659v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Laala" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637910v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04299444v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04118246v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04299465v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez Pedrola" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430533v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitari Claudio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433304v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433314v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876776v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smaoui Zouhour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876784v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie London" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D Matthews" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876766v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ars&#232;ne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637906v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amabile Serge" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876779v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755435v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433338v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876770v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323888v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03525491v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smaoui Hachicha Zouhour" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026903v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026905v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026909v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofianne Messaoudi Escarabajal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026906v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran P&#233;rez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293770v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanya Riad" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484589v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175960v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meissonier R&#233;gis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293772v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923771v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062762v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062770v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923612v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923605v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923806v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923833v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924038v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923789v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923653v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924043v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066544v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bobulescu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Le" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tornikoski Christelle" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924064v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morquin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141239v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156705v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924050v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924167v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924160v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuyen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tornikoski" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924191v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924177v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuy&#234;n Le" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154069v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924206v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924214v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924218v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Pozzi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Buonanno" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924234v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923663v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924226v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924238v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924264v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Piccoli," TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Floreddu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923672v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924259v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolin Bloemmen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924250v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924245v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924254v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924270v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00808644v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924274v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Poissonnier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffi Duymedjian" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cornu-Emieux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19423-8_12" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924283v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924276v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924279v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fallery" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00463120v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00463282v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924293v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ducros" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924295v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924286v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924297v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924301v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924317v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924312v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hodges" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mari" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924306v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924323v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924321v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924330v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Astuti" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924333v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924339v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924338v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Costa" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433325v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433343v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175973v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924230v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617981v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alban" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Eynaud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;loup Richet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394297696" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574061v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154656v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertini Elisabeth" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beji-Becheur Amina" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coron Clotilde" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristofini Olivier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etchanchu Helen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404819v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malaurent" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923387v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923398v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923418v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Ashta" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Bratu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923400v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923469v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923438v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923518v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923490v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02124587v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923531v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923585v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Poissonnier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923590v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923594v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923598v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00961288v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00975432v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969198v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969204v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969190v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969189v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00866968v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01403743v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01403740v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149650v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107725v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107728v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107733v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00825599v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00864334v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01924354v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01924342v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00676771v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/claudio-vitari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2191-5205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112319858" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948300v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Abidi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vitari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Richet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2025.2462902" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JGIM.367873" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862760v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Ardito" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Filieri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Raguseo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/INTR-02-2024-0195" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04621241v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chardain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.139.0039" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849011v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Leclercq-Vandelannoitte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.241.0003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485242v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03991104v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Pillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D Carillo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Pigni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/isj.12428" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876785v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.223.0087" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03888790v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323663v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raguseo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pigni, F." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389236v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Aloulou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Smaoui Hachicha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lapo Mola" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rossignoli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511351v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0047287520916785" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026840v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026850v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36863/mds.a.9967" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2019.1660822" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511355v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2020.107758" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511381v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032504v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511270v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhm.2018.07.013" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511283v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Pillet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.191.0087" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779104v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Filieri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293764v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293765v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511268v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Bobulescu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuyen Le" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Whittingham" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJARGE.2018.093990" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923196v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923238v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-018-3022-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuy&#234;n L&#234;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923243v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2018.05.042" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923267v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.122.0105" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656399v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10864415.2016.1234287" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656371v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JMD-10-2014-0121" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923259v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1427900" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923271v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.163.0063" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156683v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2016.09.197" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152562v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolijn Bloemmen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2015.02.013" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152755v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923286v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Humbert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rennard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.124.0069" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807544v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2011.6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923681v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00462408v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio Ravarini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejis.2009.13" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923686v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923359v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Moro" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jkm.2007040104" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923375v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.01837" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967001v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17705/1CAIS.01805" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923382v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagliavini Marco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491924v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carillo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109279v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Zago Mendes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252787v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez Ferran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251802v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farkhondeh Hassandoust" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251795v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251774v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Florescu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251766v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arsene" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251758v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251786v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran P&#233;rez Pedrola" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615533v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Habib" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loup" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627520v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627547v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875658v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633659v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Laala" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637910v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04299444v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04118246v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04299465v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rez Pedrola" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430533v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitari Claudio" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433304v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433314v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876784v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie London" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin D Matthews" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876766v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ars&#232;ne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637906v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amabile Serge" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876776v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smaoui Zouhour" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876779v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755435v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03876770v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433338v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323888v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03525491v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smaoui Hachicha Zouhour" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026903v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026905v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026909v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofianne Messaoudi Escarabajal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026906v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran P&#233;rez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175960v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meissonier R&#233;gis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293770v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanya Riad" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484589v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293772v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923605v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923833v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923806v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062770v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923612v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924038v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923771v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923789v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062762v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923653v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924043v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141239v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924064v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morquin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924191v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924167v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924160v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuyen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tornikoski" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924050v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924177v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhu Tuy&#234;n Le" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154069v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156705v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066544v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bobulescu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Le" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tornikoski Christelle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924214v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924206v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923663v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Pozzi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924226v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924238v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924234v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924218v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Buonanno" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923672v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Floreddu" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924259v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolin Bloemmen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924250v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924264v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Piccoli," TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924254v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924245v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924270v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00808644v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924274v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Poissonnier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffi Duymedjian" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cornu-Emieux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19423-8_12" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924283v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924276v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924279v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fallery" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00463282v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00463120v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924293v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ducros" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924295v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924286v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924297v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924301v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924317v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924312v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hodges" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mari" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924306v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924323v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924321v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924330v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Astuti" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924333v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924339v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924338v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Costa" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433325v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433343v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175973v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924230v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617981v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alban" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Eynaud" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;loup Richet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394297696" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574061v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154656v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertini Elisabeth" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beji-Becheur Amina" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coron Clotilde" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristofini Olivier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etchanchu Helen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404819v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Malaurent" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923387v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923398v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923418v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind Ashta" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Bratu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923400v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923438v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923469v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923490v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923518v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923531v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02124587v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923585v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Poissonnier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923590v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923594v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923598v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00975432v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00961288v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969198v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969204v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969190v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00969189v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00866968v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01403740v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-01403743v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149650v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107725v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107728v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107733v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00825599v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00864334v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01924354v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00676771v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01924342v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>