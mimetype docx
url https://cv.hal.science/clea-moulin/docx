--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1060,233 +1060,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04780226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 2</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Archaïos. 2024</w:t>
+                <w:t xml:space="preserve">25 rue de la Charpenterie, école du Châtelet, Rapport final d’opération de diagnostic archéologique, Orléans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cléa Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Thion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pôle d'archéologie, Ville d'Orléans. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04780244v1</w:t>
+                <w:t xml:space="preserve">hal-05185094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">25 rue de la Charpenterie, école du Châtelet, Rapport final d’opération de diagnostic archéologique, Orléans</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Scientific Report 2022 Work Package 4. Volume 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AlJohara AlMudarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussab Albesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archaïos. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Thion</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05185094v1</w:t>
+                <w:t xml:space="preserve">hal-04780244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MuDUD. Historical Investigation of AlUla Old Town — Multiscalar Documentation for Urban Dynamics. Archaeological Field Report - Street 102</w:t>
               </w:r>
@@ -1737,51 +1737,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17863/CAM.59724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianella Pacheco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Torres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Huaman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Watanave" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20548923.2015.1133118" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185124v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Housse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.6023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185177v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Miler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ziegler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780226v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Vernet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=AlJohara AlMudarra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780244v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185094v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Laurent" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thion" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airelle Mandon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Santisteban" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05185069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17863/CAM.59724" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185110v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianella Pacheco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Torres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Huaman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Watanave" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20548923.2015.1133118" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185124v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Housse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.6023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185115v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185177v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Miler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185209v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ziegler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780226v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Vernet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=AlJohara AlMudarra" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Khan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giraud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185094v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Laurent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780244v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airelle Mandon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Santisteban" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05185069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>