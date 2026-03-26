--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -75,4659 +75,4659 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salivary disorders in patients treated with radioiodine for differentiated thyroid cancer: systematic review of the literature and meta-analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Bondet de la Bernardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mandin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISoRED 2025 Meeting (2ᵈ International Society of Radiation Epidemiology and Dosimetry Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Lyon, France. , pp.38, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05449968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative study of approached cancer incidence in permanent nuclear workers with that of a sample of French population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choisie Mukakalisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naby Dia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISoRED 2025 Meeting (2ᵈ International Society of Radiation Epidemiology and Dosimetry Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Lyon, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioprotection dans une cohorte de professionnels de santé : connaissances, attitudes, pratiques, auto-perception et exposition aux ri dans les hôpitaux français -étude experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Vacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Thin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Chenene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Guersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ATSR 2024 - 28e congrès de Radioprotection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Saint Paul les Trois Chateaux, France. , 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qualité de vie liée à la santé et thérapie par iode radioactif chez les patients atteints d'un cancer de la thyroïde : étude avant-après remerciements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bressand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Menegaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40ème Congrès de la Société Française d’Endocrinologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Clermont-Ferrand, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brain cancEr risk in a pooled Case-cOntrol study of MEdical workers exposed to ionizing radiation in France, South Korea and the United States (the BECOME study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Won Jin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cari Kitahara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Thierry-Chef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Linet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IsoRED2023 - 1st meeting International Society of Radiation Epidemiology and Dosimetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Sitgès, Spain. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radioiodine therapy for thyroid cancer and dysfunction of the salivary and lachrymal glands in the START study: results at 6 months follow-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bressand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Menegaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ETA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04287897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mortality analysis in a cohort of medical workers exposed to low dose of ionizing radiation in France (the ORICAMs cohort)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Feuardent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Caer-Lorho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ERPW2022 - 6th European Radiation Protection Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Estoril, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03897697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Occupational radiation-induced cancer in medical staff (ORICAMs): protocol for a French nested case-control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Feuardent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Caer-Lorho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28th International Symposium on Epidemiology in Occupational Health, EPICOH 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, VIRTUAL, Canada. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">START (Salivary dysfuncTions After Radioiodine Treatment) : preliminary results of a self-controlled study in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lussey-Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bressand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Menegaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th European Radiation Protection Week (ERPW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, ON LINE, France. 2021, ERPW</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionizing radiation exposure during adulthood and risk of developing central nervous system diseases : systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISEE 2021 - 33rd Annual Conference of the International Society for Environmental Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, NEW YORK (VIRTUAL), United States. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude START (Salivary dysfuncTion After Radioiodine Treatment) : protocole d’étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lussey-Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bressand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Menegaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37e Congrès de la Société Française d'Endocrinologie, SFE 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, LE HAVRE, France. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DEBATS : Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Giorgis-Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier technique sur les cohortes environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, BIVIERS, France. Atelier technique sur les cohortes environnementales, 1 p, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of annoyance due to aircraft noise on psychological distress: Results of the DEBATS study in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Laumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROEPI 2018, European Congress of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lyon, France. EUROEPI 2018, European Congress of Epidemiology, 1 p, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839936v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The become study brain cancer risk in joint cohort of medical workers exposed to ionizing radiation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">INWORKS : Suivi de 3 cohortes de travailleurs nucléaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Won Jin Lee</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Altay Myssayev</w:t>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David B. Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Laurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gillies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISoRED 2025 Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Radiation Epidemiology and Dosimetry (ISoRED), Sep 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées francophones de radiologie diagnostique &amp; interventionnelle (JFR 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Radiologie (SFR), Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05450417v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risque de décès par tumeur cérébrale et exposition externe aux rayonnements ionisants chez les professionnels de santé : analyses dose-risque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lestaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Thierry-Chef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altay Myssayev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national de radioprotection – SFRP 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Radioprotection (SFRP), Jun 2025, La Baule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INWORKS : Suivi de 3 cohortes de travailleurs nucléaires</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michael Gillies</w:t>
+                <w:t xml:space="preserve">The become study brain cancer risk in joint cohort of medical workers exposed to ionizing radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Won Jin Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tae-Eun Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cato Milder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Altay Myssayev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de radiologie diagnostique &amp; interventionnelle (JFR 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Radiologie (SFR), Oct 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">ISoRED 2025 Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Radiation Epidemiology and Dosimetry (ISoRED), Sep 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05450392v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupational exposure: Results from the international collaborative studies (BECOME, INWORKS)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Effets secondaires du traitement par iode radioactif dans le cadre d’un cancer de la thyroïde : Résultats du suivi a 6 mois de l’étude START</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Broggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Bassinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the Korean Association for Radiation Protection (KARP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Jungmun, South Korea</w:t>
+              <w:t xml:space="preserve">« L’iode dans tous ses états » - Journées SFRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFRP, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862877v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude ORICAMS: Occupational radiation-induced cancer in medical staff</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Présentation du protocole de l'étude CO'WORKER &amp;quot;COntract WORKers monitored for Exposure to ionizing Radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Petrequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Belkasmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Recherche sur la santé des professionnels de santé » </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DREES - Direction de la recherche, des études, de l’évaluation et des statistiques, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">ATSR 2024 - 28e congrès de Radioprotection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ATSR - Association pour les Techniques et les Sciences de Radioprotection, Sep 2024, Saint Paul les Trois Chateaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862624v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets secondaires du traitement par iode radioactif dans le cadre d’un cancer de la thyroïde : Résultats du suivi a 6 mois de l’étude START</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Occupational exposure: Results from the international collaborative studies (BECOME, INWORKS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« L’iode dans tous ses états » - Journées SFRP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFRP, Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Annual Conference of the Korean Association for Radiation Protection (KARP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Jungmun, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862669v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du protocole de l'étude CO'WORKER &amp;quot;COntract WORKers monitored for Exposure to ionizing Radiation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Étude ORICAMS: Occupational radiation-induced cancer in medical staff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Assia Belkasmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATSR 2024 - 28e congrès de Radioprotection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ATSR - Association pour les Techniques et les Sciences de Radioprotection, Sep 2024, Saint Paul les Trois Chateaux, France</w:t>
+              <w:t xml:space="preserve">Séminaire « Recherche sur la santé des professionnels de santé » </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DREES - Direction de la recherche, des études, de l’évaluation et des statistiques, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862857v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysfunction of the salivary and lacrimal glands after radioiodine therapy: 6-month follow-up results of a self-controlled study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lussey-Lepoutre Charlotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bressand Alice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buffet Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menegaux Fabrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISORED</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sitgès, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04287839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysfonctionnements salivaires et lacrymaux après un traitement par radioiode pour un cancer de la thyroïde : résultats du suivi à 6 mois de l'étude START</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bressand Alice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buffet Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menegaux Fabrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soret Marine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04287880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de mortalité chez les travailleurs médicaux français exposés aux radiations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Feuardent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Caer-Lorho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IXème Congrès International d'Épidémiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EPITER-ADELF, Aug 2022, Online (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-03892273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioprotection des professionnels de santé en France : Exposition, connaissances et habitudes – étude EXPERTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Printemps-Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Chenene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Guersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Partarrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04287752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radioprotection des professionnels de santé en France : exposition, connaissances et habitudes – étude EXPERTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Guersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Partarrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATSR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Annecy le Vieux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-04287780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysfunction of the salivary and lacrimal glands after radioiodine treatment: Preliminary results of a self-controlled study in france</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Odile Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Broggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Bassinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Congress on Radiation Protection, IRPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, BUDAPEST, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03759206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets du bruit des avions sur la santé : aperçu des résultats du programme de recherche DEBATS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Giorgis-Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali-Mohamed Nassur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03847935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ETUDE EXPERTS : Exposition des Professionnels mEdicaux aux RayonnemenTs ioniSants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Partarrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Ducou Le Pointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès National de Radioprotection SFRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, FONTENAY-AUX-ROSES (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03612574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition des professionnels de santé aux rayonnements ionisants en France entre 2009 et 2019 : Etude EXPERTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Partarrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Ducou Le Pointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises de Radiologie, JFR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03536393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de l'exposition des professionnels de santé aux rayonnements ionisants en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Partarrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Ducou Le Pointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès National de Radioprotection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Fontenay-aux-roses, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-03625654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEBATS Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Aircraft noise exposure and saliva cortisol in a pooled-analysis from seven European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Selander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Babisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ennio Cadum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier technique sur les cohortes environnementales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, BIVIERS, France. 29 p</w:t>
+              <w:t xml:space="preserve">23rd International congress on acoustics 9 - 13 septembre 2019 Aachen, Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, AIX LA CHAPELLE, Germany. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02415602v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEBATS : Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Aircraft noise exposure and saliva cortisol in a pooled-analysis from seven European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Selander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Champelovier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion AdP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, PARIS, France. 46 p</w:t>
+              <w:t xml:space="preserve">59th ERSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, LYON, France. 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349771v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aircraft noise exposure and saliva cortisol in a pooled-analysis from seven European countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">DEBATS : Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Giorgis-Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lambert</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">59th ERSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, LYON, France. 25 p</w:t>
+              <w:t xml:space="preserve">Réunion AdP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, PARIS, France. 46 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349740v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aircraft noise exposure and saliva cortisol in a pooled-analysis from seven European countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">DEBATS Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Giorgis-Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ennio Cadum</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International congress on acoustics 9 - 13 septembre 2019 Aachen, Allemagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, AIX LA CHAPELLE, Germany. 4 p</w:t>
+              <w:t xml:space="preserve">Atelier technique sur les cohortes environnementales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, BIVIERS, France. 29 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349637v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEBATS: Discussion sur les effets du bruit des aéronefs touchant la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conseil national du bruit 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, PARIS, France. 44 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of annoyance due to aircraft noise on psychological distress.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Champelovier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47th International Congress and Exposition on Noise Control Engineering (inter-noise 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, CHICAGO, United States. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01833488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-reported health and aircraft noise exposure: the results of the DEBATS study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th ICBEN Congress on Noise as a Public Health Problem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, ZURICH, Switzerland. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01635790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of aircraft noise exposure on psychological distress: the results of the DEBATS study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th ICBEN Congress on Noise as a Public Health Problem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, ZURICH, Switzerland. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01635783v1</w:t>
-              </w:r>
-[...1621 lines deleted...]
-                <w:t xml:space="preserve">hal-01839936v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4739,783 +4739,783 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consideration of hereditary effects in the radiological protection system: evolution and current status</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Lochard</w:t>
+                <w:t xml:space="preserve">Radiation protection in a cohort of healthcare workers: knowledge, attitude, practices, feelings and IR-exposure in French hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Vacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Thin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Chenene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Guersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09553002.2023.2295289⟩</w:t>
+              <w:t xml:space="preserve">Journal of Radiological Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44 (2), pp.021507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6498/ad39f7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">irsn-04570852v1</w:t>
+                <w:t xml:space="preserve">irsn-04669829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation protection in a cohort of healthcare workers: knowledge, attitude, practices, feelings and IR-exposure in French hospitals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Central nervous system tumours and occupational ionising radiation exposure: a nested case–control study among the ORICAMs cohort of healthcare workers in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Joël Guersen</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lestaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radiological Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6498/ad39f7⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (6), pp.e084285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-084285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">irsn-04669829v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central nervous system tumours and occupational ionising radiation exposure: a nested case–control study among the ORICAMs cohort of healthcare workers in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lestaevel</w:t>
+                <w:t xml:space="preserve">Health-related quality of life and radioiodine therapy in thyroid cancer patients: a before-and-after study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bressand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Mandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-084285⟩</w:t>
+              <w:t xml:space="preserve">Quality of Life Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33, pp.2721-2731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11136-024-03721-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04618868v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health-related quality of life and radioiodine therapy in thyroid cancer patients: a before-and-after study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intergenerational effects of ionizing radiation: review of recent studies from human data (2018–2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amrenova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ostroumova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Stephens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Legrand</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Corinne Mandin</w:t>
+                <w:t xml:space="preserve">R. Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality of Life Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33, pp.2721-2731. </w:t>
+              <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (9), pp.1253-1263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11136-024-03721-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2024.2309917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04623226v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">irsn-04570825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergenerational effects of ionizing radiation: review of recent studies from human data (2018–2021)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">Consideration of hereditary effects in the radiological protection system: evolution and current status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Amrenova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ainsbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Stephens</w:t>
+                <w:t xml:space="preserve">A. Giussani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Anderson</w:t>
+                <w:t xml:space="preserve">J. Lochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Radiation Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 100 (9), pp.1253-1263. </w:t>
+              <w:t xml:space="preserve">, 2024, 100 (9), pp.1240 - 1252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09553002.2024.2309917⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09553002.2023.2295289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">irsn-04570825v1</w:t>
+                <w:t xml:space="preserve">irsn-04570852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cohort profile: ORICAMs, a French cohort of medical workers exposed to low-dose ionizing radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Feuardent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Caer-Lorho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 18 (6), pp.e0286910. </w:t>
@@ -5553,103 +5553,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dysfunction of the Salivary and Lacrimal Glands After Radioiodine Therapy for Thyroid Cancer: Results of the START Study After 6-Months of Follow-Up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Bressand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Menegaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thyroid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 33 (9), pp.1100 - 1109. </w:t>
@@ -5687,103 +5687,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupational exposure to ionizing radiation in medical staff: trends during the 2009–2019 period in a multicentric study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Vacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Thin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Chenene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Guersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Radiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 33 (8), pp.5675-5684. </w:t>
@@ -5821,103 +5821,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk of Developing Non-Cancerous Central Nervous System Diseases Due to Ionizing Radiation Exposure during Adulthood: Systematic Review and Meta-Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lopes</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Odile Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (8), pp.984. </w:t>
@@ -5955,103 +5955,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary Dysfunctions and Conséquences After Radioiodine Treatment for Thyroid Cancer: Protocol for a Self-Controlled Study (START Study)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Lussey-Lepoutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Bressand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Menegaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMIR Research Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11, pp.e35565. </w:t>
@@ -6089,103 +6089,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionizing radiation exposure during adulthood and risk of developing central nervous system tumors: systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klervi Leuraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lopes</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Dmitry Klokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Bernier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.16209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6213,360 +6213,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">irsn-03879491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of aircraft noise annoyance and noise sensitivity in the association between aircraft noise levels and medication use: results of a pooled analysis from seven European countries</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biomarkers of genotoxicity in medical workers exposed to low dose ionizing radiation: systematic review and meta-analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Odile Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Klokov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Grazia Andreassi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-021-10280-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (14), pp.7504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22147504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03188271v1</w:t>
+                <w:t xml:space="preserve">hal-03354888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomarkers of genotoxicity in medical workers exposed to low dose ionizing radiation: systematic review and meta-analyses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The role of aircraft noise annoyance and noise sensitivity in the association between aircraft noise levels and medication use: results of a pooled analysis from seven European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Babisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ennio Cadum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Champelovier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (14), pp.7504. </w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 300 (21), 15p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22147504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12889-021-10280-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03354888v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-rated health status in relation to aircraft noise exposure, noise annoyance or noise sensitivity: the results of a cross-sectional study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Champelovier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (116), 11p. </w:t>
@@ -6604,103 +6604,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of aircraft noise annoyance and noise sensitivity in the association between aircraft noise levels and hypertension risk: Results of a pooled analysis from seven European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Babisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ennio Cadum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Champelovier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 191, p110179. </w:t>
@@ -6738,103 +6738,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliva cortisol in relation to aircraft noise exposure: pooled-analysis results from seven European countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Selander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Babisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ennio Cadum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 18 (102), </w:t>
@@ -6872,103 +6872,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aircraft Noise and Psychological Ill-Health: The Results of a Cross-Sectional Study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Champelovier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Laumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15 (8), 14 p. </w:t>
@@ -7038,90 +7038,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit des avions et santé des riverains d'aéroport. L'étude nationale Debats. Discussion sur les Effets du Bruit des Aéronefs Touchant la Santé. Résultats à l'inclusion. Convention Acnusa/Ifsttar, octobre 2020, 43 pages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohamed Nassur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liacine Bouaoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7192,51 +7192,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l'exposition au bruit des avions sur la santé des riverains d'aéroports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Santé publique et épidémiologie. Université de Lyon, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019LYSE1291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7263,51 +7263,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l'exposition au bruit des avions sur la santé des riverains d'aéroports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Santé publique et épidémiologie. UNIVERSITE DE LYON 1 CLAUDE BERNR£ARD, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7503,51 +7503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450417v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Baudin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Won Jin Lee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Eun Kwon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cato Milder" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altay Myssayev" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450366v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Baudin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lestaevel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thierry-Chef" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450392v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B. Richardson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Leuraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gillies" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862877v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862624v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862669v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Soret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Broggio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bassinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Huet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862857v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laurent" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Samson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Petrequin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belkasmi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287839v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lussey-Lepoutre Charlotte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bressand Alice" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buffet Camille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menegaux Fabrice" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287880v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soret Marine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03892273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lopes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Feuardent" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Roy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Caer-Lorho" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287752v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Printemps-Vacquier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Chenene" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Guersen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Partarrieu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287780v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vacquier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guersen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Partarrieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Louet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759206v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Bernier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847935v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Evrard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Giorgis-Allemand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Mohamed Nassur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612574v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vacquier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Louet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ducou Le Pointe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536393v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03625654v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415602v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohamed Nassur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349771v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349740v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Selander" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Champelovier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lambert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349637v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Babisch" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Cadum" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Evrard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laumon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833488v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635783v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05449968v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Bondet de la Bernardie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bernier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mandin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450398v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choisie Mukakalisa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naby Dia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Thin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862847v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bressand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Menegaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819351v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cari Kitahara" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Linet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287897v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Buffet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897697v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505859v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lussey-Lepoutre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505858v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612572v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505860v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Klokov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Durand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415593v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839936v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04570852v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amrenova" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ainsbury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giussani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lochard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2023.2295289" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04669829v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/ad39f7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618868v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-084285" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623226v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Legrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-024-03721-0" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04570825v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostroumova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stephens" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anderson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2024.2309917" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287910v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286910" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159004v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/thy.2023.0090" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04083297v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-023-09541-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759207v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12080984" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763837v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35565" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03879491v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20462-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188271v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-10280-3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354888v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Andreassi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147504" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207082v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-10138-0" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996381v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2020.110179" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414656v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-019-0540-0" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877387v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15081642" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113175v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liacine Bouaoun" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02506133v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1291" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02513254v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05449968v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Bondet de la Bernardie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Baudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Bernier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mandin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450398v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choisie Mukakalisa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naby Dia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Samson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862863v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Vacquier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Thin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Chenene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Guersen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862847v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bressand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Menegaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819351v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Won Jin Lee" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cari Kitahara" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thierry-Chef" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Linet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287897v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Buffet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Soret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897697v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lopes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Feuardent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Roy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Caer-Lorho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505858v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Baudin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612572v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lussey-Lepoutre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505860v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Leuraud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Klokov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Durand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505859v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415593v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Evrard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Giorgis-Allemand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohamed Nassur" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839936v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Laumon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450392v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B. Richardson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laurier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gillies" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450366v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lestaevel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rousseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altay Myssayev" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450417v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Eun Kwon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cato Milder" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862669v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Broggio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Bassinet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Huet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Laurent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Petrequin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Belkasmi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862877v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862624v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287839v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lussey-Lepoutre Charlotte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bressand Alice" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Buffet Camille" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menegaux Fabrice" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287880v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soret Marine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03892273v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287752v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Printemps-Vacquier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Partarrieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287780v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Vacquier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guersen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Partarrieu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Louet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759206v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Bernier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847935v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali-Mohamed Nassur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612574v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Louet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Ducou Le Pointe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536393v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03625654v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349637v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Selander" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Babisch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Cadum" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349740v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Champelovier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lambert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349771v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415602v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833555v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Evrard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833488v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635790v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635783v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04669829v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/ad39f7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618868v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-084285" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623226v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Legrand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-024-03721-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04570825v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amrenova" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ostroumova" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Stephens" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anderson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2024.2309917" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04570852v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ainsbury" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giussani" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lochard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2023.2295289" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04287910v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286910" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159004v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/thy.2023.0090" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04083297v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-023-09541-z" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759207v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12080984" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763837v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35565" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03879491v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20462-7" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354888v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Andreassi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147504" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188271v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-10280-3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207082v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-10138-0" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996381v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2020.110179" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414656v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12940-019-0540-0" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877387v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15081642" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113175v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liacine Bouaoun" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02506133v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE1291" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02513254v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>