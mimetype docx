--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1038,429 +1038,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03937822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of uncertainty intolerance on clinical reasoning: A scoping review of the 21st‐century literature</w:t>
+                <w:t xml:space="preserve">Intolerance of Uncertainty and Attitudes towards Vaccination Impact Vaccinal Decision While Perceived Uncertainty Does Not</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Akinyemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Houtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 29 (3), pp.539-553. </w:t>
+              <w:t xml:space="preserve">Vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (10), pp.1742. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jep.13756⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/vaccines10101742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329293v1</w:t>
+                <w:t xml:space="preserve">halshs-03843498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intolerance of Uncertainty and Attitudes towards Vaccination Impact Vaccinal Decision While Perceived Uncertainty Does Not</w:t>
+                <w:t xml:space="preserve">High Stress Levels and Trust toward the Government Are Associated with More Positive Attitudes toward COVID-19 Vaccines among French Students: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Houtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Akinyemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Monvoisin</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Aimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 10 (10), pp.1742. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vaccines10101742⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 10 (9), pp.1377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vaccines10091377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03843498v1</w:t>
+                <w:t xml:space="preserve">hal-04531851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Stress Levels and Trust toward the Government Are Associated with More Positive Attitudes toward COVID-19 Vaccines among French Students: A Pilot Study</w:t>
+                <w:t xml:space="preserve">Impact of uncertainty intolerance on clinical reasoning: A scoping review of the 21st‐century literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Akinyemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carla Aimé</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (9), pp.1377. </w:t>
+              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (3), pp.539-553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/vaccines10091377⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jep.13756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531851v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of uncertainty intolerance on clinical reasoning: A scoping review of the 21st-century literature</w:t>
               </w:r>
@@ -1525,51 +1525,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Monvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jep.13756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03843525v1</w:t>
@@ -2325,260 +2325,260 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Just to be sure&amp;quot;: Intolerance of Uncertainty influences investigative and prescriptive behaviors of health professionals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attitude measurement with emoji, a large scale study on French youngsters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Akinyemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Cazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association for Psychological Science Annual Convention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">International Convention of Psychological Science - 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116280v1</w:t>
+                <w:t xml:space="preserve">halshs-04025920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitude measurement with emoji, a large scale study on French youngsters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Just to be sure&amp;quot;: Intolerance of Uncertainty influences investigative and prescriptive behaviors of health professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Akinyemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Monvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Convention of Psychological Science - 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Association for Psychological Science Annual Convention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04025920v1</w:t>
+                <w:t xml:space="preserve">hal-04116280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and Validation of a Serious-Game Based Literacy Assessment</w:t>
               </w:r>
@@ -3811,344 +3811,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03844883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l’impact de l’outil d’aide à l’orientation professionnelle “Diagoriente” sur l’autonomie dans la recherche d’emploi des jeunes Français.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High stress levels and trust toward the government are associated with more positive attitudes toward Covid-19 vaccines among youth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oulmann Zerhouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Akinyemi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03844905v1</w:t>
+                <w:t xml:space="preserve">halshs-03844908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High stress levels and trust toward the government are associated with more positive attitudes toward Covid-19 vaccines among youth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Étude de l’impact de l’outil d’aide à l’orientation professionnelle “Diagoriente” sur l’autonomie dans la recherche d’emploi des jeunes Français.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Houtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Akinyemi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03844905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d'analyse des productions du Concours Butterfly 2050 : Lecture des imaginaires et des représentations du futur chez les jeunes - Saisons 2024 et 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Houtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Akinyemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...35 lines deleted...]
-                <w:t xml:space="preserve">halshs-03844908v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AD-HOC Lab. 2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de l'intolérance à l'incertitude sur la prise de décision dans le domaine de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Grenoble Alpes [2020-..], 2023. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2023GRALS044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04494162v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4216,51 +4340,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C65B224D"/>
+    <w:nsid w:val="9EE26E59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4447,51 +4571,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6880-6674" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/276256883" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372273v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Brun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Akinyemi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Houtin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meidinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Antunes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/73818" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05178678v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Joret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jar.70071" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21582440251339665" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04740797v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hv0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865342v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monvoisin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.244.0437" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04279207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Metaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Steinbruckner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Terriot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.17574" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03937822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mizzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cardoso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1113453" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329293v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.13756" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843498v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10101742" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04531851v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aim&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10091377" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843525v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844823v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.15022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844867v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.03.854" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04022867v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Cazin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844915v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844920v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schott" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116280v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04025920v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844830v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843560v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844821v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844852v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844925v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844941v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081044v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844883v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844905v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844908v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04494162v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023GRALS044" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-brun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6880-6674" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/276256883" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372273v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Brun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Akinyemi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Houtin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meidinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Antunes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/73818" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05178678v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Joret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jar.70071" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21582440251339665" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04740797v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hv0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865342v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulmann Zerhouni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monvoisin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.244.0437" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04279207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Metaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Steinbruckner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Terriot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.17574" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03937822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mizzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cardoso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.1113453" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843498v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10101742" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04531851v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aim&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10091377" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329293v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.13756" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843525v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844823v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.15022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844867v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.03.854" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04022867v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Cazin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844915v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844920v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schott" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04025920v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116280v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844830v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843560v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844821v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844852v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844925v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04313915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844941v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04081044v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844883v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844908v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03844905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519257v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04494162v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023GRALS044" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>