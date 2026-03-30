--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -160,416 +160,416 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dodecyl creatine ester, a promising treatment to deliver creatine to neurons, achieves pharmacology efficacy in creatine transporter deficiency</w:t>
+                <w:t xml:space="preserve">In Vitro Evaluation of the Efficient Passage of PLGA-Formulated Trastuzumab for Nose-to-Brain Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Léa Kengne Kamkui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Amaury Herbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narciso Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Guyot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Théodoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 284, pp.117195. </w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (6), pp.681. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2024.117195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics17060681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05198340v1</w:t>
+                <w:t xml:space="preserve">hal-05195805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypoxia-ischemia and sexual dimorphism: modeling mitochondrial dysfunction using brain organoids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dodecyl creatine ester, a promising treatment to deliver creatine to neurons, achieves pharmacology efficacy in creatine transporter deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Disdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romane Gaston-Breton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clémence Disdier</w:t>
+                <w:t xml:space="preserve">Clara Lhotellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narciso Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henrik Hagberg</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Théodoro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell &amp; Bioscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13578-025-01402-0⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 284, pp.117195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2024.117195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05194695v1</w:t>
+                <w:t xml:space="preserve">hal-05198340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Evaluation of the Efficient Passage of PLGA-Formulated Trastuzumab for Nose-to-Brain Delivery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hypoxia-ischemia and sexual dimorphism: modeling mitochondrial dysfunction using brain organoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Gaston-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Disdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Kengne Kamkui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clémence Disdier</w:t>
+                <w:t xml:space="preserve">Henrik Hagberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury Herbet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aloïse Mabondzo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (6), pp.681. </w:t>
+              <w:t xml:space="preserve">Cell &amp; Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (67), pp.14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics17060681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13578-025-01402-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05195805v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05194695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering neuronal deficit and protein profile changes in human brain organoids from patients with creatine transporter deficiency</w:t>
               </w:r>
@@ -581,77 +581,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Broca-Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Harati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orsolya Mozner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Gaston-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12, pp.RP88459. </w:t>
@@ -689,77 +689,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Small Compound Targeting Prohibitin with Potential Interest for Cognitive Deficit Rescue in Aging mice and Tau Pathology Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Leuxe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Oumata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -836,51 +836,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopersistence and translocation to extrapulmonary organs of titanium dioxide nanoparticles after subacute inhalation exposure to aerosol in adult and elderly rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -957,51 +957,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain Inflammation, Blood Brain Barrier dysfunction and Neuronal Synaptophysin Decrease after Inhalation Exposure to Titanium Dioxide Nano-aerosol in Aging Rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Chalansonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1130,51 +1130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cosnefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Melczer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1225,51 +1225,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue biodistribution of intravenously administrated titanium dioxide nanoparticles revealed blood-brain barrier clearance and brain inflammation in rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Devoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1359,51 +1359,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue biodistribution of intravenously administrated titanium dioxide nanoparticles revealed blood-brain barrier clearance and brain inflammation in rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Devoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1525,51 +1525,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of TiO2 exposure impact on adult and vulnerable brains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Disdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toxicology and food chain. Université Paris Saclay (COmUE), 2016. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016SACLS097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1686,51 +1686,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8C172E45"/>
+    <w:nsid w:val="4240F9B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1917,51 +1917,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-disdier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3107-3459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05198340v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Disdier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lhotellier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Guyot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narciso Costa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Th&#233;odoro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2024.117195" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194695v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gaston-Breton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hagberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Mabondzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13578-025-01402-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195805v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kengne Kamkui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herbet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics17060681" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460652v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Broca-Brisson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Harati" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsolya Mozner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.88459.1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464292v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leuxe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Oumata" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57560-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049898v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cosnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gagnaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Devoy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.11.009" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845589v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chalansonnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12404-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025064v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cosnefroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Melczer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1061934816040043" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-015-0102-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01312182v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS097" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-disdier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3107-3459" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05195805v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kengne Kamkui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Disdier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Herbet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narciso Costa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Guyot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics17060681" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05198340v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lhotellier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Th&#233;odoro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2024.117195" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05194695v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gaston-Breton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hagberg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Mabondzo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13578-025-01402-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460652v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Broca-Brisson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Harati" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orsolya Mozner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.88459.1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464292v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leuxe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Oumata" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57560-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049898v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cosnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gagnaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Devoy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.11.009" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845589v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Chalansonnet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12404-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025064v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cosnefroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Melczer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1061934816040043" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12989-015-0102-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01312182v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS097" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>