--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -860,269 +860,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03770031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pluripotency in avian species</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Pain</w:t>
+                <w:t xml:space="preserve">NANOG Is Required for the Long-Term Establishment of Avian Somatic Reprogrammed Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Montillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Aubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1387/ijdb.170322bp⟩</w:t>
+              <w:t xml:space="preserve">Current Stem Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (5), pp.1272-1286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2018.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02517429v1</w:t>
+                <w:t xml:space="preserve">hal-02517395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NANOG Is Required for the Long-Term Establishment of Avian Somatic Reprogrammed Cells</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pauline Aubel</w:t>
+                <w:t xml:space="preserve">Pluripotency in avian species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rival-Gervier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Stem Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (5), pp.1272-1286. </w:t>
+              <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 62 (1-2-3), pp.245-255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2018.09.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1387/ijdb.170322bp⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02517395v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02517429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Network Features and Dynamical Landscape of Naive and Primed Pluripotency</w:t>
               </w:r>
@@ -1251,51 +1251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1612,440 +1612,440 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02652115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic modifications in 3D: Nuclear organization of the differentiating mammary epithelial cell</w:t>
+                <w:t xml:space="preserve">L’organisation du noyau au cours de la différenciation cellulaire dans le tissu mammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Monique Rijnkels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10911-010-9169-x⟩</w:t>
+              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 204 (3), pp.215-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jbio/2010014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02664915v1</w:t>
+                <w:t xml:space="preserve">hal-02654035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’organisation du noyau au cours de la différenciation cellulaire dans le tissu mammaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical analysis of 3D images detects regular spatial distributions of centromeres and chromocenters in animal and plant nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Andrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kien Kiêu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetan Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Tirichine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biologie Aujourd'hui</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jbio/2010014⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (7), pp.e10000853 1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02654035v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical analysis of 3D images detects regular spatial distributions of centromeres and chromocenters in animal and plant nuclei</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Andrey</w:t>
+                <w:t xml:space="preserve">Epigenetic modifications in 3D: Nuclear organization of the differentiating mammary epithelial cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kien Kiêu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clémence Kress</w:t>
+                <w:t xml:space="preserve">Maria Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaetan Lehmann</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monique Rijnkels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Mammary Gland Biology and Neoplasia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 15 (1), pp.73-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10911-010-9169-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000853⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01203864v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the 3D functional architecture of the nucleus in animal and plant kingdoms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2122,51 +2122,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The nuclear localization of WAP and CSN genes is modified by lactogenic hormones in HC11 cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,247 +2648,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04228253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duck pluripotent stem cells and their susceptibility to influenza virus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les cellules souches germinales et leur épigénétique chez l'embryon de poulet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">StemPhase</w:t>
+              <w:t xml:space="preserve">Journée d'animation scientifique Stem PHASE 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04228199v1</w:t>
+                <w:t xml:space="preserve">hal-03808130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cellules souches germinales et leur épigénétique chez l'embryon de poulet</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Duck pluripotent stem cells and their susceptibility to influenza virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rival-Gervier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Montillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Lucas-Forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Fiorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'animation scientifique Stem PHASE 2022</w:t>
+              <w:t xml:space="preserve">StemPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808130v1</w:t>
+                <w:t xml:space="preserve">hal-04228199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FRUIT BATS AS NATURAL RESERVOIR OF HIGHLY PATHOGENIC HENIPAVIRUSES: HIGH PERMISSIVENESS OF REPROGRAMMED PTEROPUS BAT CELLS</w:t>
               </w:r>
@@ -3038,51 +3038,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3159,51 +3159,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3280,51 +3280,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3401,51 +3401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Pain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Fuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3477,402 +3477,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02794097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La monotraite induit la méthylation d'une région régulatrice distale en amont du gène de la caséine- S1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Petridou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+                <w:t xml:space="preserve">Sophie Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madia Charlier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Galio</w:t>
+                <w:t xml:space="preserve">Stephan Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Plant and Animal Genome XXI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Scherago International Inc. Jersey City, NJ, USA., Jan 2013, San Diego, United States</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France. pp.79-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000385v1</w:t>
+                <w:t xml:space="preserve">hal-01019187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monotraite induit la méthylation d'une région régulatrice distale en amont du gène de la caséine- S1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Nguyen</w:t>
+                <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Bouet</w:t>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA. Institut National de la Recherche Agronomique (INRA)., Dec 2013, Paris, France. pp.79-81</w:t>
+              <w:t xml:space="preserve">Conférences Jacques Monod "DNA methylation and demethylation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019187v1</w:t>
+                <w:t xml:space="preserve">hal-01001076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LncRNA expression and increased DNA methylation in a distal region upstream from the alphaS1 casein gene after once daily milking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madia Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Galio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences Jacques Monod "DNA methylation and demethylation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Sep 2013, Roscoff, France</w:t>
+              <w:t xml:space="preserve">International Plant and Animal Genome XXI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scherago International Inc. Jersey City, NJ, USA., Jan 2013, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001076v1</w:t>
+                <w:t xml:space="preserve">hal-01000385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l'épigénétique dans l'expression phénotypique de caractères d'intérêt agromonique relevant de régulations polygéniques</w:t>
               </w:r>
@@ -3996,51 +3996,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA methylation and ncRNA transcription at aCSN1S1 regulatory region in the bovine mammary gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4102,549 +4102,549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01455867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de l’organisation spatiale du génome et de son activité transcriptionnelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nuclear organization of mammary epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiên Kiêu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Colloque du Réseau National des Systèmes Complexes "Architecture nucléaire et dynamique fonctionnelle des chromosomes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Paris, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02748772v1</w:t>
+                <w:t xml:space="preserve">hal-02808572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrition at puberty and mammary gland development</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de l’organisation spatiale du génome et de son activité transcriptionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiên Kiêu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Devinoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Symposium on Breast Cancer Prevention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">11. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Département de Physiologie animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000708v1</w:t>
+                <w:t xml:space="preserve">hal-02748772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear organization of mammary epithelial cells</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nutrition at puberty and mammary gland development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle E. Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chavatte-Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne E. Aujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Colloque du Réseau National des Systèmes Complexes "Architecture nucléaire et dynamique fonctionnelle des chromosomes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Paris, France. n.p</w:t>
+              <w:t xml:space="preserve">2. International Symposium on Breast Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808572v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milking frequency modifies the DNA methylation at the global level and the CSN1 regulatory region in the bovine mammary gland</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a stochastic model of the spatial organization and the activity of mammalian genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiên Kiêu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
+              <w:t xml:space="preserve">Stochastic Geometry Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Lille, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01000489v1</w:t>
+                <w:t xml:space="preserve">hal-02810134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a stochastic model of the spatial organization and the activity of mammalian genomes</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Milking frequency modifies the DNA methylation at the global level and the CSN1 regulatory region in the bovine mammary gland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh M. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan S. Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Boutinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madia Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stochastic Geometry Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Lille, France. 1 p</w:t>
+              <w:t xml:space="preserve">XI. Journée de l'Animation transversale "Glande mammaire, lait" 2011 - Inra, Département Physiologie animale et Système d'Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02810134v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic modifications during normal mammary gland development</w:t>
               </w:r>
@@ -4682,51 +4682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroEpiStem 2011 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Paris, France. pp.NP</w:t>
@@ -4749,255 +4749,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’organisation du noyau au cours de la différenciation cellulaire dans le tissu mammaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Localisation de microARN et organisation nucléaire dans le tissu mammaire de vache et notamment les cellules progénitrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Galio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie S. Droineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hania H. Boudiaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Société française de Biologie cellulaire sur le thème "Architecture fonctionnelle du noyau"</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02819501v1</w:t>
+                <w:t xml:space="preserve">hal-02823065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation de microARN et organisation nucléaire dans le tissu mammaire de vache et notamment les cellules progénitrices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’organisation du noyau au cours de la différenciation cellulaire dans le tissu mammaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Devinoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journée de la Société française de Biologie cellulaire sur le thème "Architecture fonctionnelle du noyau"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jbio/2010014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02823065v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing interactions for spatially heterogeneous point patterns with an application to centromere spatial analysis</w:t>
               </w:r>
@@ -5117,277 +5117,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duck pluripotent stem cells and their susceptibility to influenza virus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pablo Borredat-Diaz</w:t>
+                <w:t xml:space="preserve">Epigénétique de cellules reprogrammées issues de clones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Baquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Fiorini</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Frontiers in Developmental Biology | Celebrating the Diversity of Life (SFBD and JSDB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03853636v1</w:t>
+                <w:t xml:space="preserve">hal-03808163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigénétique de cellules reprogrammées issues de clones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Baquerre</w:t>
+                <w:t xml:space="preserve">Duck pluripotent stem cells and their susceptibility to influenza virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rival-Gervier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Borredat-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Montillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Kiefer</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Foret-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Fiorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’animation scientifiques du Département Physiologie Animale et Systèmes d’Elevage 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Poitiers, France</w:t>
+              <w:t xml:space="preserve">New Frontiers in Developmental Biology | Celebrating the Diversity of Life (SFBD and JSDB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808163v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duck pluripotent stem cells and their susceptibility to influenza virus</w:t>
               </w:r>
@@ -5623,90 +5623,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milking frequency modifies DNA methylation at a CSN1 regulatory region in the bovine mammary gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh M. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Boutinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Dessauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madia Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5973,77 +5973,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WAP expression is related to chromatin conformation, chromatin loop attachment to nuclear structures and nuclear localization of the gene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kien Kiêu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan G. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6079,402 +6079,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear localization of milk protein genes in the mouse mammary epithelial HC11 cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Milk protein gene expression is related to chromatin conformation, chromatin loop attachment to nuclear structure and nuclear localization of genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiên Kiêu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaetan G. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Conference Series on Nuclear Structure and Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Montpellier, France. 1 p., 2007</w:t>
+              <w:t xml:space="preserve">4. International Symposium Milk Genomics &amp; Human Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Napa, United States. 1 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02813154v1</w:t>
+                <w:t xml:space="preserve">hal-02816230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk protein gene expression is related to chromatin conformation, chromatin loop attachment to nuclear structure and nuclear localization of genes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Epigenetic modifications and chromatin loop organization provide a model for the different expression profiles of the Tbrg4, WAP and ramp3 genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie S. Droineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kiên Kiêu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Symposium Milk Genomics &amp; Human Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Napa, United States. 1 p., 2007</w:t>
+              <w:t xml:space="preserve">EMBO Conference Series on Nuclear Structure and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Montpellier, France. 1 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02816230v1</w:t>
+                <w:t xml:space="preserve">hal-02814721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic modifications and chromatin loop organization provide a model for the different expression profiles of the Tbrg4, WAP and ramp3 genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Bagher M. B. Montazer Torbati</w:t>
+                <w:t xml:space="preserve">Nuclear localization of milk protein genes in the mouse mammary epithelial HC11 cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Ballester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Hue-Beauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Kress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiên Kiêu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetan G. Lehmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Conference Series on Nuclear Structure and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Montpellier, France. 1 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02814721v1</w:t>
+                <w:t xml:space="preserve">hal-02813154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId152"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6550,51 +6550,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="35C0FEE3"/>
+    <w:nsid w:val="DD3368E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6781,51 +6781,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-kress" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6379-9735" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089427718" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-7286-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05080394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yousefi Taemeh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Dehdilani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Goshayeshi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival-Gervier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-93777-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04566077v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-024-00537-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186419v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39536-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770031v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Aurine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gaudino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9122567" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517429v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.170322bp" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517395v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fuet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Aubel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2018.09.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pfeuty" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01322500v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-016-0056-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193988v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nguyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Petridou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111556" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652115v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki&#234;n Ki&#234;u" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-011-9249-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0HGQ4BC2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664915v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rijnkels" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-010-9169-x" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DRV6Q45Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654035v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2010014" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/275C819B14A33E97D7019823F6E215C94B429F7C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203864v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Ki&#234;u" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Lehmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Tirichine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000853" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610642v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki&#234;n K. Ki&#234;u" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663556v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan G. Lehmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.21823" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PCRKC0H9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093585v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomassin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grange" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0601793103" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Borredat-Diaz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lucas-Foret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fiorini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lucas-For&#234;t" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228199v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808130v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037412v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branka Horvat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fouret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927025v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926990v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801365v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794097v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh M. Nguyen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019187v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bouet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001076v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455867v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748772v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000708v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Koch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808572v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000489v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan S. Bouet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000542v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester Davis Ballester" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819501v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823065v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania H. Boudiaf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755116v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03853636v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808163v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228315v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532574v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo Houeto" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ki&#234;u" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moukachar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745102v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806686v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804410v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822110v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813154v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816230v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814721v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clemence-kress" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6379-9735" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089427718" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-7286-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421401v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baquerre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Delahaye" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Nuttinck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jean" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.70073" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05080394v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yousefi Taemeh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Dehdilani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Goshayeshi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Kress" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rival-Gervier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-93777-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04566077v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Pain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-024-00537-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186419v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-39536-1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770031v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Aurine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gaudino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9122567" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517395v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fuet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Aubel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2018.09.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.170322bp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334724v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pfeuty" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.033" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01322500v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-016-0056-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193988v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Nguyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Petridou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111556" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652115v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki&#234;n Ki&#234;u" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Droineau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Devinoy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-011-9249-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0HGQ4BC2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654035v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2010014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/275C819B14A33E97D7019823F6E215C94B429F7C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203864v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kien Ki&#234;u" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Lehmann" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Tirichine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000853" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664915v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rijnkels" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10911-010-9169-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DRV6Q45Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610642v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki&#234;n K. Ki&#234;u" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.09.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663556v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hue-Beauvais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan G. Lehmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.21823" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PCRKC0H9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093585v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomassin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grange" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0601793103" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Borredat-Diaz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lucas-Foret" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fiorini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228253v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lucas-For&#234;t" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808130v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228199v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037412v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Branka Horvat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fouret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927025v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926990v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801365v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794097v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019187v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001076v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh M. Nguyen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madia Charlier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000385v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003253v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Renard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jammes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Kiefer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rocha" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455867v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808572v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748772v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000708v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle E. Koch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chavatte-Palmer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne E. Aujean" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dahirel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810134v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000489v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan S. Bouet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000542v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ballester Davis Ballester" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bagher M. B. Montazer Torbati" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823065v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hania H. Boudiaf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819501v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755116v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03808163v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03853636v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foret-Lucas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228315v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532574v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Honvo Houeto" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ki&#234;u" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moukachar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745102v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806686v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804410v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822110v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816230v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814721v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813154v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>