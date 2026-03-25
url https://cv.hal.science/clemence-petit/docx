--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of SnO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/ZnO ceramics: Effects of SiC susceptor</w:t>
+                <w:t xml:space="preserve">Microwave sintering of tin oxide and zinc oxide mixtures – Formation of Zn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;SnO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; spinel phase, densification and evolution of microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Šimonová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
@@ -164,117 +164,121 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willi Pabst</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vojtěch Nečina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 45 (15), pp.117560. </w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (13), pp.17215-17225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117560⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2025.01.495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05095644v1</w:t>
+                <w:t xml:space="preserve">emse-05012384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of tin oxide and zinc oxide mixtures – Formation of Zn&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;SnO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; spinel phase, densification and evolution of microstructure</w:t>
+                <w:t xml:space="preserve">Microwave sintering of SnO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;/ZnO ceramics: Effects of SiC susceptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Šimonová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
@@ -294,1050 +298,1046 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vojtěch Nečina</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Willi Pabst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 51 (13), pp.17215-17225. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (15), pp.117560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2025.01.495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2025.117560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05012384v1</w:t>
+                <w:t xml:space="preserve">emse-05095644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of zirconia toughened alumina - Influence of the type and content of doping in zirconia</w:t>
+                <w:t xml:space="preserve">Susciter le dialogue entre la jeunesse et la recherche, Les ateliers de la recherche à La Rotonde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+                <w:t xml:space="preserve">Raphaëlle Jarrige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.08.302⟩</w:t>
+              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 206 (206), pp.94-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14g30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04191173v1</w:t>
+                <w:t xml:space="preserve">hal-04907797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of dense and lattice 3Y-TZP samples shaped by digital light processing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Microwave sintering of zirconia toughened alumina - Influence of the type and content of doping in zirconia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ceramics International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 49 (5), pp.7350 à 7358. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2022.10.194⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 49 (22, Part B), pp.36218-36224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2023.08.302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03822156v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04191173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of microwave sintering of B-type carbonated hydroxyapatite bioceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microwave sintering of dense and lattice 3Y-TZP samples shaped by digital light processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Le Tiec</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Pancrazi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bartolomeo Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Phenomena</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/p-isy443⟩</w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (5), pp.7350 à 7358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2022.10.194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03925148v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid microwave sintering of Zirconia Toughened Alumina in a multimode cavity – Influence of the content of 3 mol% yttria stabilized zirconia and sintering configurations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of microwave sintering of B-type carbonated hydroxyapatite bioceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Tiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Pancrazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100371⟩</w:t>
+              <w:t xml:space="preserve">Solid State Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 340, pp.119 à 130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/p-isy443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04099941v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03925148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fused Deposition Modeling and microwave sintering of 3Y-TZP samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hybrid microwave sintering of Zirconia Toughened Alumina in a multimode cavity – Influence of the content of 3 mol% yttria stabilized zirconia and sintering configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hubert Taxil</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 15, pp.100378. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100378⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 14, pp.100371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04109513v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04099941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susciter le dialogue entre la jeunesse et la recherche, Les ateliers de la recherche à La Rotonde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fused Deposition Modeling and microwave sintering of 3Y-TZP samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Manceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Rivera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Jarrige</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clémence Petit</w:t>
+                <w:t xml:space="preserve">Hubert Taxil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de l'OCIM (Office de Coopération et d'Information Muséographique) : Musées, Patrimoine et Culture scientifiques et techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 206 (206), pp.94-107. </w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, pp.100378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/14g30⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2023.100378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907797v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04109513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of magnesium and zinc aluminate spinels by microwave heating: Influence of the oxide precursors on the phase composition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justin Chassagne</w:t>
+                <w:t xml:space="preserve">Hybrid microwave sintering of alumina and 3 mol% Y2O3-stabilized zirconia in a multimode cavity – Influence of the sintering cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.104679⟩</w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 48 (13), pp.18143-18150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2022.03.072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03822305v1</w:t>
+                <w:t xml:space="preserve">hal-03686221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid microwave sintering of alumina and 3 mol% Y2O3-stabilized zirconia in a multimode cavity – Influence of the sintering cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+                <w:t xml:space="preserve">Preparation of magnesium and zinc aluminate spinels by microwave heating: Influence of the oxide precursors on the phase composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 48 (13), pp.18143-18150. </w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.104679. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2022.03.072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2022.104679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03686221v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A parametric study of conventional and high-speed microwave sintering of robocast porcelain</w:t>
               </w:r>
@@ -1447,295 +1447,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04489911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an instrumented microwave multimode cavity for sintering of nuclear ceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Densification of UO2 pellets by microwave sintering using an instrumented multimode cavity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Croquesel</w:t>
+                <w:t xml:space="preserve">Jérémy Croquesel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Meunier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">S. Pillon</w:t>
+                <w:t xml:space="preserve">Sylvie Pillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2021.109638⟩</w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (21), pp.30610-30615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2021.07.238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04698510v1</w:t>
+                <w:t xml:space="preserve">hal-03306911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification of UO2 pellets by microwave sintering using an instrumented multimode cavity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
+                <w:t xml:space="preserve">Design of an instrumented microwave multimode cavity for sintering of nuclear ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Croquesel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Croquesel</w:t>
+                <w:t xml:space="preserve">F. Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Pillon</w:t>
+                <w:t xml:space="preserve">S. Pillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 47 (21), pp.30610-30615. </w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 204, pp.109638. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2021.07.238⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2021.109638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03306911v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04698510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel calcium phosphate/PCL graded samples: Design and development in view of biomedical applications</w:t>
               </w:r>
@@ -2674,717 +2674,708 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02475378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (34)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en forme par robocasting et post-traitements thermiques associés de pièces de cuivre de type cloisonnés</w:t>
+                <w:t xml:space="preserve">Recycling of zirconia bioceramics from dental prostheses: link between the processes / microstructures / properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Favre</w:t>
+                <w:t xml:space="preserve">Sandrine Cottrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Nedelec</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Constance Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Réseau Initiative 3D</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Bellignat-Oyonnax, France</w:t>
+              <w:t xml:space="preserve">19th European Inter-Regional Conference on Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Leoben, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05329414v1</w:t>
+                <w:t xml:space="preserve">hal-05565294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High temperature dielectric properties characterization of carbonated hydroxyapatite ceramics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Comportement biologique et frittage réactif micro-ondes d’hydroxyapatites carbonatées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Journiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Annino</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto d'Ambrosio</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244587v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frittage réactif micro-ondes de céramiques : Exemple de la porcelaine et de l'hydroxyapatite carbonatée</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Petit</w:t>
+                <w:t xml:space="preserve">Recyclage de biocéramiques en zircone issues des déchets des prothèses dentaires : étude des liens entre procédés, microstructures et propriétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marianna Peroglio</w:t>
+                <w:t xml:space="preserve">Sandrine Cottrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées scientifique du Groupement Francophone de Densification des Matériaux par Frittage Assisté par Champ Electromagnétique (GFDM-FACE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement Francophone de Densification des Matériaux par Frittage Assisté par Champ Electromagnétique (GFDM-FACE), Nov 2025, Talence (33), France</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05384232v1</w:t>
+                <w:t xml:space="preserve">hal-05565304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave vs. conventional sintering: insights from SnO₂-ZnO ceramic processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Petra Šimonová</w:t>
+                <w:t xml:space="preserve">Mise en forme par robocasting et post-traitements thermiques associés de pièces de cuivre de type cloisonnés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Journée du Réseau Initiative 3D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Bellignat-Oyonnax, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05244603v1</w:t>
+                <w:t xml:space="preserve">hal-05329414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification by microwave sintering of centimeter-sized porcelain objects shaped by robocasting – Influence of the sintering cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High temperature dielectric properties characterization of carbonated hydroxyapatite ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Journiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Annino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto d'Ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244566v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-Efficient Ceramic Processing: Insights into Microwave Sintering of SnO₂-ZnO-Based Ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Šimonová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willi Pabst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3412,3293 +3403,3660 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th annual doctoral seminar Inorganic non-metallic materials 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Pragu, Czech Republic, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of architectured ceramics shaped by additive manufacturing</w:t>
+                <w:t xml:space="preserve">Frittage réactif micro-ondes de céramiques : Exemple de la porcelaine et de l'hydroxyapatite carbonatée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Journiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Peroglio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum France-Japan 2025 (JSPS - JST) - Materials and Energy Transition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Japan Society for Promotion of Science, Nov 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">5èmes Journées scientifique du Groupement Francophone de Densification des Matériaux par Frittage Assisté par Champ Electromagnétique (GFDM-FACE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement Francophone de Densification des Matériaux par Frittage Assisté par Champ Electromagnétique (GFDM-FACE), Nov 2025, Talence (33), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384236v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’homogénéité du frittage micro-ondes sur des pièces volumineuses en porcelaine réalisées par Robocasting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+                <w:t xml:space="preserve">Microwave vs. conventional sintering: insights from SnO₂-ZnO ceramic processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Šimonová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willi Pabst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jenny Faucheu</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907713v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une cavité micro-ondes monomode pour le chauffage réactif d’hydroxyapatite carbonatée</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Densification by microwave sintering of centimeter-sized porcelain objects shaped by robocasting – Influence of the sintering cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Eglin</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907724v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintered SnO2-ZnO based ceramics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microwave sintering of architectured ceramics shaped by additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Willy Pabst</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Peroglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th Annual Doctoral Seminar Inorganic Non-metallic Materials 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Forum France-Japan 2025 (JSPS - JST) - Materials and Energy Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Japan Society for Promotion of Science, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909670v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogeneity of microwave sintering of large porcelain objects shaped by robocasting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+                <w:t xml:space="preserve">Ceramics based on SnO2, ZnO and Zn2SnO4 prepared by conventional and microwave sintering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Simonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Pabst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Kotrbova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shaping 9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">10th International Congress on Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909653v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification par chauffage micro-ondes de bioceramiques ZTA – Influence de la composition des matériaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+                <w:t xml:space="preserve">Microwave sintered SnO2-ZnO based ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Simonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Pabst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">29th Annual Doctoral Seminar Inorganic Non-metallic Materials 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907706v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceramics based on SnO2, ZnO and Zn2SnO4 prepared by conventional and microwave sintering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Petra Simonova</w:t>
+                <w:t xml:space="preserve">Analyse de l’homogénéité du frittage micro-ondes sur des pièces volumineuses en porcelaine réalisées par Robocasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Faucheu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Congress on Ceramics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907490v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frittage micro-ondes de pièces architecturées</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hugo Rivera</w:t>
+                <w:t xml:space="preserve">Développement d’une cavité micro-ondes monomode pour le chauffage réactif d’hydroxyapatite carbonatée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Journiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Journée Impression 3D du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907695v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of zirconia and zirconia-toughened alumina – Influence of the content and type of dopants of zirconia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homogeneity of microwave sintering of large porcelain objects shaped by robocasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulysse Gaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS18 - 18th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Shaping 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907476v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of alumina, zirconia and Zirconia-Toughened Alumina – Influence of the materials’ composition and sintering cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Densification par chauffage micro-ondes de bioceramiques ZTA – Influence de la composition des matériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioceramics 33, 33rd conference and annual meeting of the International Society for Ceramics in Medicine (ISCM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Soleure, Switzerland</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907485v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration de spinelles d’aluminate de magnésium et de zinc par chauffage microondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée GDM-FACE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Munster, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04907659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frittage micro-ondes de pièces porcelaine mises en forme par fabrication additive.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianna Peroglio</w:t>
+                <w:t xml:space="preserve">Microwave sintering of zirconia and zirconia-toughened alumina – Influence of the content and type of dopants of zirconia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clémence Petit</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale MATÉRIAUX 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">ECerS18 - 18th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052668v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the microwave sintering of carbonated hydroxyapatite</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microwave sintering of alumina, zirconia and Zirconia-Toughened Alumina – Influence of the materials’ composition and sintering cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS17 - 17th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">Bioceramics 33, 33rd conference and annual meeting of the International Society for Ceramics in Medicine (ISCM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Soleure, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907622v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of zirconia bulk and lattice samples shaped by DLP-based stereolithography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Frittage micro-ondes de pièces architecturées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Peroglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Manceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Rivera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS17 - 17th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">2ème Journée Impression 3D du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907494v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frittage micro-ondes de composites ZTA, influence du procédé de frittage et de la teneur en zircone 3Y-TZP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Microwave sintering of zirconia bulk and lattice samples shaped by DLP-based stereolithography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Valdivieso</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartolomeo Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Palmero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
+              <w:t xml:space="preserve">ECerS17 - 17th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05019484v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the microwave sintering of carbonated hydroxyapatite for bone reconstruction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Investigation of the microwave sintering of carbonated hydroxyapatite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Tiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pancrazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioceramics32 - the 32nd Conference and Annual Meeting of the International Society for Ceramics in Medicine (ISCM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Mestre, Italy</w:t>
+              <w:t xml:space="preserve">ECerS17 - 17th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907632v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of zirconia content, type of dopants and microwave sintering parameters on densification and microstructure of Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; and Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;-ZrO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+                <w:t xml:space="preserve">Frittage micro-ondes de pièces porcelaine mises en forme par fabrication additive.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Peroglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Faucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science et Technologie des Poudres et Matériaux Frittés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">Conférence internationale MATÉRIAUX 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05019435v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets du chauffage micro-onde sur la formation de spinelles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justin Chassagne</w:t>
+                <w:t xml:space="preserve">Investigation of the microwave sintering of carbonated hydroxyapatite for bone reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Douard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Le Tiec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Pancrazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science et Technologie des Poudres et Matériaux Frittés 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Saint-Etienne, France</w:t>
+              <w:t xml:space="preserve">Bioceramics32 - the 32nd Conference and Annual Meeting of the International Society for Ceramics in Medicine (ISCM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Mestre, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907636v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification of uranium dioxide pellets by microwave sintering for nuclear applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frittage micro-ondes de composites ZTA, influence du procédé de frittage et de la teneur en zircone 3Y-TZP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STPMF 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04741813v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of nuclear ceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of zirconia content, type of dopants and microwave sintering parameters on densification and microstructure of Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; and Al&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;-ZrO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS16 - 16th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Turin, Italy</w:t>
+              <w:t xml:space="preserve">Science et Technologie des Poudres et Matériaux Frittés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907597v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication and characterisation of a multi-layer biomaterial for bone tissue engineering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets du chauffage micro-onde sur la formation de spinelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Tulliani</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society Fall meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Science et Technologie des Poudres et Matériaux Frittés 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956022v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of cellular materials by X-ray tomography and finite element modelling</w:t>
+                <w:t xml:space="preserve">Densification of uranium dioxide pellets by microwave sintering for nuclear applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Solene Tadier</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Croquesel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pillon-Eymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Solid Mechanics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">STPMF 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956047v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04741813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation éléments finis</w:t>
+                <w:t xml:space="preserve">Microwave sintering of nuclear ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Solene Tadier</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Croquesel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pillon-Eymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">ECerS16 - 16th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956056v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04907597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation par éléments finis</w:t>
+                <w:t xml:space="preserve">Fabrication and characterisation of a multi-layer biomaterial for bone tissue engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Palmero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Tulliani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">European Materials Research Society Fall meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956071v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale analysis of cellular ceramics by X-ray tomography and finite element modelling</w:t>
+                <w:t xml:space="preserve">Study of cellular materials by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Tadier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Inter-Regional Conference on Ceramics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">9th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956085v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale analysis of cellular metals by X-ray tomography</w:t>
+                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation éléments finis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Porous Metals and Metallic Foams</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Rayleigh, North Carolina, United States</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956103v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double-scale study of cellular materials by X-ray tomography and finite element modeling</w:t>
+                <w:t xml:space="preserve">Multiscale analysis of cellular ceramics by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop on Security Science and Engineering of Advanced Energy System - INSA Lyon Tohoku University Mini Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">14th European Inter-Regional Conference on Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956316v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etude de matériaux cellulaires par tomographie aux rayons X et modélisation par éléments finis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solene Tadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matériaux 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Double-scale study of cellular materials by X-ray tomography and finite element modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Workshop on Security Science and Engineering of Advanced Energy System - INSA Lyon Tohoku University Mini Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale analysis of cellular metals by X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Adrien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Conference on Porous Metals and Metallic Foams</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Rayleigh, North Carolina, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Local tomography study of the fracture of an ERG metal foam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Onck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Salvo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARCHIMAT - Architectured Materials workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6708,311 +7066,311 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave sintering of zirconia-toughened alumina – Influence of the materials’ composition and sintering cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
+                <w:t xml:space="preserve">Caractérisation diélectrique des hydroxyapatites carbonatées à hautes températures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Journiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Annino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto d'Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Cintio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244612v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation diélectrique des hydroxyapatites carbonatées à hautes températures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andrea Cintio</w:t>
+                <w:t xml:space="preserve">Microwave sintering of zirconia-toughened alumina – Influence of the materials’ composition and sintering cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouhaila Khalile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valdivieso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Orléans, France</w:t>
+              <w:t xml:space="preserve">19th Conference of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05003840v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and Indirect Microwave Heating of SnO 2 -ZnO ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Šimonová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willi Pabst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7040,238 +7398,238 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th international symposium on advanced processing and manufacturing technologies for structural and multifunctional materials and systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Daytona Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a resonant microwave cavity for the evaluation of dielectric properties of apatite ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Journiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Annino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto d'Ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Cintio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'IPCF (Istituto dei Processi Chimico Fisici)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Pisa (IT), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05003843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densification, microstructure and elastic properties of microwave-sintered SnO2, ZnO and Zn2SnO4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Simonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willi Pabst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Kotrbova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7290,194 +7648,194 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles du Groupement Français de la Céramique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Saint-Etienne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a single-mode microwave cavity for the reactive sintering of hydroxyapatite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Journiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Basler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave debinding of ceramic parts shaped by stereolithography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Valdivieso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7486,120 +7844,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Chassagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of microwave heating on spinel formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7627,87 +7985,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Cracovie (PL), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conventional and high-speed microwave sintering of robocast porcelain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Peroglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7748,306 +8106,306 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Cracovie (PL), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication de pièces en alumine et zircone par Fused Deposition Modeling et frittage micro-ondes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Manceaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Taxil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04929912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of microwave sintering of carbonated hydroxyapatite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Tiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Pancrazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Douard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th European Inter-Regional Conference on Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Swansea, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new calcium phosphate/PCL graded scaffolds in view of biomedical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8106,113 +8464,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Inter-Regional Conference on Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical behavior of a β-TCP ceramic with a random porosity: study of the fracture path with X-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Tadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8227,100 +8585,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th European Inter-Regional Conference on Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale analysis of cellular materials by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8335,51 +8693,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Congress on 3D Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8389,114 +8747,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of mechanical properties of cellular materials by X-ray tomography and finite element modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Materials. INSA de Lyon, 2015. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015ISAL0130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01368510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId153"/>
+      <w:footerReference w:type="default" r:id="rId159"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8643,51 +9001,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05095644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra &#352;imonov&#225;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willi Pabst" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117560" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05012384v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Ne&#269;ina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2025.01.495" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04191173v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Khalile" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.08.302" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822156v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolomeo Coppola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.10.194" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03925148v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Tiec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pancrazi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Douard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-isy443" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04099941v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100371" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04109513v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Manceaux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rivera" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Taxil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100378" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Jarrige" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14g30" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822305v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Chassagne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.104679" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686221v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.03.072" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04489911v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Peroglio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100246" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04698510v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Croquesel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valdivieso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2021.109638" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306911v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Croquesel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.07.238" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475326v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tulliani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Tadier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.12.044" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475322v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montanaro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Palmero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijac.12878" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814369v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.11.035" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.02.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123645v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.05.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475338v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Kurosu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2016.04.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475377v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.09.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2013.97" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329414v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Gaumet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nedelec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Journiac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Annino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto d'Ambrosio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384232v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244603v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244566v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930255v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384236v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907724v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eglin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909670v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Simonova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pabst" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909653v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907706v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907490v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kotrbova" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907695v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907476v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907485v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907659v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052668v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907622v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907494v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907632v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019435v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907636v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741813v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillon-Eymard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907597v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956047v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Maire" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956056v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956071v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956085v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956103v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956316v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956299v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244612v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003840v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cintio" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930159v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003843v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930101v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929936v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Basler" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929969v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929901v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929471v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Peroglio" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929912v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930291v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956130v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956118v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956112v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368510v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAL0130" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05012384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra &#352;imonov&#225;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Petit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valdivieso" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Ne&#269;ina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2025.01.495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05095644v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willi Pabst" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2025.117560" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907797v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Jarrige" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Douard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14g30" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04191173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouhaila Khalile" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2023.08.302" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822156v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartolomeo Coppola" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.10.194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03925148v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Tiec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Pancrazi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-isy443" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04099941v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100371" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04109513v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Manceaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rivera" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Taxil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100378" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686221v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.03.072" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Chassagne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2022.104679" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04489911v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Peroglio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Favre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Faucheu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100246" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306911v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Croquesel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.07.238" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04698510v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Croquesel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meunier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Petit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Valdivieso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2021.109638" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475326v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tulliani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Tadier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.12.044" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475322v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montanaro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Palmero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijac.12878" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814369v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Petit" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maire" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.11.035" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maire" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.02.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123645v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2016.05.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475338v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Kurosu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2016.04.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475377v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2014.09.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2013.97" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565294v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cottrino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Auriol" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chevalier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565306v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Journiac" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eglin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565304v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329414v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Gaumet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nedelec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244587v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Annino" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto d'Ambrosio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930255v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384232v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244603v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244566v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384236v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907490v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Simonova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Pabst" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kotrbova" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909670v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907713v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907724v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909653v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907706v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907659v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907476v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907485v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907695v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907622v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052668v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907632v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019484v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019435v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907636v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04741813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillon-Eymard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907597v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956022v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956047v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Maire" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956056v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956085v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956071v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956316v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956103v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956299v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Onck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Salvo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003840v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cintio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244612v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930159v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003843v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930101v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929936v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Basler" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929969v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929901v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929471v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Peroglio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929912v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930291v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956130v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956118v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956112v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368510v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ISAL0130" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>