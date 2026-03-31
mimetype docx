--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -502,291 +502,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05064345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Machine Learning Methods in the Study of Cancer Survivors' Return to Work: An Example of Breast Cancer Survivors with Work-Related Factors in the CONSTANCES Cohort</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and validation of a work-related risk score for upper-extremity musculoskeletal disorders in a French working population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rapicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Badreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Fadel</w:t>
+                <w:t xml:space="preserve">Yves Roquelaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Roquelaure</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clémence Rapicault</w:t>
+                <w:t xml:space="preserve">Natacha Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Bertin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sandrine Bertrais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Occupational and Environmental Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Publish Ahead of Print (4), </w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Work, Environment and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 49 (8), pp.558-568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10926-023-10112-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5271/sjweh.4119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04059455v1</w:t>
+                <w:t xml:space="preserve">hal-04204658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of a work-related risk score for upper-extremity musculoskeletal disorders in a French working population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of Machine Learning Methods in the Study of Cancer Survivors' Return to Work: An Example of Breast Cancer Survivors with Work-Related Factors in the CONSTANCES Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Badreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Fadel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roquelaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rapicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Bertrais</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélanie Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Work, Environment and Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 49 (8), pp.558-568. </w:t>
+              <w:t xml:space="preserve">Journal of Occupational and Environmental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Publish Ahead of Print (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5271/sjweh.4119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10926-023-10112-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04204658v1</w:t>
+                <w:t xml:space="preserve">hal-04059455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1009,64 +1009,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Roquelaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer, Work &amp; Employment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INCA, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1091,90 +1091,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du retour à l’emploi après cancer du sein - A l’aide de la matrice emplois-expositions JEM-CONSTANCES et de méthodes apprenantes dans la cohorte CONSTANCES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Badreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Badreau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Yves Roquelaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rapicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1216,64 +1216,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between patterns of return-to-work trajectories and long-term depressive symptoms among breast cancer survivors [O-282 ]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Roquelaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Porro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1640,51 +1640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272218v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rapicault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Descatha" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fadel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gilbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0329324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381334v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Porro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gourmelen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ribet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Rolland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-10146-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Branchereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dutheil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Le Borgne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Lamelot-Pelard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09381-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059455v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Badreau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10926-023-10112-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04204658v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fouquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bertrais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5271/sjweh.4119" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646735v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zins" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqae023.0627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03906892v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03710350v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03551427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/OEM-2021-EPI.132" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03477461v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pietri Ibrahim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272218v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rapicault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Descatha" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fadel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gilbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0329324" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381334v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Porro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gourmelen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ribet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Rolland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-10146-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Branchereau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dutheil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Le Borgne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Lamelot-Pelard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-025-09381-1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04204658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Fouquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bertrais" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5271/sjweh.4119" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059455v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Badreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10926-023-10112-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646735v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Goldberg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zins" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqae023.0627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03906892v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03710350v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03551427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/OEM-2021-EPI.132" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03477461v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pietri Ibrahim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>