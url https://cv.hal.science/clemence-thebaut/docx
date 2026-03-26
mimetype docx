--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct and indirect costs of breast cancer management in Sub-Saharan Africa</w:t>
+                <w:t xml:space="preserve">Cost-effectiveness analysis of simulation-based training in transoesophageal echocardiography: Insights from the SIMULATOR randomized clinical trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irénée Ahindu Konga</w:t>
+                <w:t xml:space="preserve">Théo Pezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanina Pofagi</w:t>
+                <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Parenté</w:t>
+                <w:t xml:space="preserve">Yohann Bohbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freddy Gnangnon</w:t>
+                <w:t xml:space="preserve">Charles Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dismand Houinato</w:t>
+                <w:t xml:space="preserve">Basile Mouhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cancer Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 45, pp.100629. </w:t>
+              <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 118 (3), pp.202-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcpo.2025.100629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.acvd.2024.10.330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313642v1</w:t>
+                <w:t xml:space="preserve">hal-04850904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality of Life of Older Adults Living With Dementia and Caregiver Strain in Benin</w:t>
+                <w:t xml:space="preserve">Direct and indirect costs of breast cancer management in Sub-Saharan Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
+                <w:t xml:space="preserve">Irénée Ahindu Konga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Thébaut</w:t>
+                <w:t xml:space="preserve">Vanina Pofagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sem Harris Ahouantchede</w:t>
+                <w:t xml:space="preserve">Alexis Parenté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
+                <w:t xml:space="preserve">Freddy Gnangnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieu Donné Gnonlonfoun</w:t>
+                <w:t xml:space="preserve">Dismand Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Value in Health Regional Issues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 47, </w:t>
+              <w:t xml:space="preserve">Journal of Cancer Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45, pp.100629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.vhri.2025.101080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcpo.2025.100629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04969947v1</w:t>
+                <w:t xml:space="preserve">hal-05313642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus-based indicators of advanced practice nursing outcomes: Results of a Delphi study in France</w:t>
+                <w:t xml:space="preserve">Quality of Life of Older Adults Living With Dementia and Caregiver Strain in Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Toniolo</w:t>
+                <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elom Iroukora</w:t>
+                <w:t xml:space="preserve">Sem Harris Ahouantchede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Colven</w:t>
+                <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faustine Abla Dessi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Vieu</w:t>
+                <w:t xml:space="preserve">Dieu Donné Gnonlonfoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nursing Outlook</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.outlook.2025.102580⟩</w:t>
+              <w:t xml:space="preserve">Value in Health Regional Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vhri.2025.101080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05357447v1</w:t>
+                <w:t xml:space="preserve">ird-04969947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-effectiveness analysis of simulation-based training in transoesophageal echocardiography: Insights from the SIMULATOR randomized clinical trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consensus-based indicators of advanced practice nursing outcomes: Results of a Delphi study in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Toniolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Pezel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clémence Thébaut</w:t>
+                <w:t xml:space="preserve">Elom Iroukora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Bohbot</w:t>
+                <w:t xml:space="preserve">Yann Colven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Fauvel</w:t>
+                <w:t xml:space="preserve">Faustine Abla Dessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basile Mouhat</w:t>
+                <w:t xml:space="preserve">Camille Vieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 118 (3), pp.202-204. </w:t>
+              <w:t xml:space="preserve">Nursing Outlook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (6), pp.102580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.acvd.2024.10.330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.outlook.2025.102580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04850904v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scientific opinion of the French Agency for Food, Environmental and Occupational Health and Safety on updating the state of the evidence on the prevention of neural tube defects through vitamin B9 intake</w:t>
               </w:r>
@@ -776,103 +776,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Informal Care Time and Costs of Dementia Care in Benin (West Africa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magloire Gansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieu Donné Gnonlonfoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroepidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
@@ -910,51 +910,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer individuellement l'efficacité et l'efficience attendue des thérapeutiques dans l'aide à la décision médicale grâce à l'Intelligence Artificielle (IA) : quels enjeux éthiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1027,90 +1027,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effectiveness of Simulation-Based Training on Transesophageal Echocardiography Learning: The SIMULATOR Randomized Clinical Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Pezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dreyfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basile Mouhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Audureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1155,572 +1155,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instruments for investigation of epilepsy in low- and middle-income countries: A systematic review</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Protéger l’état de santé de la population ou respecter les libertés individuelles en contexte épidémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilepsy Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eplepsyres.2022.106865⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (4), pp.387-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2022043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551106v1</w:t>
+                <w:t xml:space="preserve">hal-03655735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COSTS OF DEMENTIA IN LOW-AND MIDDLE-INCOME COUNTRIES: A SYSTEMATIC REVIEW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayna Achille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Guerchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/JAD-220239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-03869701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protéger l’état de santé de la population ou respecter les libertés individuelles en contexte épidémique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Instruments for investigation of epilepsy in low- and middle-income countries: A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Vergonjeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Auditeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Boumediene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38 (4), pp.387-390. </w:t>
+              <w:t xml:space="preserve">Epilepsy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 180, pp.106865. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/medsci/2022043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eplepsyres.2022.106865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03655735v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absenteeism and indirect costs during the year following the diagnosis of an operable breast cancer: A prospective multicentric cohort study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle valeur collective accorder à la santé ? Une question relancée par la crise sanitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thebaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Terra Nova : Think Tank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120133v1</w:t>
+                <w:t xml:space="preserve">hal-03347216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle valeur collective accorder à la santé ? Une question relancée par la crise sanitaire</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Absenteeism and indirect costs during the year following the diagnosis of an operable breast cancer: A prospective multicentric cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baffert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Asselain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra Nova : Think Tank</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (6), pp.101871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jogoh.2020.101871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03347216v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community-based management of epilepsy in Southeast Asia: Two intervention strategies in Lao PDR and Cambodia</w:t>
               </w:r>
@@ -2235,103 +2235,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicateurs d’évaluation de l’activité des infirmières en pratique avancée en France : Une étude de consensus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Toniolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elom Iroukora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Colven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Dessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Vieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ième colloque inter-régional de recherche paramédicale du GIRCI SOHO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CLCC Claudius Régaud, Sep 2025, Toulouse, France</w:t>
@@ -2360,90 +2360,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dementia care system in a West African country : Bénin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salimanou Ariyoh Amidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2485,103 +2485,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The costs of informal care in a West African country : Bénin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magloire Gansou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dieu Donné Gnonlonfoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Annual International Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Center for Ageing Studies, University of Ghana, Nov 2022, ACCRA, Ghana</w:t>
@@ -2610,103 +2610,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costs of dementia in low-and-middle income countries: a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayna Achille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Guerchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Neurology and Epidemiology (ICNE), Virtual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Paris, France. pp.59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3007,441 +3007,441 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epilepsy management in Lebanon: Exploring economic burden, quality of life and cost effectiveness in the context of socioeconomic challenges</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Estimation de la disposition à payer pour une parfaite santé en Afrique Sub-saharienne : Méthode d’évaluation contingente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irénée Ahindu Konga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanina Pofagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Parenté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Gnangnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">83rd FIP World Congress of Pharmacy and Pharmaceutical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, COPENHAGUE, Denmark</w:t>
+              <w:t xml:space="preserve">2è Congrès de la Société Africaine de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Cotonou, Bénin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05365945v1</w:t>
+                <w:t xml:space="preserve">hal-05462460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coûts directs et indirects de la prise en charge du cancer du sein en Afrique subsaharienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irénée Ahindu Konga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Pofagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Parenté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Gnangnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2è Congrès de la Société Africaine de Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Cotonou, Bénin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de la disposition à payer pour une parfaite santé en Afrique Sub-saharienne : Méthode d’évaluation contingente</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Epilepsy management in Lebanon: Exploring economic burden, quality of life and cost effectiveness in the context of socioeconomic challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samar Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nisreen Mourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jahal Dahham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thebaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2è Congrès de la Société Africaine de Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Cotonou, Bénin</w:t>
+              <w:t xml:space="preserve">83rd FIP World Congress of Pharmacy and Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, COPENHAGUE, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05462460v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation et coûts des soins de santé dans la population âgée vivant à Kintampo, en zone rurale du Ghana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rebillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Guerchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solomon Nyame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3503,359 +3503,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une intervention multi-composante évolutive mobilisant des objets connectés pour la gestion de l’hypertension et/ou diabète dans le contexte mauricien</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Shaad Toofanee</w:t>
+                <w:t xml:space="preserve">State of Dementia Care in Bénin (West Africa)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salimanou Ariyoh Amidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dismand Stephan Houinato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3è Congrès de Recherche en Santé de l'Océan Indien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Saint Leu, Réunion</w:t>
+              <w:t xml:space="preserve">35th International Conference of Alzheimer's Disease International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, LONDRES, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04034601v1</w:t>
+                <w:t xml:space="preserve">hal-04126931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of Dementia Care in Bénin (West Africa)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
+                <w:t xml:space="preserve">Une intervention multi-composante évolutive mobilisant des objets connectés pour la gestion de l’hypertension et/ou diabète dans le contexte mauricien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dowlut Sabeena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaad Toofanee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35th International Conference of Alzheimer's Disease International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, LONDRES, United Kingdom</w:t>
+              <w:t xml:space="preserve">3è Congrès de Recherche en Santé de l'Océan Indien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Saint Leu, Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126931v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04034601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High costs of dementia informal care in low-and middle-income countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeladine Kenne Malaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayna Achille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlenn Guerchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alzheimer's Association International Conference Satellite Symposium (Virtual Conference)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Athène, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4275,51 +4275,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating long-term care policies in a decentralised context: models of justice, evaluation criteria and comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bourreau-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thébaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4406,177 +4406,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle valeur collective accorder à la santé ? Une question relancée par la crise sanitaire.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« La crise de l’hôpital est une crise démocratique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Wittwer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03669991v1</w:t>
+                <w:t xml:space="preserve">hal-03431442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La crise de l’hôpital est une crise démocratique »</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quelle valeur collective accorder à la santé ? Une question relancée par la crise sanitaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Thebaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Jusot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-03431442v1</w:t>
+                <w:t xml:space="preserve">halshs-03669991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contribution des théories de la justice à la réflexion sur le triage en réanimation.</w:t>
               </w:r>
@@ -4867,340 +4867,340 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04902931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Individual Cost-Effectiveness Ratios (ICER) associated with health care using AI based-clinical decision support systems: which ethical issues?</w:t>
+                <w:t xml:space="preserve">The Marginal Revolution in the light of Foucault's typology of epistemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04154119v1</w:t>
+                <w:t xml:space="preserve">hal-04139952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Marginal Revolution in the light of Foucault's typology of epistemes</w:t>
+                <w:t xml:space="preserve">Assessing Individual Cost-Effectiveness Ratios (ICER) associated with health care using AI based-clinical decision support systems: which ethical issues?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude K. Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Scemama</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139952v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Généalogie de l'évaluation économique en santé</w:t>
+                <w:t xml:space="preserve">The Philosophical Justifications of the “Fair Innings Argument” and Related Controversies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Loup Weil-Dubuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Wittwer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03663711v1</w:t>
+                <w:t xml:space="preserve">halshs-03670001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Philosophical Justifications of the “Fair Innings Argument” and Related Controversies</w:t>
+                <w:t xml:space="preserve">Généalogie de l'évaluation économique en santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03670001v1</w:t>
+                <w:t xml:space="preserve">halshs-03663711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protéger de l'état de santé de la population ou respecter les libertés individuelles en contexte épidémique : quelles contributions des économistes ?</w:t>
               </w:r>
@@ -5424,271 +5424,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maladies orphelines et rares ; Technologies, Information et Coordination</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Sanchez</w:t>
+                <w:t xml:space="preserve">Actualisation de l’état des connaissances sur la prévention des anomalies de fermeture du tube neural par les folates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine de Lauzon-Guillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rym El Rafei-Julia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boudet-Berquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Centre d'économie de la Sorbonne (CNRS - UMR 8174). 2024</w:t>
+              <w:t xml:space="preserve">Saisine n°2023-SA-0019, Anses. 2024, 202 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616534v1</w:t>
+                <w:t xml:space="preserve">anses-04855311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualisation de l’état des connaissances sur la prévention des anomalies de fermeture du tube neural par les folates</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julie Boudet-Berquier</w:t>
+                <w:t xml:space="preserve">Maladies orphelines et rares ; Technologies, Information et Coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hirtzlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Thebaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Saisine n°2023-SA-0019, Anses. 2024, 202 p</w:t>
+              <w:t xml:space="preserve">Centre d'économie de la Sorbonne (CNRS - UMR 8174). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">anses-04855311v1</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse - Evaluation du projet régional de santé (PRS) d'Ile-de-France 2018-2022</w:t>
               </w:r>
@@ -6162,51 +6162,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05313642v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Ahindu Konga" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pofagi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Parent&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Gnangnon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dismand Houinato" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpo.2025.100629" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04969947v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeladine Kenne Malaha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Th&#233;baut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Harris Ahouantchede" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dismand Stephan Houinato" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieu Donn&#233; Gnonlonfoun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vhri.2025.101080" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05357447v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Toniolo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elom Iroukora" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Colven" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Abla Dessi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.outlook.2025.102580" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04850904v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Pezel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Bohbot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Fauvel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Mouhat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2024.10.330" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329391v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Baudry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine de Lauzon-Guillain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Huneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym El Rafei-Julia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet-Berquier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0073" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04582914v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Thebaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magloire Gansou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000538262" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04384563v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dupont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Scemama" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.7984" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04009495v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dreyfus" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2022.5016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03551106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vergonjeanne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Auditeau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boumediene" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Preux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eplepsyres.2022.106865" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03869701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayna Achille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Guerchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220239" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655735v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022043" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120133v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Ferrier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baffert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Asselain" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2020.101871" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03347216v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02967514v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Channara Chhour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phetvonsinh Chivorakoun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimalay Souvong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Odermatt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanwpc.2020.100042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03105762v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302587v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Samson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schokkaert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dormont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleurbaey" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.3515" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995720v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wittwer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.173.0169" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082339v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05357623v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dessi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimanou Ariyoh Amidou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127061v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03176555v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475275v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Luchini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521223v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05365945v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Younes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisreen Mourad" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jahal Dahham" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Salameh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05462447v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05462460v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04683863v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rebillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Nyame" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naana Agyeman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Tawiah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04034601v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dowlut Sabeena" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaad Toofanee" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04126931v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03228916v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04886119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Loup Weil-Dubuc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gzil" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995678v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500857v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van De Voorde" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Luchini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583930v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourreau-Dubois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583893v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03669991v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03431442v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jusot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02937529v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05416108v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun da Costa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Burone" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902931v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chauvin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04154119v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude K. Dupont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04139952v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663711v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03670001v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499432v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499454v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031729v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616534v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hirtzlin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gallois" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lambert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855311v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04908790v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benamouzig" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Bercot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00780340v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA090044" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04922570v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04850904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Pezel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Th&#233;baut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Bohbot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Fauvel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Mouhat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2024.10.330" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05313642v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#233;n&#233;e Ahindu Konga" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pofagi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Parent&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Gnangnon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dismand Houinato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpo.2025.100629" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04969947v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeladine Kenne Malaha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Harris Ahouantchede" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dismand Stephan Houinato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieu Donn&#233; Gnonlonfoun" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vhri.2025.101080" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05357447v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Toniolo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elom Iroukora" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Colven" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Abla Dessi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.outlook.2025.102580" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329391v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Baudry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine de Lauzon-Guillain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Huneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym El Rafei-Julia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boudet-Berquier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2903/fr.efsa.2025.FR-0073" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04582914v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Thebaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magloire Gansou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000538262" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04384563v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dupont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Scemama" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.7984" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04009495v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dreyfus" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2022.5016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655735v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022043" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-03869701v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayna Achille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Preux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lenn Guerchet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220239" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03551106v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Vergonjeanne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Auditeau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boumediene" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eplepsyres.2022.106865" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03347216v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120133v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Ferrier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baffert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Asselain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2020.101871" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02967514v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Channara Chhour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phetvonsinh Chivorakoun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimalay Souvong" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Odermatt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanwpc.2020.100042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03105762v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302587v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Samson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Schokkaert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dormont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fleurbaey" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hec.3515" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995720v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wittwer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.173.0169" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082339v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05357623v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dessi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimanou Ariyoh Amidou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04127061v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03176555v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475275v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Luchini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521223v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05462460v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05462447v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05365945v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Younes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisreen Mourad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jahal Dahham" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Salameh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04683863v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rebillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Nyame" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naana Agyeman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Tawiah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04126931v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04034601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dowlut Sabeena" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaad Toofanee" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03228916v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04886119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Loup Weil-Dubuc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gzil" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02995678v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01500857v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine van De Voorde" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Luchini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583930v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bourreau-Dubois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583893v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03431442v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jusot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03669991v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02937529v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05416108v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun da Costa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Burone" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Jaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902931v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chauvin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04139952v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04154119v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude K. Dupont" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03670001v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663711v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499432v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499454v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03031729v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04855311v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616534v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hirtzlin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gallois" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sanchez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lambert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04908790v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Benamouzig" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Bercot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00780340v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA090044" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04922570v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>