--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -811,935 +811,935 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the cognitive system much more robust than anticipated? Dual-task costs and residuals in working memory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time and Emotion During Lockdown and the Covid-19 Epidemic: Determinants of Our Experience of Time?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Camos</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/xlm0000961⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.616169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999146v1</w:t>
+                <w:t xml:space="preserve">hal-03100229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the influence of temporal factors on age differences in working memory dual task costs.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What Affects the Magnitude of Age-Related Dual-Task Costs in Working Memory? The Role of Stimulus Domain and Access to Semantic Representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka J Jaroslawska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Rhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jason Doherty</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka Jaroslawska</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clément Belletier</w:t>
+                <w:t xml:space="preserve">Jason M Doherty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Cowan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology and Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/pag0000531⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 74 (4), pp.682-704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1747021820970744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03438332v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03019369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wearable cognitive assistants in a factory setting: a critical review of a promising way of enhancing cognitive performance and well-being</w:t>
+                <w:t xml:space="preserve">Is the cognitive system much more robust than anticipated? Dual-task costs and residuals in working memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Camos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morteza Charkhabi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Barrouillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition, Technology and Work</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10111-019-00610-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (3), pp.498-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/xlm0000961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02969176v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Persistence of Slowed Time Experience During the COVID-19 Pandemic: Two Longitudinal Studies in France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johann Chevalère</w:t>
+                <w:t xml:space="preserve">Exploring the influence of temporal factors on age differences in working memory dual task costs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Rhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Doherty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Jaroslawska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Forsberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.721716⟩</w:t>
+              <w:t xml:space="preserve">Psychology and Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (2), pp.200-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/pag0000531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03395965v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03438332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of the COVID-19 Pandemic on Vulnerable People Suffering from Depression: Two Studies on Adults in France</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wearable cognitive assistants in a factory setting: a critical review of a promising way of enhancing cognitive performance and well-being</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morteza Charkhabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Pires de Andrade Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Ametepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph18063250⟩</w:t>
+              <w:t xml:space="preserve">Cognition, Technology and Work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (103-116), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10111-019-00610-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335110v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02969176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What Affects the Magnitude of Age-Related Dual-Task Costs in Working Memory? The Role of Stimulus Domain and Access to Semantic Representations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephen Rhodes</w:t>
+                <w:t xml:space="preserve">The Impact of the COVID-19 Pandemic on Vulnerable People Suffering from Depression: Two Studies on Adults in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Gil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nelson Cowan</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 74 (4), pp.682-704. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (6), pp.3250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1747021820970744⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18063250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03019369v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time and Emotion During Lockdown and the Covid-19 Epidemic: Determinants of Our Experience of Time?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Persistence of Slowed Time Experience During the COVID-19 Pandemic: Two Longitudinal Studies in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Droit-Volet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Martinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Gil</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Chevalère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Johann Chevalère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dezecache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11, </w:t>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.616169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.721716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03100229v1</w:t>
+                <w:t xml:space="preserve">hal-03395965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Do Scientific Views Change? Notes From an Extended Adversarial Collaboration</w:t>
               </w:r>
@@ -1764,51 +1764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason Doherty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Jaroslawska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Rhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3020,208 +3020,339 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do wearable devices enhance cognitive performance of workers? Theoretical supports from technology acceptance model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Charkhabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Pires de Andrade Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Ametepe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th European Academy of Occupational Health Psychology Conference (EAOHP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating theories of Working Memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert H Logie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Belletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason M Doherty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Robert Logie; Valérie Camos; Nelson Cowan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Working Memory: State of the science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, 2020, 9780198842286</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03006866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatisation par intelligence artificielle des conditions d'anthropomorphisation d'un robot socio-humanoïde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Spatola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3253,73 +3384,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop sur les Affects, Compagnons artificiels et Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Saint Pierre d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social robots will boost your cognitive performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Spatola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3378,51 +3509,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2017 Bangor Social Robotics Workshop on the Emerging Social Neuroscience of Human-Robot Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Bangor, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3432,284 +3563,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the nature of the joint Simon effect through electromyographic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Davranche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Belletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Gajdos Preuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbonnell Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbonnell Laurence</w:t>
-[...41 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02992934v1</w:t>
-              </w:r>
-[...129 lines deleted...]
-                <w:t xml:space="preserve">hal-03006866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId112"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3785,51 +3785,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7DB51887"/>
+    <w:nsid w:val="8622BC37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4016,51 +4016,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-belletier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017274v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric A Bouquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231158481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239909v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Martinelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290697" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Doherty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Graham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Rhodes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Cowan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001106" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269494v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Compan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Matias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lutz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fieng.2023.1258241" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448526v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Silvert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218211064903" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000961" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438332v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Jaroslawska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Forsberg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pag0000531" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969176v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Charkhabi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pires de Andrade Silva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ametepe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lutz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-019-00610-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395965v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721716" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335110v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18063250" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019369v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka J Jaroslawska" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason M Doherty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820970744" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100229v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.616169" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978175v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1745691620906415" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324250v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spatola" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Augustinova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-018-00511-w" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324255v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ferrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2019.00021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975446v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Davranche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Carbonnell" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vidal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-018-1534-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782602v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Motak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2018.04.029" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384036v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss S. Tellier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dumas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-015-0804-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432471v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Monteil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fagot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0000026" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439661v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hasbroucq" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392429v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Conty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gimmig" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2009.12.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167768v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933470v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fabre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barra" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173886v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992934v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gajdos Preuss" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carbonnell Laurence" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006866v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Logie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-belletier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017274v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric A Bouquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Belletier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monceau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chausse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231158481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239909v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Droit-Volet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Martinelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gil" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290697" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Doherty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Graham" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Rhodes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Cowan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001106" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269494v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Compan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Matias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lutz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fieng.2023.1258241" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448526v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Izaute" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Silvert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218211064903" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100229v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cheval&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.616169" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019369v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka J Jaroslawska" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason M Doherty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820970744" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999146v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barrouillet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000961" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438332v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Jaroslawska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Forsberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pag0000531" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969176v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Charkhabi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Pires de Andrade Silva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ametepe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lutz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10111-019-00610-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335110v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18063250" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395965v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721716" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978175v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1745691620906415" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324250v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spatola" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Augustinova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-018-00511-w" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324255v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Anier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Redersdorff" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ferrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2019.00021" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975446v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Davranche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Carbonnell" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Vidal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-018-1534-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782602v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislav Motak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2018.04.029" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384036v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss S. Tellier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dumas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-015-0804-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432471v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Monteil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fagot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xge0000026" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439661v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hasbroucq" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392429v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Conty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gimmig" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2009.12.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167768v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006866v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H Logie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02933470v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fabre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173886v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992934v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gajdos Preuss" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carbonnell Laurence" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>