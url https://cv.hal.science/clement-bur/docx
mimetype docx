--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -661,50 +661,123 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La province corruptrice, le mos maiorum, la loi et le bon dirigeant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Gangloff; Domitilla Campanile. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La corruzione del potere a Roma e i suoi precedenti. Atti del Convegno di Studi, Pisa 26-27 maggio 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.77-97, 2025, 9791256080175</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05033112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -761,1544 +834,1471 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.11-28, 2025, Libera Res Publica, 979-13-87705-66-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26754/uz.979-13-87705-78-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05143954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, pp.77-97, 2025, 9791256080175</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’honneur perdu ne se retrouve-t-il plus ? Sortir de l’infamie à Rome sous la République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Rougier-Blanc; François Ripoll; Jean-Christophe Courtil; Estelle Galbois. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déchéance et réhabilitation dans l’Antiquité gréco-romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.169-182, 2024, 9782356135995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, pp.169-182, 2024, 9782356135995</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les opérations censoriales, entre remobilisation des Romains et élaboration de la légende du “vaincre ou mourir”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Bats; Jean-Claude Lacam; Raphaëlle Laignoux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La République romaine face aux crises. Traumatismes, résilience et recompositions aux temps des guerres hannibaliques et civiles (218-201/49-30 a.C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, pp.289-300, 2023, 978-2-35613-589-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, 1, pp.289-300, 2023, 978-2-35613-589-6</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Censure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.28-29, 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.96-97, 2023, 9782810712274</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sénat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.121-122, 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La censure des guerres civiles à Auguste : une magistrature impossible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Hurlet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Honores et officia. Reconfiguration du cursus sénatorial aux époques triumvirale et augustéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.385-406, 2023, 978-84-1340-751-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plutarque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.104-105, 2023, 9782810712274</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cirque-Gladiateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.33-34, 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décadence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-44, 2023, 9782810712274</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.27-28, 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Plutarque</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Triomphe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.104-105, 2023, 9782810712274</w:t>
+              <w:t xml:space="preserve">, 128 p., 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Décadence</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Corinne Bonnet; Thibaud Lanfranchi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.43-44, 2023, 9782810712274</w:t>
+              <w:t xml:space="preserve">, pp.38-39, 2023, 9782810712274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.96-97, 2023, 9782810712274</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Antihellénisme de Caton l’Ancien : une image publique construite par un homo nouus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Bur; Michel Humm. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caton l’Ancien et l’hellénisme. Images, traditions et réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.43-80, 2021, 978-2-7018-0639-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.28-29, 2023, 9782810712274</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03792807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction à l'ouvrage : &amp;quot;Caton l’Ancien et l’hellénisme. Images, traditions et réception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Humm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Bur; Michel Humm. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caton l’Ancien et l’hellénisme. Images, traditions et réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-15, 2021, Collections de l’Université de Strasbourg, « Études d’archéologie et d’histoire ancienne », 978-2-7018-0639-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.38-39, 2023, 9782810712274</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion. Caton l’Ancien et l’hellénisme : mise en perspective historique et historiographique d’une histoire culturelle de la République romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Humm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Bur; Michel Humm. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caton l’Ancien et l’hellénisme. Images, traditions et réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.227-233, 2021, Collections de l’Université de Strasbourg, « Études d’archéologie et d’histoire ancienne », 978-2-7018-0639-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 128 p., 2023, 9782810712274</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mesures de la cité idéale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux interculturels de l'utopie politique dans l'Antiquité gréco-romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni dell'Orso, pp.99-142, 2020, 978-88-361-3145-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, , pp.43-80, 2021, 978-2-7018-0639-6</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cens et religion à Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyrielle Landrea; Caroline Husquin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religions et pouvoir dans le monde romain de 218 av. J.-C. à 250 ap. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.249-263, 2020, 978-2-340-03997-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...74 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auctoritas et mos maiorum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Hurlet; Jean-Michel David. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’auctoritas à Rome. Une notion constitutive de la culture politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, pp.65-89, 2020, 978-2-35613-353-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ausonius.16896⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.227-233, 2021, Collections de l’Université de Strasbourg, « Études d’archéologie et d’histoire ancienne », 978-2-7018-0639-6</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regimen morum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux interculturels de l'utopie politique dans l'Antiquité gréco-romaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni dell'Orso, pp.538-546, 2020, 978-88-361-3145-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...223 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789934v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03789929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sénat et sénatus-consultes à l’époque royale : essai de mise au point</w:t>
               </w:r>
@@ -2728,2521 +2728,2521 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04842387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le fragment Dion Cassius 44 d’Angelo Mai (EPL26) et la transmission du cognomen au seul fils ainé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Coudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de philologie, de littérature et d'histoire anciennes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (2), pp.17-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Construire la République avec Claude Nicolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decemvir s. f., First Salinator and Forgotten Drusus?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historia. Zeitschrift für Alte Geschichte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 73 (3), pp.287-308. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25162/historia-2024-0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04614637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le fragment Dion Cassius 44 d’Angelo Mai (EPL26) et la transmission du cognomen au seul fils ainé</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Lukas THOMMEN, Die römische Republik, Stuttgart : Kohlhammer, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gnomon - Kritische Zeitschrift für die gesamte Klassische Altertumswissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 91 (6), pp.46-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de S. Bernard, L. M. Mignone et D.-E. Padilla Peralta (éd.), Making the Middle Republic. New Approaches to Rome and Italy, c. 400-200 BCE, Cambridge – New York, 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sehepunkte </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La citoyenneté comme dignitas en droit romain : (dé)-classer et/ou exclure ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revdh.14895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de David GRAEBER et David WENGROW, Au commencement était… Une nouvelle histoire de l’humanité, Paris, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36, pp.329-331</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Enchiridion de Sextus Pomponius, heurs et malheurs d’un manuel juridique antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marianne Coudry</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.205-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anabases.13868⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de M. STOREY, Time and antiquity in American empire: Roma &amp;quot;Redux&amp;quot;, Oxford et New York, 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36, pp.344</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Enchiridion de Sextus Pomponius, heurs et malheurs d’un manuel juridique antique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.205-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anabases.13868⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de Cyril COURRIER et Julio Cesar MAGALHÃES DE OLIVEIRA, Ancient History from Below. Subaltern Experiences and Actions in Context, Oxon – New York, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36, pp.326-328</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de F. PINA POLO et A. DÍAZ FERNÁNDEZ, The quaestorship in the Roman Republic, Berlin – Boston 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bryn Mawr Classical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de C. GUÉRIN, La Voix de la vérité. Témoin et témoignage dans les tribunaux romains du Ier siècle avant J.-C., Paris, 2015,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (2), pp.381-383</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une prosopographie des Italiques à travers les sources littéraires romaines : quels enseignements ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robinson Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 133 (2), pp.289-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefra.12055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03578590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu du dossier J.-M. DAVID, F. HURLET et M. JEHNE (dir.), « La culture politique de la République romaine. Die politische Kultur der römischen Republik », dans Trivium, 31, 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, pp.281-283</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de M. LOZAT et S. PETRELLA (dir.), La Plume et le calumet. Joseph-François Lafitau et les « sauvages ameriquains », Paris, 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.272-274</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classical Rome: A Well-Ordered Society</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni Storici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 55 (1), pp.11-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1408/98270⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de génération et brutalisation : pour une relecture de la crise de la République romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.193-218</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu d’A. GONZALES et M.-T. SCHETTINO (dir.), Les sons du pouvoir des autres. Actes du troisième colloque SoPHiA, 27-28 mars 2014, Strasbourg, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.238-240</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de T. ITGENSHORST et P. LE DOZE (dir.), La norme sous la république et le Haut-Empire romains. Élaboration, diffusion et contournements, Bordeaux, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.242-244</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de B. M. ROGERS et B. Eldon STEVENS (ed.), Once and Future Antiquities in Science Fiction and Fantasy, London – New York, 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.280-282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le census, ressort oublié de la machinerie républicaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30, pp.145-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de N. BARRANDON, Les Massacres de la République romaine, Paris, 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bryn Mawr Classical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les fils de Rome », à propos de Y. THOMAS, La Mort du père. Sur le crime de parricide à Rome, Paris, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, https://laviedesidees.fr/Les-fils-de-Rome.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le spectacle du cens : relecture du déroulement de la professio sous la République romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Athenaeum. Studi di letteratura e Storia dell'antichità </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105-2, pp.520-550</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu d’A. QUEYREL BOTTINEAU (dir.), La représentation négative de l’autre dans l’Antiquité : hostilité, réprobation, dépréciation, Dijon, 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des études anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, https://revue-etudes-anciennes.fr/la-representation-negative-de-lautre-dans-lantiquite-hostilite-reprobation-depreciation-a-queyrel-bottineau-dir-dijon-editions-universitaires-de-dijon-2014-524-p-fig-cartes/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de St. BENOIST, A. DAGUET-GAGEY et Chr. HOËT-VAN CAUWENBERGHE (éd.), Une mémoire en actes : espaces, figures et discours dans le monde romain, Villeneuve d’Ascq, 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bryn Mawr Classical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, http://bmcr.brynmawr.edu/2016/2016-12-46.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cic., Att. 1,1, 2, Ascon., p. 93 Cl. et la carrière de Q. Curius (RE 7)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de philologie, de littérature et d'histoire anciennes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 96 (2), pp.17-42</w:t>
+              <w:t xml:space="preserve">, 2016, 2013, 87 (2), pp.37-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les censeurs privaient-ils du droit de vote ? Retour sur l’aerarium facere et le tribu mouere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 128 (2), pp.419-437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefra.3566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Censorship and Authority in Ancient Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Behrent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Censure et autorité à Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03789912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages politiques de l’infamie : l’exemple de la législation sur la brigue électorale des Gracques à Auguste (133 avant J.-C. – 14 après J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criminocorpus, revue hypermédia. Histoire de la justice, des crimes et des peines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/criminocorpus.2943⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de M. JACOTOT, Question d’honneur : les notions d’honos, honestum et honestas dans la République romaine antique, Rome, 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70 (3), pp.745-747</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...2113 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603353v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-04603363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la dignité à la célébrité Les aristocrates acteurs et gladiateurs de César à Tibère</w:t>
               </w:r>
@@ -5492,50 +5492,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Présentation de la revue Anabases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIIe Congrès de la Sociétés d'Etudes Médio- et Néo-Latines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anne-Hélène Klinger-Dollé, Mar 2024, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du conseil royal au Sénat républicain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5544,73 +5613,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner par le conseil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, May 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction du colloque Gouverner par le conseil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5626,1851 +5695,1782 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner par le conseil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, May 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Anne-Hélène Klinger-Dollé, Mar 2024, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lectio senatus exceptionnelle de Fabius Buteo (216) et le plébiscite ovinien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres Franco-Espagnoles d'Histoire de la République Romaine (REFERER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, Nov 2024, Toulouse &amp; Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, Nov 2024, Toulouse &amp; Albi, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rapports entre mos et lex : le cas des interdits de déroger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences de droit romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, David Kremer, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction du colloque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Noblesse oblige. Etudes transpériodes sur la notion de "déroger"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Clément Bur, Nov 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réception de l'Antiquité et histoire de la philologie classique : Anabases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voies et voix de la philologie classique. Editer les textes anciens : comment et pour quel public ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dario Mantovani; Luigi-Alberto Sanchi; François Bougard, Oct 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi, le mos maiorum et le bon dirigeant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La corruzione del potere a Roma e i suoi precedenti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Domitilla Campanile; Anne Gangloff, May 2023, Pise (Italia), Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et le violeur épousa sa victime... Un &amp;quot;happy ending&amp;quot; (Elaine Fantham) à la romaine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e Rencontres d'Histoire de la République Romaine (RHiRR) : Une société violente ? Enquêtes sur les violences quotidiennes et ordinaires dans l'Italie et la Rome républicaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Robinson Baudry; Audrey Bertrand; Raphaëlle Laignoux, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Domitilla Campanile; Anne Gangloff, May 2023, Pise (Italia), Italie</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les risques judiciaires de l'entourage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les entourages et le pouvoir dans le monde romain Ve s. av. J.-C. - Ve s. apr. J.-C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clément Bady; Pauline Cuzel; Guillaume de Méritens de Villeneuve; Silvia Orlandi, Nov 2023, Rome, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dario Mantovani; Luigi-Alberto Sanchi; François Bougard, Oct 2023, Paris, France</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dérogeance des aristocrates romaines, un fantôme historiographique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Noblesse oblige. Etudes transpériodes sur la notion de "déroger"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clément Bur, Nov 2023, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Clément Bady; Pauline Cuzel; Guillaume de Méritens de Villeneuve; Silvia Orlandi, Nov 2023, Rome, Italie</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les opérations censoriales, entre remobilisation des Romains et élaboration de la légende du vaincre ou mourir.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La République face aux crises traumatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maria Bats; Jean-Claude Lacam; Raphaëlle Laignoux, Jan 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Clément Bur, Nov 2023, Albi, France</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honneur et citoyenneté : le regimen morum et les peines infamantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Τιμή &amp; Honor. Gloire, honneur et honte d’Homère à Cicéron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre Assenmaker; Pierre Destree; Charles Doyen; Françoise van Haeperen, Oct 2022, Louvain (BE), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, David Kremer, Mar 2023, Paris, France</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La citoyenneté comme dignitas en droit romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre inclusion et exclusion. La double face de la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Camille Aynès, Mar 2022, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Maria Bats; Jean-Claude Lacam; Raphaëlle Laignoux, Jan 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi au secours du mos ? L’exemple des interdits de déroger.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire transversal PLH-TRACES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Pierre Assenmaker; Pierre Destree; Charles Doyen; Françoise van Haeperen, Oct 2022, Louvain (BE), Belgique</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction du colloque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faire carrière dans le monde romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, Sep 2021, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Camille Aynès, Mar 2022, Nanterre, France</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Censure et regimen morum à Rome sous la République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctoral de l'université d'Abidjan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Abidjan (Côte d'Ivoire), Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets de génération et la brutalisation, des concepts pertinents pour la fin de la République ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La crise, quelle(s) crise(s) ? Nouvelles lectures politiques de la République tardive, des Gracques à la mort de César</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bertrand Augier; Robinson Baudry; Francesca Rohr Vio, Mar 2020, Rome, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Clément Bur; Thibaud Lanfranchi, Sep 2021, Albi, France</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la loi interdit de déroger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Work on the Roman Republic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Federico Santangelo; Mattia Balbo, Oct 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Federico Santangelo; Mattia Balbo, Oct 2020, Online, France</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’honneur perdu ne se retrouve-t-il plus ? Sortir de l’infamie à Rome sous la République.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déchéance et réhabilitation des objets, des espaces, des personnes dans l’Antiquité gréco-romaine. Autour des notions de déclassement et de reclassement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Christophe Courtil; Estelle Galbois; François Ripoll; Sylvie Rougier-Blanc, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bertrand Augier; Robinson Baudry; Francesca Rohr Vio, Mar 2020, Rome, Italie</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les censeurs, des entrepreneurs de morale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire commun CRATA-ERASME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Abidjan (Côte d'Ivoire), Côte d’Ivoire</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’honneur blessé : la répression de la diffamation comme iniuria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blessures aristocratiques, du corps à l'honneur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Caroline Husquin; Cyrielle Landrea, Sep 2019, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Christophe Courtil; Estelle Galbois; François Ripoll; Sylvie Rougier-Blanc, Apr 2019, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Rome classique, une société bien ordonnée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CERTIFICARE LE DISUGUAGLIANZE CERTIFYING INEQUALITIES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marta Gravela, Dec 2019, Turin, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Caroline Husquin; Cyrielle Landrea, Sep 2019, Lorient, France</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La censure des guerres civiles à Auguste : une magistrature impossible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programme Broughton Augustéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Robinson Baudry; Frédéric Hurlet, Mar 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auctoritas et mos maiorum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’auctoritas à Rome. Une notion constitutive de la culture politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Michel David; Frédéric Hurlet, Sep 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Marta Gravela, Dec 2019, Turin, Italie</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Empêcher le conflit d’intérêts pour protéger le trafic d’influence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des hommes sous influence ? Les gouverneurs face aux citoyens romains installés dans les provinces (Ier s. av. J.-C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clara Berrendonner, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Robinson Baudry; Frédéric Hurlet, Mar 2018, Nanterre, France</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exclure pour légitimer, exclure pour rassembler : le regimen morum des censeurs sous la République romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Alter et Ipse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Michel David; Frédéric Hurlet, Sep 2018, Nanterre, France</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mesures de la cité idéale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utopie politique et cité idéale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maria-Teresa Schettino, Jun 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980199v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04980196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’arbitraire à la norme positive : le cas de l’infamie prétorienne.</w:t>
               </w:r>
@@ -7965,398 +7965,398 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.35-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les mots de l’Antiquité après l’Antiquité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Bonner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bricault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mots de l'Antiquité après l'Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Bonner</w:t>
+                <w:t xml:space="preserve">hal-04973166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacchanales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Bonnet</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mommsen, Theodor (1817-1903)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Mots de l’Antiquité après l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...163 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603297v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04603295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8708,51 +8708,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lanfranchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143938v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Stouder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://puz.unizar.es/3167-faire-carriere-ascension-politique-et-mobilite-sociale-dans-le-monde-romain-a-lepoque-republicaine.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/uz.979-13-87705-78-7" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726116v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05335311v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Villac&#232;que" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Payen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503613468-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773174v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Humm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268634v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.34857" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143954v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603221v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603291v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603254v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603283v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603279v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603286v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603288v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603281v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603285v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603293v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792807v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773177v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789937v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.16896" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789946v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789934v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789929v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268639v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308262v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mae.u-paris10.fr/le-prestige-a-rome-a-la-fin-de-la-republique-et-au-debut-du-principat/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14302" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842387v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w9y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816459v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25162/historia-2024-0013" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603180v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Coudry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603310v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.13868" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603320v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789874v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.14895" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603322v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603316v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960497v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603328v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578590v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson Baudry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.12055" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-T737BCH8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603324v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603331v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603335v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789887v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603340v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603341v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603338v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/98270" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603345v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789900v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603343v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268623v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603356v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603348v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.3566" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053645v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789915v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Behrent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789912v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603353v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603363v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criminocorpus.2943" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053773v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.111.0097" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.111.0165" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980036v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980024v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980021v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980030v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980018v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980045v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980075v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980082v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980067v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980056v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980051v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980101v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980122v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980115v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980126v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980127v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980139v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980146v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980151v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980171v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980166v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980174v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980157v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980183v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980177v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980190v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980199v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980196v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980211v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980207v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980217v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980225v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980227v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980234v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980238v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973166v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bricault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevallier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603294v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603297v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603295v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603306v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02070606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA010718" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lanfranchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143938v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Stouder" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vincent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://puz.unizar.es/3167-faire-carriere-ascension-politique-et-mobilite-sociale-dans-le-monde-romain-a-lepoque-republicaine.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26754/uz.979-13-87705-78-7" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726116v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05335311v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Villac&#232;que" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Payen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Grand-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503613468-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773174v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Humm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268634v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.34857" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05143954v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603221v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603267v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603281v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603288v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603291v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603254v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603289v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603283v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603286v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603279v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603293v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603285v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792807v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773177v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789929v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789946v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789937v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.16896" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789934v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268639v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308262v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mae.u-paris10.fr/le-prestige-a-rome-a-la-fin-de-la-republique-et-au-debut-du-principat/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299333v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14302" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842387v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12w9y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603180v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Coudry" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816459v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614637v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25162/historia-2024-0013" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603310v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789874v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.14895" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603320v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668856v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anabases.13868" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603322v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960497v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603316v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603328v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603324v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578590v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robinson Baudry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.12055" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-T737BCH8-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603331v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603335v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789898v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/98270" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789887v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603341v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603340v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603338v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789900v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603345v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603343v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268623v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603356v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603348v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053645v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02268631v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.3566" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789915v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Behrent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789912v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603363v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/criminocorpus.2943" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603353v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02053773v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.111.0097" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.111.0165" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980036v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980030v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980024v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980021v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980018v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980101v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980045v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980082v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980075v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980056v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980051v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980122v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980115v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980126v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980127v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980151v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980146v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980139v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980171v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980174v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980166v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980157v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980183v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980177v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980196v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980190v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980199v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980211v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980207v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980217v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980225v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980227v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980234v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980238v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603295v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973166v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bonner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bricault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevallier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603294v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603297v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603306v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02070606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA010718" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>