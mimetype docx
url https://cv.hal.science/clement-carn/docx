--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -115,196 +115,196 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trois lectures du capital humain en comptabilité sociale : pour le dépassement d’un concept ambigu</w:t>
+                <w:t xml:space="preserve">Ce que la comptabilité socio-environnementale dit de notre rapport au monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cca.294.0095⟩</w:t>
+              <w:t xml:space="preserve">Entreprise &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Entreprise &amp; Société 2021 – 1, n° 9, 2021 – 1 (n° 9), pp.215-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12203-6.p.0215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04387760v1</w:t>
+                <w:t xml:space="preserve">hal-03326310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que la comptabilité socio-environnementale dit de notre rapport au monde</w:t>
+                <w:t xml:space="preserve">Trois lectures du capital humain en comptabilité sociale : pour le dépassement d’un concept ambigu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entreprise &amp; société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Entreprise &amp; Société 2021 – 1, n° 9, 2021 – 1 (n° 9), pp.215-236. </w:t>
+              <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023 (4), pp.95-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12203-6.p.0215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cca.294.0095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03326310v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04387760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que les étudiants en contrôle et audit attendent de leur employeur</w:t>
               </w:r>
@@ -506,51 +506,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer le capital humain. D’accord, mais de quoi parle-t-on vraiment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -715,51 +715,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois lectures du capital humain en comptabilité sociale : pour le dépassement d’un concept ambigu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e Conférence annuelle de la revue Comptabilité Contrôle Audit (CCA) / Accounting Auditing Control (AAC) : Le Développement Durable au prisme de la comptabilité, du contrôle et de l'audit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédérique Déjean; Gérald Naro; Alexandre Rambaud; Association française de comptabilité (AFC), Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -866,51 +866,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trois lectures du capital humain en comptabilité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1043,51 +1043,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendre compte de la santé mentale au travail en comptabilité : étude comparative des différentes méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CSEAR/EMAN conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes University - Audencia, May 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1257,191 +1257,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le reporting extra-financier au prisme des objets-frontière</w:t>
+                <w:t xml:space="preserve">Le phasing comme métaphore des dynamiques appropriatives : le cas de la méthode CARE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rambaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e congrès international du CSEAR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'AFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154119v1</w:t>
+                <w:t xml:space="preserve">hal-02154096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le phasing comme métaphore des dynamiques appropriatives : le cas de la méthode CARE</w:t>
+                <w:t xml:space="preserve">Le reporting extra-financier au prisme des objets-frontière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Carn</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Rambaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'AFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">5e congrès international du CSEAR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154096v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1701,51 +1701,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387760v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vuattoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.294.0095" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326310v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12203-6.p.0215" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298422v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Chantiri-Chaudemanche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit G&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Gourbier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jardat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13800-6.p.0021" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544871v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659764v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387785v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505115v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Ta&#239;bi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316330v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800418v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bardy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264477v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482107v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana Rabekolo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154096v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rambaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326310v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12203-6.p.0215" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387760v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vuattoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.294.0095" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298422v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Chantiri-Chaudemanche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fabre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit G&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Gourbier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745511v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Jardat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13800-6.p.0021" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544871v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659764v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me M&#233;ric" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387785v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505115v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sou&#226;d Ta&#239;bi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316330v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800418v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Bardy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264477v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482107v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felana Rabekolo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154096v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rambaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154119v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>