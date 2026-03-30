--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -185,1042 +185,1124 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Introduction] - Les économistes français et françaises : des savoirs et des méthodes spécifiques? (XIXe-XXIe siècle)</w:t>
+                <w:t xml:space="preserve">La vaine promesse du néolibéralisme et l’angoisse réelle de la finitude. À propos de l’ouvrage de Arnaud Orain, Le monde confisqué. Essai sur le capitalisme de la finitude xvie-xxie siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Silvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2024/2 (18), pp.53-66. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17694-7.p.0053⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 2025-2 (20), pp.295-314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-19167-4.p.0295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05542821v1</w:t>
+                <w:t xml:space="preserve">hal-05556291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La république perdue de Constantin Pecqueur : jalons pour une économie politique radicalement républicaine</w:t>
+                <w:t xml:space="preserve">[Introduction] - Les économistes français et françaises : des savoirs et des méthodes spécifiques? (XIXe-XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Favereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Silvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 2022/1 (13), pp.241-273. </w:t>
+              <w:t xml:space="preserve">, 2024, 2024/2 (18), pp.53-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13254-7.p.0241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17694-7.p.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685029v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05542821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[ CR de lecture ] - La politique par-dessus la dette ? À propos de &amp;quot;Benjamin Lemoine, La démocratie disciplinée par la dette, La Découverte, Paris, 2022</w:t>
+                <w:t xml:space="preserve">La république perdue de Constantin Pecqueur : jalons pour une économie politique radicalement républicaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2022/2 (29), pp.191-199. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/1 (13), pp.241-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.029.0191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13254-7.p.0241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04685487v1</w:t>
+                <w:t xml:space="preserve">hal-03685029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les frères Pereire, financiers saint-simoniens</w:t>
+                <w:t xml:space="preserve">[ CR de lecture ] - La politique par-dessus la dette ? À propos de &amp;quot;Benjamin Lemoine, La démocratie disciplinée par la dette, La Découverte, Paris, 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Silvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Économie politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2021/1 (89), pp.99-112. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/2 (29), pp.191-199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/leco.089.0099⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.029.0191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03146900v1</w:t>
+                <w:t xml:space="preserve">hal-04685487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Trilogy of Debt : The Emancipatory Virtue of Public Debt in Saint-Simonian, Liberal and Socialist Discourses in Nineteenth Century France (1825\textendash1852)</w:t>
+                <w:t xml:space="preserve">Les frères Pereire, financiers saint-simoniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Silvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 28 (1), pp.1-30. </w:t>
+              <w:t xml:space="preserve">L'Économie politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021/1 (89), pp.99-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09672567.2020.1746375⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/leco.089.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02555807v1</w:t>
+                <w:t xml:space="preserve">halshs-03146900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French Financial Controversies in the Aftermath of the 1848 Crisis: an Overview of Socialist and Liberal Positions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Trilogy of Debt : The Emancipatory Virtue of Public Debt in Saint-Simonian, Liberal and Socialist Discourses in Nineteenth Century France (1825\textendash1852)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in the History of Economic Thought and Methodology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Research in the History of Economic Thought and Methodology: Including a Symposium on Public Finance in the History of Economic Thought, 38 A, pp.55-76. </w:t>
+              <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (1), pp.1-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/S0743-41542020000038A007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09672567.2020.1746375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02496028v1</w:t>
+                <w:t xml:space="preserve">halshs-02555807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Note de lecture] L’architecture d’un paradigme. Généalogie, composition et variations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The French Financial Controversies in the Aftermath of the 1848 Crisis: an Overview of Socialist and Liberal Positions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Silvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Revue d'histoire de la pensée économique, 2020-1 (9), pp.243-262. </w:t>
+              <w:t xml:space="preserve">Research in the History of Economic Thought and Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Research in the History of Economic Thought and Methodology: Including a Symposium on Public Finance in the History of Economic Thought, 38 A, pp.55-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10602-9.p.0243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/S0743-41542020000038A007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02890798v1</w:t>
+                <w:t xml:space="preserve">halshs-02496028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si je crois à la liberté c’est que je crois à l’égalité' : philosophie pour une république sociale et pratique de l’égalité autour de 1848</w:t>
+                <w:t xml:space="preserve">[Note de lecture] L’architecture d’un paradigme. Généalogie, composition et variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 56 (2), pp.209-239. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Revue d'histoire de la pensée économique, 2020-1 (9), pp.243-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ress.4577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10602-9.p.0243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01984572v1</w:t>
+                <w:t xml:space="preserve">hal-02890798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventorier et inventer la société : Constantin Pecqueur (1801‐1887) : expertise sociale et processus de socialisation</w:t>
+                <w:t xml:space="preserve">Si je crois à la liberté c’est que je crois à l’égalité' : philosophie pour une république sociale et pratique de l’égalité autour de 1848</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Année Sociologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 67 (2), pp.423-452. </w:t>
+              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 56 (2), pp.209-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/anso.172.0423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ress.4577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01678308v1</w:t>
+                <w:t xml:space="preserve">halshs-01984572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The social economy of Constantin Pecqueur (1801-1887) : a little known contribution to the critique of liberal political economy in 19th century France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inventorier et inventer la société : Constantin Pecqueur (1801‐1887) : expertise sociale et processus de socialisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">History of Economic Ideas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.19272/201706101005⟩</w:t>
+              <w:t xml:space="preserve">L'Année Sociologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 67 (2), pp.423-452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/anso.172.0423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02097574v1</w:t>
+                <w:t xml:space="preserve">halshs-01678308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’économique contre le politique : la dette, son amortissement et son financement chez de jeunes et vieux saint-simoniens (1825-1880)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The social economy of Constantin Pecqueur (1801-1887) : a little known contribution to the critique of liberal political economy in 19th century France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lauricella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">History of Economic Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, XXV (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19272/201706101005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01380795v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02097574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’économique contre le politique : la dette, son amortissement et son financement chez de jeunes et vieux saint-simoniens (1825-1880)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 70, pp.7-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01380795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser l’impôt au XIXe siècle. Controverses fiscales et contributions saint-simoniennes dans la France des années 1830</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 124, pp.45-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02091554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1230,135 +1312,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la République de Constantin Pecqueur (1801-1887)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lauricella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, pp.466, 2017, Cahiers de la MSHE Ledoux. Archives de l'imaginaire social, 978-2-84867-582-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufc.21049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01546954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1368,347 +1450,347 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associationists and Socialists: the First Debates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frobert Ludovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faccarello, Gilbert; Silvant, Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A History of Economic Thought in France. Vol. 2, The Long Nineteenth Century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.287-315, 2023, 978-0-367-19444-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04287757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vertus et les infortunes de la dette (1816-1852)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Huchet, Nicolas; Lévêque, Laure; Bastidon-Gilles, Cécile; Kocoglu, Yusuf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La politique du crédit, regards croisés : économie, littérature, droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Effigi, pp.58-82, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02874702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrée : Nationalisation (approche historique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lauricella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cornu-Volatron, Marie; Orsi, Fabienne ; Rochfeld, Judith. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUF, pp.838-842, 2017, Quadrige</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01623326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’idéal de charité et l’impôt idéal. Constantin Pecqueur et la question fiscale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Coste, Clément; Frobert, Ludovic; Lauricella, Marie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la République de Constantin Pecqueur (1801-1887)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.203-234, 2017, Cahiers de la MSHE Ledoux. Archives de l'imaginaire social</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01563866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1718,114 +1800,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imposer ou créditer. Réformes et révolutions fiscales dans les économies politiques socialistes du XIXe siècle français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université de Lyon, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016LYSE3038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03664610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1893,51 +1975,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="41DA6B99"/>
+    <w:nsid w:val="EDCFC037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2124,51 +2206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-coste" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19923910X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article2228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://theses.fr/2016LYSE3038" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05542821v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Favereau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Silvant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17694-7.p.0053" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685029v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13254-7.p.0241" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685487v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0191" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146900v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.089.0099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555807v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2020.1746375" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496028v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0743-41542020000038A007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890798v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10602-9.p.0243" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984572v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.4577" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678308v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.172.0423" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097574v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lauricella" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/201706101005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380795v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091554v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546954v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frobert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/i-de-la-republique-i-de-constantin-pecqueur-1801-1887.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.21049" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frobert Ludovic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563866v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03664610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE3038" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-coste" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19923910X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article2228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://theses.fr/2016LYSE3038" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556291v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coste" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-19167-4.p.0295" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05542821v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Favereau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Silvant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17694-7.p.0053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685029v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13254-7.p.0241" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685487v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0191" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146900v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.089.0099" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555807v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2020.1746375" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02496028v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0743-41542020000038A007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890798v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10602-9.p.0243" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984572v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.4577" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678308v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anso.172.0423" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02097574v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lauricella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/201706101005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01380795v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091554v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frobert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/i-de-la-republique-i-de-constantin-pecqueur-1801-1887.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.21049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287757v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frobert Ludovic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874702v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623326v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563866v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03664610v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE3038" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>