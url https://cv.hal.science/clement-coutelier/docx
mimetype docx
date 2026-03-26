--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -4385,255 +4385,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03901945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Façade maritime : Atlantique (Aquitaine), Rapport de sondages sur estran – OA 4771, commune de Soulac-sur-Mer (Gironde), Année 2021, Bordeaux, 2022</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tony Hamon</w:t>
+                <w:t xml:space="preserve">L’eau à Baelo Claudia. Sondages archéologiques, prospections pédestres et étude du mobilier hydraulique intra-muros, Rapport archéologique, Junta de Andalucia, 63 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Borau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Gandini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Trémeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Coutelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DRASSM. 2022, 158 p</w:t>
+              <w:t xml:space="preserve">Ausonius. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901967v1</w:t>
+                <w:t xml:space="preserve">hal-03903741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’eau à Baelo Claudia. Sondages archéologiques, prospections pédestres et étude du mobilier hydraulique intra-muros, Rapport archéologique, Junta de Andalucia, 63 p.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Façade maritime : Atlantique (Aquitaine), Rapport de sondages sur estran – OA 4771, commune de Soulac-sur-Mer (Gironde), Année 2021, Bordeaux, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Verdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizé Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Coutelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRASSM. 2022, 158 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Gandini</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-03903741v1</w:t>
+                <w:t xml:space="preserve">hal-03901967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Projet Collectif de Recherche La Peyrouse (Saint-Félix-de-Villadeix, Dordogne), Rapport intermédiaire 2022 (2e année)</w:t>
               </w:r>
@@ -5981,51 +5981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hantrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282919v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Corbasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sarrazin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148540v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160632v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Borau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ars" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Ventura Villanueva" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2021004" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02834346v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eynaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.11172" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-5RLJVHJR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03886901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.11201" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-NZTWRJND-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02507962v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zemour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842539v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mendisco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2016.07.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901833v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias L&#243;pez-Romero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/vv634yh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445937v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Didierjean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brocheriou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448668v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hillairet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445946v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255903v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Tassaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579424v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942306v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tr&#233;meaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bernier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661831v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Didierjean" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901767v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli&#178;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pradier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth P&#233;nisson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054287v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13lct" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442118v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442127v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442134v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442151v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385866v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441957v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baisson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441849v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671637v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671638v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441828v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194268v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hamon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194266v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617719v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901945v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901967v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903741v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gandini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725283v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argitxu Beyrie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Buquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Colin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456541v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corfmat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429510v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192009v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krausz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Millereux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bouchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buchsenschutz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765098v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Petit-Aupert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dellac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765170v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765152v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765202v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765272v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935636v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Martin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898491v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hantrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282919v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Corbasson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sarrazin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148540v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160632v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Borau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ars" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Ventura Villanueva" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2021004" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02834346v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Verdin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eynaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.11172" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-5RLJVHJR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03886901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bosq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.11201" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-NZTWRJND-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02507962v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Zemour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842539v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Le Roy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mendisco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2016.07.003" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901833v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias L&#243;pez-Romero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59641/vv634yh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445937v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Didierjean" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brocheriou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448668v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hillairet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445946v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255903v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Tassaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579424v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942306v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tr&#233;meaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bernier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661831v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Didierjean" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396668v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901767v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli&#178;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Cariou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Pradier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth P&#233;nisson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054287v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13lct" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442131v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442118v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442127v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442134v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442151v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daret" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385866v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441957v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baisson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441849v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671637v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671638v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441828v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194268v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hamon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194266v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617719v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901945v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903741v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gandini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03901967v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725283v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argitxu Beyrie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Buquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Colin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456541v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corfmat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429510v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192009v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krausz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Millereux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bouchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boyer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buchsenschutz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765098v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Petit-Aupert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dellac" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765170v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765152v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765202v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765272v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935636v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Martin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>