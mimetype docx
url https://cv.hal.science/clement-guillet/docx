--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cl&eacute;ment Guillet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilevel matrix-free method for high-performance isogeometric analysis of lattice structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 537, pp.114136. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2025.114136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757522v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-conserving Particle-In-Cell scheme based on Galerkin methods with sparse grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 524, pp.113739. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2025.113739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order Sparse-PIC methods: analysis and numerical investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Pace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.1281-1314. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/24M1665143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceleration of Particle-In-Cell Simulations using Sparse Grid Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chung To Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Plasmas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.073908. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0211220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceleration of Particle-In-Cell Simulations using Sparse Grid Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chung To Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Plasmas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.073907. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0211217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient parallelization for 3D-3V sparse grid Particle-In-Cell: shared memory systems architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 480, pp.112022. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-implicit Particle-In-Cell methods embedding sparse grid reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiscale Modeling and Simulation: A SIAM Interdisciplinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.891-924. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/23M1579340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137654v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient parallelization for 3D-3V sparse grid Particle-In-Cell: Single GPU architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Physics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 480, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773226v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid reconstructions for Particle-In-Cell methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (5), pp.1809-1841. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2022055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Performance Isogeometric Analysis of Lattice Structures: a Geometric hp-Multigrid Preconditioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Thirteenth International Conference on Isogeometric Analysis (IGA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Eindhoeven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Isogeometric Analysis of Lattice Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Domain Decomposition Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-order preconditioner of matrix-free solver for isogeometric analysis of lattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCOMAS 2024 - 9th European Congress on Computational Methods in Applied Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Grid Reconstructions for Particle-In-Cell Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinetic and Hyperbolic Equations: Modeling, Analysis and Numerics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid approach to accelerate the Particle-In-Cell method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Biennale Française des Mathématiques Appliquées et Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid approach to accelerate Particle-In-Cell Technique: application to the Hall thruster ExB instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Chung-To-Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th IEEE International Conference on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Lake Tahoe (Nevada), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Estimates for Sparse Tensor Products of B-spline Approximation Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-9598, Centre Inria de l'Université de Bordeaux. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse approach to accelerate Particle-In-Cell method in 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plasmas. Université Paul Sabatier - Toulouse III, 2023. English. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2023TOU30093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04277746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId50"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cl&eacute;ment Guillet </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Fine-Scale Simulation of Nonlinear Hyperelastic Lattice Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Antolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05547894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilevel matrix-free method for high-performance isogeometric analysis of lattice structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 537, pp.114136. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2025.114136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757522v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-conserving Particle-In-Cell scheme based on Galerkin methods with sparse grids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 524, pp.113739. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2025.113739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order Sparse-PIC methods: analysis and numerical investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Pace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.1281-1314. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/24M1665143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceleration of Particle-In-Cell Simulations using Sparse Grid Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chung To Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Plasmas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.073908. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0211220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceleration of Particle-In-Cell Simulations using Sparse Grid Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chung To Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Plasmas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (7), pp.073907. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0211217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient parallelization for 3D-3V sparse grid Particle-In-Cell: shared memory systems architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 480, pp.112022. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcp.2023.112022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-implicit Particle-In-Cell methods embedding sparse grid reconstructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiscale Modeling and Simulation: A SIAM Interdisciplinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.891-924. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/23M1579340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137654v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient parallelization for 3D-3V sparse grid Particle-In-Cell: Single GPU architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Physics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 480, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773226v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid reconstructions for Particle-In-Cell methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenael Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (5), pp.1809-1841. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2022055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03355720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Performance Isogeometric Analysis of Lattice Structures: a Geometric hp-Multigrid Preconditioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Thirteenth International Conference on Isogeometric Analysis (IGA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Eindhoeven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Performance Isogeometric Analysis of Lattice Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Domain Decomposition Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-order preconditioner of matrix-free solver for isogeometric analysis of lattices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hirschler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jolivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Bouclier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCOMAS 2024 - 9th European Congress on Computational Methods in Applied Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse Grid Reconstructions for Particle-In-Cell Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinetic and Hyperbolic Equations: Modeling, Analysis and Numerics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid approach to accelerate Particle-In-Cell Technique: application to the Hall thruster ExB instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Chung-To-Sang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48th IEEE International Conference on Plasma Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Lake Tahoe (Nevada), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse grid approach to accelerate the Particle-In-Cell method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Deluzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Fubiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Garrigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Narski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Biennale Française des Mathématiques Appliquées et Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error Estimates for Sparse Tensor Products of B-spline Approximation Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-9598, Centre Inria de l'Université de Bordeaux. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sparse approach to accelerate Particle-In-Cell method in 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Guillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plasmas. Université Paul Sabatier - Toulouse III, 2023. English. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2023TOU30093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04277746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId52"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757522v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Hirschler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jolivet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bouclier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.114136" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653644v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.113739" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437088v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deluzet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Narski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pace" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1665143" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662648v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chung To Sang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fubiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deluzet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0211220" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662643v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0211217" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773216v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Fubiani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137654v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1579340" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773226v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108755" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355720v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2022055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266625v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hirschler" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131604v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618145v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743295v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753748v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734957v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chung-To-Sang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fubiani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326739v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04277746v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30093" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547894v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Hirschler" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jolivet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Antolin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bouclier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757522v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.114136" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653644v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.113739" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437088v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Deluzet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Narski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pace" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/24M1665143" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662648v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garrigues" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chung To Sang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fubiani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deluzet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0211220" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662643v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0211217" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773216v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Fubiani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2023.112022" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137654v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1579340" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773226v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108755" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355720v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2022055" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266625v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hirschler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131604v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743295v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chung-To-Sang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fubiani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753748v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326739v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04277746v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30093" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>