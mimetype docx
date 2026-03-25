--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1432,697 +1432,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage Detection in a Polymer Matrix Composite from 4D Displacement Field Measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deformable registration with intensity correction for CESM monitoring response to Neoadjuvant Chemotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Mandić</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clément Jailin</w:t>
+                <w:t xml:space="preserve">Pablo Milioni De Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zvonimir Tomičević</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Smaniotto</w:t>
+                <w:t xml:space="preserve">Sara Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vancamberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amr Farouk Ibrahim Moustafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma16186300⟩</w:t>
+              <w:t xml:space="preserve">Biomedical Physics &amp; Engineering Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2057-1976/acba9f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04216079v1</w:t>
+                <w:t xml:space="preserve">hal-03981786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformable registration with intensity correction for CESM monitoring response to Neoadjuvant Chemotherapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">4D full-field measurements over the entire loading history: Evaluation of different temporal interpolations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Vrgoč</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Kosin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Smaniotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amr Farouk Ibrahim Moustafa</w:t>
+                <w:t xml:space="preserve">Zvonimir Tomičević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Physics &amp; Engineering Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Coupled systems mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (6), pp.503-517. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2057-1976/acba9f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12989/csm.2023.12.6.503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03981786v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04367049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4D full-field measurements over the entire loading history: Evaluation of different temporal interpolations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AI-Based Cancer Detection Model for Contrast-Enhanced Mammography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Vrgoč</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Zvonimir Tomičević</w:t>
+                <w:t xml:space="preserve">Razvan Iordache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Milioni De Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salwa Yehia Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coupled systems mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12989/csm.2023.12.6.503⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bioengineering10080974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04367049v1</w:t>
+                <w:t xml:space="preserve">hal-04798477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI-Based Cancer Detection Model for Contrast-Enhanced Mammography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A projection-based approach to extend digital volume correlation for 4D spacetime measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Kosin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Fau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Salwa Yehia Ahmed</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Smaniotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Wick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/bioengineering10080974⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 351, pp.265-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04798477v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04079703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A projection-based approach to extend digital volume correlation for 4D spacetime measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Damage Detection in a Polymer Matrix Composite from 4D Displacement Field Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Mandić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Kosin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zvonimir Tomičević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Smaniotto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Wick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 351, pp.265-280. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (18), pp.6300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crmeca.192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma16186300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04079703v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projection-based dynamic tomography</w:t>
               </w:r>
@@ -2440,1932 +2440,1932 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02484421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal decomposition from partial measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental database of mixed-mode crack propagation tests performed on mortar specimens with a hexapod and full-field measurements. Part II: interactive loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Carpiuc-Prisacari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyrylo Kazymyrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2019.11.011⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 125, pp.105867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337445v1</w:t>
+                <w:t xml:space="preserve">hal-02273328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-minute in situ Fracture Test in a Lab CT-scanner</w:t>
+                <w:t xml:space="preserve">Fast four-dimensional tensile test monitored via X-ray computed tomography: Elastoplastic identification from radiographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante F Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouterf</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rafael Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrating Materials and Manufacturing Innovation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40192-019-00151-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strain Analysis for Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 54 (1), pp.44-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309324718810593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02189645v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental database of mixed-mode crack propagation tests performed on mortar specimens with a hexapod and full-field measurements. Part II: interactive loading</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modal decomposition from partial measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 347 (11), pp.863-872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2019.11.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105867⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02273328v1</w:t>
+                <w:t xml:space="preserve">hal-02337445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast four-dimensional tensile test monitored via X-ray computed tomography: Elastoplastic identification from radiographs</w:t>
+                <w:t xml:space="preserve">Sub-minute in situ Fracture Test in a Lab CT-scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strain Analysis for Engineering Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 54 (1), pp.44-53. </w:t>
+              <w:t xml:space="preserve">Integrating Materials and Manufacturing Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (3), pp.413-422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0309324718810593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40192-019-00151-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926380v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02189645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Volume Correlation: Review of Progress and Challenges</w:t>
+                <w:t xml:space="preserve">Mode-enhanced space-time DIC: Applications to ultra high-speed imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ante Buljac</w:t>
+                <w:t xml:space="preserve">Myriam Berny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arturo Mendoza</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-018-0390-7⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (12), pp.125008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/aae3d5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01744752v1</w:t>
+                <w:t xml:space="preserve">hal-01878095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full field modal measurement with a single standard camera</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Jailin</w:t>
+                <w:t xml:space="preserve">An experimental evidence of the failure of Cauchy elasticity for the overall modeling of a non-centro-symmetric lattice under static loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Somera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Auffray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics and Lasers in Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optlaseng.2018.03.031⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 147, pp.223-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.05.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01762384v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704787v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental evidence of the failure of Cauchy elasticity for the overall modeling of a non-centro-symmetric lattice under static loading</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Auffray</w:t>
+                <w:t xml:space="preserve">Separation of superimposed images with subpixel shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2018.05.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (1), pp.272-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600577517015892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01704787v2</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation of superimposed images with subpixel shift</w:t>
+                <w:t xml:space="preserve">Fast 4D tensile test monitored via X-CT: Single projection based Digital Volume Correlation dedicated to slender samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S1600577517015892⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strain Analysis for Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 53 (7), pp.473-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309324718797765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674341v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01847191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mode-enhanced space-time DIC: Applications to ultra high-speed imaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Self-calibration for lab-μCT using space-time regularized projection-based DVC and model reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante F Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouterf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Measurement Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 29 (12), pp.125008. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/aae3d5⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 29, 024003, 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/aa9818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878095v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01633741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Tomographic Reconstruction of Deforming Volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11 (8), pp.1395. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma11081395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01977971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-calibration for lab-μCT using space-time regularized projection-based DVC and model reduction</w:t>
+                <w:t xml:space="preserve">Fast Tracking of Fluid Invasion Using Time-Resolved Neutron Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maddi Etxegarai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tudisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. A Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/aa9818⟩</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-018-1055-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633741v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01800787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast 4D tensile test monitored via X-CT: Single projection based Digital Volume Correlation dedicated to slender samples</w:t>
+                <w:t xml:space="preserve">Full field modal measurement with a single standard camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stephane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strain Analysis for Engineering Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics and Lasers in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 107, pp.265-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optlaseng.2018.03.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0309324718797765⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01847191v1</w:t>
+                <w:t xml:space="preserve">hal-01762384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Tracking of Fluid Invasion Using Time-Resolved Neutron Tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital Volume Correlation: Review of Progress and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Tudisco</w:t>
+                <w:t xml:space="preserve">Arturo Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. A Hall</w:t>
+                <w:t xml:space="preserve">J Neggers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Roux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Taillandier-Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 58 (5), pp.661-708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11242-018-1055-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11340-018-0390-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01800787v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ µCT-scan mechanical tests: Fast 4D mechanical identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An extension of digital volume correlation for multimodality image registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Tudisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Tengattini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Andò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-017-0305-z⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/aa7b48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01544539v1</w:t>
+                <w:t xml:space="preserve">hal-01633737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An extension of digital volume correlation for multimodality image registration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ \^I CT-scan Mechanical Tests: Fast 4D Mechanical Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Andò</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, NULL</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01633737v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ \^I CT-scan Mechanical Tests: Fast 4D Mechanical Identification</w:t>
+                <w:t xml:space="preserve">In situ µCT-scan mechanical tests: Fast 4D mechanical identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Roux</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine A Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, NULL</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-017-0305-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576727v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual hybrid test control of sinuous crack</w:t>
               </w:r>
@@ -4377,77 +4377,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Carpiuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyrylo Kazymyrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 102, pp.239 - 256. </w:t>
@@ -4524,51 +4524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Buffiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4641,481 +4641,481 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning Framework for Managing Inter-Reader Variability in Background Parenchymal Enhancement Classification for Contrast-Enhanced Mammography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Ripaud</w:t>
+                <w:t xml:space="preserve">Unsupervised learning of constitutive model with neural networks and sparse identification of internal variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Benady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Conference on Medical Image Computing and Computer Assisted Intervention (MICCAI 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea</w:t>
+              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05218773v1</w:t>
+                <w:t xml:space="preserve">hal-04992869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Blind Source Separation Perspective on the Model Identification Problem for Constitutive Material Laws</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unsupervised learning of constitutive models with neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Benady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Mabileau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+                <w:t xml:space="preserve">L. Lorenzis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Data-driven mechanics and physics of solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Göteborg, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23967/data-driven.2025.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360220v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised learning of constitutive model with neural networks and sparse identification of internal variables</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+                <w:t xml:space="preserve">Deep Learning Framework for Managing Inter-Reader Variability in Background Parenchymal Enhancement Classification for Contrast-Enhanced Mammography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ripaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Milioni De Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vancamberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">28th International Conference on Medical Image Computing and Computer Assisted Intervention (MICCAI 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04992869v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05218773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised learning of constitutive models with neural networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Chamoin</w:t>
+                <w:t xml:space="preserve">A Blind Source Separation Perspective on the Model Identification Problem for Constitutive Material Laws</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Mabileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Lorenzis</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data-driven mechanics and physics of solids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338457v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Training an AI hyperelastic constitutive model with experimental data</w:t>
               </w:r>
@@ -5222,77 +5222,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Milioni de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Vancamberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amr Farouk Ibrahim Moustafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE 20th International Symposium on Biomedical Imaging (ISBI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cartagena, France. pp.1-5, </w:t>
@@ -5324,287 +5324,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a 3D model of clinically relevant microcalcifications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lesion detection in contrast enhanced spectral mammography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ann-Katherine Carton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Jailin</w:t>
+                <w:t xml:space="preserve">Pablo Milioni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raoul de Sousa Silva</w:t>
+                <w:t xml:space="preserve">Zhijin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben Sanchez de la Rosa</w:t>
+                <w:t xml:space="preserve">Rȃzvan Iordache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixteenth International Workshop on Breast Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Leuven, Belgium. pp.38, </w:t>
+              <w:t xml:space="preserve">, May 2022, Leuven, Belgium. pp.24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2625771⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2624577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03728155v2</w:t>
+                <w:t xml:space="preserve">hal-03727549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesion detection in contrast enhanced spectral mammography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a 3D model of clinically relevant microcalcifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann-Katherine Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhijin Li</w:t>
+                <w:t xml:space="preserve">Raoul de Sousa Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rȃzvan Iordache</w:t>
+                <w:t xml:space="preserve">Ruben Sanchez de la Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Muller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixteenth International Workshop on Breast Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Leuven, Belgium. pp.24, </w:t>
+              <w:t xml:space="preserve">, May 2022, Leuven, Belgium. pp.38, </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2624577⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2625771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727549v1</w:t>
+                <w:t xml:space="preserve">hal-03728155v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data Augmentation for Breast Cancer Mass Segmentation</w:t>
               </w:r>
@@ -5720,51 +5720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Katherine Carton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Milioni de Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5828,51 +5828,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic crack detection based on machine learning and DVC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arturo Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5904,1784 +5904,1784 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental proof of the limitation of Cauchy elasticity in the case of non-center-symmetric latex under quasi-static loading</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Poncelet</w:t>
+                <w:t xml:space="preserve">Digital Volume Correlation of Laminographic and Tomographic Images: Results and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Somera</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jan Neggers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICoNSoM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Final Colloqium of IRTG 1627 ViVaCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Hanovre, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02196689v1</w:t>
+                <w:t xml:space="preserve">hal-02342916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Volume Correlation of Laminographic and Tomographic Images: Results and Challenges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Projection-based measurement and identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Bouterf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Final Colloqium of IRTG 1627 ViVaCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Hanovre, Germany</w:t>
+              <w:t xml:space="preserve">SEM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Reno, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02342916v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projection-based measurement and identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital Volume Correlation: Progress and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Neggers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Taillandier-Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEM 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Reno, United States</w:t>
+              <w:t xml:space="preserve">Annual Conference and Exposition on Experimental and Applied Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Reno, NV, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02132459v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Volume Correlation: Progress and Challenges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ante Buljac</w:t>
+                <w:t xml:space="preserve">An experimental proof of the limitation of Cauchy elasticity in the case of non-center-symmetric latex under quasi-static loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Somera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference and Exposition on Experimental and Applied Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Reno, NV, United States</w:t>
+              <w:t xml:space="preserve">ICoNSoM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152272v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage entre corrélation d'image et optimisation topologique pour la conception d'éprouvette optimisant l'identification de paramètres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+                <w:t xml:space="preserve">From big data to key data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Neggers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Journée Mesures de Champs en Dynamique des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Saint-Ouen, France</w:t>
+              <w:t xml:space="preserve">PhotoMechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01860387v1</w:t>
+                <w:t xml:space="preserve">hal-01960477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiography-based mechanical identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Digital Volume Correlation: Review of Progress and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Neggers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Buljac</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibault Taillandier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">3rd Annual Workshop on Advances in X-ray Imaging: Expanding the Frontiers of Knowledge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Harwell, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01960376v1</w:t>
+                <w:t xml:space="preserve">hal-01980039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From big data to key data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Roux</w:t>
+                <w:t xml:space="preserve">Couplage entre corrélation d'image et optimisation topologique pour la conception d'éprouvette optimisant l'identification de paramètres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">2e Journée Mesures de Champs en Dynamique des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Saint-Ouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01960477v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01860387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital Volume Correlation: Review of Progress and Challenges</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiography-based mechanical identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jan Neggers</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouterf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Taillandier Thomas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Annual Workshop on Advances in X-ray Imaging: Expanding the Frontiers of Knowledge</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Harwell, United Kingdom</w:t>
+              <w:t xml:space="preserve">PhotoMechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01980039v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01960376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental strain gradient evidence in non-central symmetric lattice</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Half-minute lab tomography of an in situ fracture test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Morel</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMECH-Colloquium 579 on Generalized and microstructured continua</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Arpino, Italy</w:t>
+              <w:t xml:space="preserve">Proc. of 5th International Conference on Computational Modeling of Fracture and Failure of Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576380v1</w:t>
+                <w:t xml:space="preserve">hal-01576725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-model dialectic: the case of 4D mechanical tests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Roux</w:t>
+                <w:t xml:space="preserve">Etude expérimentale d’un matériau architecturé à comportement de second gradient du déplacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Somera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Hild</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of Data-BEST 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">CFM2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576724v1</w:t>
+                <w:t xml:space="preserve">hal-01707395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale d’un matériau architecturé à comportement de second gradient du déplacement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanics-Based 4D Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Taillandier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Bouterf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Somera</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jan Neggers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">5th annual Tomography for Scientific Advancement (ToScA) symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Portsmouth, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01707395v1</w:t>
+                <w:t xml:space="preserve">hal-01674842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Half-minute lab tomography of an in situ fracture test</w:t>
+                <w:t xml:space="preserve">Dynamic in-situ 4D measurement in a lab tomograph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ante Buljac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouterf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of 5th International Conference on Computational Modeling of Fracture and Failure of Materials and Structures</w:t>
+              <w:t xml:space="preserve">Proc. of 3rd International Conference on Tomography of Materials and Structures (ICTMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576725v1</w:t>
+                <w:t xml:space="preserve">hal-01576726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanics-Based 4D Tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Data-model dialectic: the case of 4D mechanical tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Taillandier-Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th annual Tomography for Scientific Advancement (ToScA) symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Portsmouth, United Kingdom</w:t>
+              <w:t xml:space="preserve">Proc. of Data-BEST 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01674842v1</w:t>
+                <w:t xml:space="preserve">hal-01576724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic in-situ 4D measurement in a lab tomograph</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental strain gradient evidence in non-central symmetric lattice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Roux</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Somera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of 3rd International Conference on Tomography of Materials and Structures (ICTMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">EUROMECH-Colloquium 579 on Generalized and microstructured continua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Arpino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576726v1</w:t>
+                <w:t xml:space="preserve">hal-01576380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of 3D displacement field from few tomographic projections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Taillandier-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. of 3rd International Congress on 3D Materials Science (3DMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7732,51 +7732,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Carpiuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kyrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7853,77 +7853,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Carpiuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Poncelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kazymyrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technological Innovations in Nuclear Civil Engineering (TINCE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7948,51 +7948,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of 3D displacement fields from few tomographic projections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Taillandier-Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Jailin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8258,51 +8258,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3AF86397"/>
+    <w:nsid w:val="180682B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8489,51 +8489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-jailin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6414-6039" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231806760" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/jailin_c_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390111v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.342" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390159v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathys Bourdyot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Compans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118592" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baranger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327992v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Barbieri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vancamberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae134f" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390090v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Vargas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Kosin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ae26a4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696392v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Legroux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01106-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784817v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/ad6773" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343331v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wick" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116689" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645023v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ripaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jailin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G I Quintana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Milioni de Carvalho" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sanchez de la Rosa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ad42ff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783574v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216079v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mandi&#263;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvonimir Tomi&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16186300" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981786v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni De Carvalho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mohamed" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Farouk Ibrahim Moustafa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/acba9f" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367049v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vrgo&#269;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/csm.2023.12.6.503" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798477v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Iordache" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Yehia Ahmed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10080974" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079703v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.192" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarrut" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac309e" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312163v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00155-4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484421v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Diaz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Quesada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.02.032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337445v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2019.11.011" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189645v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouterf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40192-019-00151-6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273328v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Carpiuc-Prisacari" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poncelet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrylo Kazymyrenko" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Leclerc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105867" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926380v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante F Buljac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309324718810593" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744752v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante Buljac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Mendoza" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Neggers" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taillandier-Thomas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-018-0390-7" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762384v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2018.03.031" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704787v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poncelet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Somera" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auffray" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.05.028" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674341v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577517015892" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878095v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Berny" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Roux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae3d5" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977971v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081395" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633741v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa9818" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847191v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309324718797765" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800787v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddi Etxegarai" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tudisco" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A Hall" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1055-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544539v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine A Bouterf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-017-0305-z" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633737v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Tudisco" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tengattini" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E And&#242;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa7b48" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576727v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouterf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549224v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Carpiuc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.03.001" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380003v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buffiere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577516015812" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218773v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ripaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360220v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mabileau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992869v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338457v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benady" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chamoin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lorenzis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/data-driven.2025.013" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720898v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790701v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni de Carvalho" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI53787.2023.10230801" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728155v2" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Katherine Carton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul de Sousa Silva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Sanchez de la Rosa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Muller" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2625771" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727549v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijin Li" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#515;zvan Iordache" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2624577" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790714v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Caselles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-3880-0_24" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725538v2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Sanchez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Casteignau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2625779" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016000v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196689v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Somera" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342916v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Neggers" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132459v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152272v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Taillandier-Thomas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860387v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960376v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Buljac" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hild" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960477v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980039v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Taillandier Thomas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576380v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576724v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707395v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576725v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674842v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576726v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576731v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576732v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kyrylo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485073v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpiuc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kazymyrenko" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800794v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2227904" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01927948v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLN034" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-jailin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6414-6039" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231806760" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/jailin_c_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390111v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.342" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390159v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathys Bourdyot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Compans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Smaniotto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118592" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baranger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2025.118188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327992v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Barbieri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vancamberg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae134f" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390090v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Vargas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Kosin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Adrien" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ae26a4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696392v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Legroux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01106-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784817v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/ad6773" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343331v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Wick" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2023.116689" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645023v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ripaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jailin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G I Quintana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Milioni de Carvalho" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Sanchez de la Rosa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ad42ff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783574v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981786v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni De Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mohamed" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Farouk Ibrahim Moustafa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/acba9f" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vrgo&#269;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvonimir Tomi&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12989/csm.2023.12.6.503" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798477v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Iordache" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salwa Yehia Ahmed" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10080974" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.192" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216079v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mandi&#263;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16186300" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391945v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarrut" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac309e" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312163v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jailin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-020-00155-4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484421v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Diaz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Quesada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2020.02.032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273328v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Carpiuc-Prisacari" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poncelet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyrylo Kazymyrenko" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Leclerc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105867" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926380v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante F Buljac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Bouterf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309324718810593" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337445v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2019.11.011" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189645v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40192-019-00151-6" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878095v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Berny" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Roux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae3d5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704787v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Poncelet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Somera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Auffray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2018.05.028" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674341v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577517015892" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847191v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ante Buljac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309324718797765" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633741v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa9818" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977971v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11081395" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800787v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddi Etxegarai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tudisco" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A Hall" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1055-9" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01762384v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2018.03.031" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744752v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Mendoza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Neggers" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Taillandier-Thomas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-018-0390-7" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633737v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Tudisco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tengattini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E And&#242;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa7b48" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576727v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouterf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544539v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine A Bouterf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-017-0305-z" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549224v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Carpiuc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.03.001" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380003v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Buffiere" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577516015812" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992869v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338457v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benady" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chamoin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lorenzis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/data-driven.2025.013" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218773v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ripaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360220v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mabileau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720898v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790701v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni de Carvalho" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI53787.2023.10230801" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727549v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Milioni" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhijin Li" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#515;zvan Iordache" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Muller" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2624577" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728155v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Katherine Carton" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul de Sousa Silva" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Sanchez de la Rosa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2625771" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790714v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Caselles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-3880-0_24" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725538v2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Sanchez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Casteignau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2625779" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016000v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342916v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Neggers" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132459v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152272v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Taillandier-Thomas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196689v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Somera" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960477v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980039v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Taillandier Thomas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860387v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960376v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Buljac" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hild" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576725v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707395v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674842v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576726v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576724v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576380v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576731v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576732v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kyrylo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485073v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpiuc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kazymyrenko" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800794v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2227904" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01927948v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLN034" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>