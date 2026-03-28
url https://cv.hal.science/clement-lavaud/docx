--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -536,239 +536,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04530596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine mapping of Ae-Ps4.5, a major locus for resistance to pathotype III of Aphanomyces euteiches in pea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetics and breeding for quantitative resistance to Aphanomyces root rot in pea (Pisum sativum).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Leprévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Legume Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25, pp.17-19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04483926v1</w:t>
+                <w:t xml:space="preserve">hal-05228686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetics and breeding for quantitative resistance to Aphanomyces root rot in pea (Pisum sativum).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine mapping of Ae-Ps4.5, a major locus for resistance to pathotype III of Aphanomyces euteiches in pea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lavaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Lesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Leprévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Legume Perspectives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Theoretical and Applied Genetics, 137 (2), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-024-04548-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05228686v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04483926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five Regions of the Pea Genome Co-Control Partial Resistance to D. pinodes, Tolerance to Frost, and Some Architectural or Phenological Traits</w:t>
               </w:r>
@@ -780,51 +780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Miteul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -914,51 +914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Leprévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1787,51 +1787,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of QTL for resistance to Aphanomyces euteiches in different pea genetic backgrounds using near-isogenic lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Piriou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2126,51 +2126,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes Rencontres Francophones sur les Légumineuses, 24-25 février 2021, Visioconférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Visioconférence, France</w:t>
@@ -2193,277 +2193,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03280035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant resistance and architecture for protection of pulses against pathogens</w:t>
+                <w:t xml:space="preserve">Key Note speaker Plant resistance and architecture for protection of pulses against biotic stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambre-Aurore Josselin</w:t>
+                <w:t xml:space="preserve">A-A. Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transversal Symposium GIS BV, Investment for the future, Projects in plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737585v1</w:t>
+                <w:t xml:space="preserve">hal-02737260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key Note speaker Plant resistance and architecture for protection of pulses against biotic stresses</w:t>
+                <w:t xml:space="preserve">Plant resistance and architecture for protection of pulses against pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Pilet-Nayel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A-A. Josselin</w:t>
+                <w:t xml:space="preserve">Ambre-Aurore Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Conference on Legume Genetics and Genomics (ICLGG 2019), Let's harness the potential of legumes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Transversal Symposium GIS BV, Investment for the future, Projects in plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737260v1</w:t>
+                <w:t xml:space="preserve">hal-02737585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of pea resistance to Aphanomyces euteiches in the genomics Era</w:t>
               </w:r>
@@ -2488,51 +2488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Desgroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2744,51 +2744,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction and evaluation of Near-Isogenic Lines for resistance to Aphanomyces euteiches in pea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3253,51 +3253,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421240v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lepr&#233;vost" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Imbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lavaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boutet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Miteul" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-05095-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228605v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Riviere" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vetel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aubert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marget" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-04961-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530596v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Onfroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1332976" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483926v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04548-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228686v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14071399" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284101v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rivi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Vetel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1189289" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287972v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02100057v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Billard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quill&#233;v&#233;r&#233;-Hamard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le May" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jph.12799" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288009v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275696v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2447-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baviere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Roy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herv&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0822-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236551v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Piriou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Roy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-015-2583-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208693v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Duarte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-126" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280035v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737260v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-A. Josselin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Desgroux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318150v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice J Coyne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dufour Philippe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mangin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roullet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208702v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duarte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Uricaru" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01493826v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NSARC121" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421240v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lepr&#233;vost" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Imbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lavaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boutet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Miteul" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-05095-4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228605v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lavaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Riviere" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vetel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aubert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marget" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-025-04961-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530596v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Moussart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Onfroy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Pilet-Nayel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1332976" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228686v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483926v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lesn&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04548-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14071399" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284101v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rivi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Vetel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1189289" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671280v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Burstin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlan Avia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Carillo-Perdomo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Beji" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/leg3.108" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287972v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02100057v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Billard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Quill&#233;v&#233;r&#233;-Hamard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le May" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jph.12799" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03288009v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Kerlan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275696v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peterlongo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Lhuillier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2447-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baviere" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Roy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herv&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0822-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236551v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Piriou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Roy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-015-2583-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208693v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Duarte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Aubert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-126" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280035v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737260v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-A. Josselin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737585v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre-Aurore Josselin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Desgroux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318150v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarice J Coyne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dufour Philippe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejeune-Henaut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mangin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roullet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208702v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duarte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Uricaru" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01493826v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015NSARC121" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>