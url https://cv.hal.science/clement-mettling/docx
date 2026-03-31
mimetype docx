--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -1172,546 +1172,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic amplification of chromosome 20q13.33 is the early biomarker for the development of sporadic colorectal carcinoma</w:t>
+                <w:t xml:space="preserve">SAMHD1 agit sur les fourches de réplication bloquées pour empêcher l’induction d’interféron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vo-Minh-Hoang Bui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clément Mettling</w:t>
+                <w:t xml:space="preserve">F. Coquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Jou</w:t>
+                <w:t xml:space="preserve">M. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Sunny Sun</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H. Técher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Zadorozhny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12920-020-00776-z⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 343 (1), pp.9-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crbiol.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03078496v1</w:t>
+                <w:t xml:space="preserve">hal-03078628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topoisomerase 1 prevents replication stress at R-loop-enriched transcription termination sites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anna Biernacka</w:t>
+                <w:t xml:space="preserve">SAMHD1 agit sur les fourches de réplication bloquées pour empêcher l’induction d’interféron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Coquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Técher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Zadorozhny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17858-2⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 343 (1), pp.9-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crbiol.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931000v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03083188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAMHD1 agit sur les fourches de réplication bloquées pour empêcher l’induction d’interféron</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topoisomerase 1 prevents replication stress at R-loop-enriched transcription termination sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexy Promonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismaël Padioleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaqun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel A. Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Coquel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Sharma</w:t>
+                <w:t xml:space="preserve">Anna Biernacka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crbiol.10⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17858-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03083188v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAMHD1 agit sur les fourches de réplication bloquées pour empêcher l’induction d’interféron</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic amplification of chromosome 20q13.33 is the early biomarker for the development of sporadic colorectal carcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Zadorozhny</w:t>
+                <w:t xml:space="preserve">Vo-Minh-Hoang Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Sharma</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jonathan Jou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Sunny Sun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crbiol.10⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12920-020-00776-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03078628v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03078496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclophilin A enables specific HIV-1 Tat palmitoylation and accumulation in uninfected cells</w:t>
               </w:r>
@@ -1959,295 +1959,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01635726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of genotypic adaptation to the exposure to volcanic risk at the dopamine receptor DRD4 locus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Autophagy-associated dengue vesicles promote viral transmission avoiding antibody neutralization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Mettling</w:t>
+                <w:t xml:space="preserve">Yw Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ali Bchir</w:t>
+                <w:t xml:space="preserve">C Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danang Hadmoko</w:t>
+                <w:t xml:space="preserve">Sr Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Heitz</w:t>
+                <w:t xml:space="preserve">Cy Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gc Perng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6 (37745), 7 p. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep37745⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 6, pp.32243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep32243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02062364v1</w:t>
+                <w:t xml:space="preserve">hal-01377127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autophagy-associated dengue vesicles promote viral transmission avoiding antibody neutralization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yw Wu</w:t>
+                <w:t xml:space="preserve">Evidence of genotypic adaptation to the exposure to volcanic risk at the dopamine receptor DRD4 locus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Mettling</w:t>
+                <w:t xml:space="preserve">Clement Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sr Wu</w:t>
+                <w:t xml:space="preserve">Mohamed Ali Bchir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cy Yu</w:t>
+                <w:t xml:space="preserve">Danang Hadmoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gc Perng</w:t>
+                <w:t xml:space="preserve">Carine Heitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6, pp.32243. </w:t>
+              <w:t xml:space="preserve">, 2016, 6 (37745), 7 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep32243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep37745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377127v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIV-1 Tat inhibits phagocytosis by preventing the recruitment of Cdc42 to the phagocytic cup</w:t>
               </w:r>
@@ -3579,575 +3579,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00185296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell surface CCR5 density determines the intensity of T cell migration towards rheumatoid arthritis synoviocytes.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yea-Lih Lin</w:t>
+                <w:t xml:space="preserve">Unintegrated HIV-1 provides an inducible and functional reservoir in untreated and highly active antiretroviral therapy-treated patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Al Tabaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tuaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Noel</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Baillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clim.2007.01.004⟩</w:t>
+              <w:t xml:space="preserve">Retrovirology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4, pp.60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1742-4690-4-60⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148014v1</w:t>
+                <w:t xml:space="preserve">hal-00194043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unintegrated HIV-1 provides an inducible and functional reservoir in untreated and highly active antiretroviral therapy-treated patients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y. Al Tabaa</w:t>
+                <w:t xml:space="preserve">Cell surface CCR5 density determines the intensity of T cell migration towards rheumatoid arthritis synoviocytes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Desmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yea-Lih Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mettling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Portales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Tuaillon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Baillat</w:t>
+                <w:t xml:space="preserve">D. Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Retrovirology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 123 (2), pp.148-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clim.2007.01.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1742-4690-4-60⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00194043v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The strength of the chemotactic response to a CCR5 binding chemokine is determined by the level of cell surface CCR5 density.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The efficiency of R5 HIV-1 infection is determined by CD4 T-cell surface CCR5 density through Galphai-protein signalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yea-Lih Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Portales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Reant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Rabesandratana</w:t>
+                <w:t xml:space="preserve">V. Robert-Hebmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 119 (4), pp.551-561. </w:t>
+              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 20, pp.1369-1377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2567.2006.02470.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/01.aids.0000233570.51899.e2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00122082v1</w:t>
+                <w:t xml:space="preserve">hal-00082331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The efficiency of R5 HIV-1 infection is determined by CD4 T-cell surface CCR5 density through Galphai-protein signalling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The strength of the chemotactic response to a CCR5 binding chemokine is determined by the level of cell surface CCR5 density.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Desmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yea-Lih Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Portales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Robert-Hebmann</w:t>
+                <w:t xml:space="preserve">H. Rabesandratana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 20, pp.1369-1377. </w:t>
+              <w:t xml:space="preserve">Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 119 (4), pp.551-561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/01.aids.0000233570.51899.e2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2567.2006.02470.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00082331v1</w:t>
+                <w:t xml:space="preserve">hal-00122082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-based design, synthesis, and biological evaluation of novel inhibitors of human cyclophilin A.</w:t>
               </w:r>
@@ -4690,51 +4690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drosophila Sgs3 TATA: effects of point mutations on expression in vivo and protein binding in vitro with staged nuclear extracts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Giangrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4927,51 +4927,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sps-3 transcript levels are determined by multiple remote sequence elements.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Giangrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Mettling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Richards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5444,51 +5444,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanti Ariyanti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nila" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winati Nurhayu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanthi Arum Widayati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4308/hjb.33.3.739-749" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Younas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gimenez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mettling" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Maiorano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiaf058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Kundura" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ballongue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Andr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Michel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2300359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748558v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Guigues" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Doumazane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000003931" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748159v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; T&#233;cher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyavarshini Gopaul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Heuz&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Bouzalmad" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49740-w" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106774v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Schatz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Marty" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ounadjela" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc Bao Viet Tong" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Cardace" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00278-23" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954770v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen-Jir&#333; Clochard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aby Mbengue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diouf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Faurie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-27002-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837641v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2022.06.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078496v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vo-Minh-Hoang Bui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Sunny Sun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12920-020-00776-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02931000v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Promonet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Padioleau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqun Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Biernacka" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17858-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083188v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coquel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silva" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T&#233;cher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zadorozhny" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sharma" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.10" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03078628v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146273v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chopard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Toth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Yezid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04674-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635726v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Duquenne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Viala" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boulouis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001649" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062364v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Mettling" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bchir" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danang Hadmoko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37745" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377127v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yw Wu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mettling" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Wu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cy Yu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gc Perng" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32243" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146268v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Debaisieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lachambre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gross" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besteiro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7211" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duquenne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Psomas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gimenez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guigues" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Carles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1303298" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645719v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Yi Shen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jun Liu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jaw Don" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsien-Yueh Liu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeng-Weng Chen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027480" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575112v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Vidi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boursier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delouche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portales" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadars" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2010.11.012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7Q6P967-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147182v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rayne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2010.32" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00206135v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mettling" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Rouzier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e3282f46a6f" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322412v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desmetz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Fiser" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Corbeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e32830abdaf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130455v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Du Chene" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Basyuk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Triboulet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knezevich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601517" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bakkour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yl. Lin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maire" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ayadi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mahuteau-Betzer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0030159" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185296v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148014v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Noel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2007.01.004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4L6QG07-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194043v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Petitjean" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Al Tabaa" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tuaillon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baillat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-4-60" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122082v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabesandratana" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2567.2006.02470.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082331v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert-Hebmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000233570.51899.e2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113407v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Guichou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Subra" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm050716a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262222v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bachrach" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dreja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L. Lin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2004.11.031" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00143203v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Crozet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mourton-Gilles" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01484" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478180v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Giangrande" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ruiz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Richards" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.1020100308" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ABE6CAA7FA49232FDFD22B59062CC2E60F81B522/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478183v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Giangrande" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ruiz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Richards" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478161v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-1910(88)90077-7" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3QZFBXW7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475626v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475625v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-2836(87)90523-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0118XHCZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315770v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vernet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanti Ariyanti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nila" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winati Nurhayu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanthi Arum Widayati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4308/hjb.33.3.739-749" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehwish Younas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gimenez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yea-Lih Lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mettling" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Maiorano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiaf058" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Kundura" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Cezar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Ballongue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Andr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Michel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.2300359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748558v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Guigues" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Doumazane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000003931" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748159v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; T&#233;cher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyavarshini Gopaul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Heuz&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Bouzalmad" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Leray" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-49740-w" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106774v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malvina Schatz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Marty" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ounadjela" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuoc Bao Viet Tong" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Cardace" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00278-23" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954770v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen-Jir&#333; Clochard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aby Mbengue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birane Diouf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Faurie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-27002-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837641v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2022.06.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03078628v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coquel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Silva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T&#233;cher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Zadorozhny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sharma" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.10" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083188v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02931000v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Promonet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Padioleau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqun Liu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Biernacka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17858-2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078496v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vo-Minh-Hoang Bui" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Jou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Sunny Sun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12920-020-00776-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146273v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chopard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Toth" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Yezid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-04674-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635726v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Duquenne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Viala" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boulouis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001649" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377127v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yw Wu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mettling" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Wu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cy Yu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gc Perng" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32243" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062364v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Mettling" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ali Bchir" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danang Hadmoko" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Heitz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep37745" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146268v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Debaisieux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lachambre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gross" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Besteiro" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms7211" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074809v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Duquenne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Psomas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gimenez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Guigues" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mj Carles" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1303298" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645719v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Yi Shen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jun Liu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Jaw Don" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsien-Yueh Liu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeng-Weng Chen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027480" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575112v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Vidi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boursier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delouche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portales" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cadars" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2010.11.012" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7Q6P967-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147182v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Rayne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2010.32" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00206135v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mettling" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Rouzier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Clot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e3282f46a6f" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322412v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desmetz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Fiser" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Corbeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0b013e32830abdaf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130455v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Du Chene" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Basyuk" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Triboulet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Knezevich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601517" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00259118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bakkour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yl. Lin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maire" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ayadi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mahuteau-Betzer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0030159" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185296v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194043v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Petitjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Al Tabaa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tuaillon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baillat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4690-4-60" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148014v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Noel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clim.2007.01.004" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4L6QG07-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082331v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert-Hebmann" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.aids.0000233570.51899.e2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122082v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabesandratana" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2567.2006.02470.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113407v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Guichou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Viaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Subra" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm050716a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262222v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bachrach" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Dreja" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. L. Lin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2004.11.031" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00143203v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Crozet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Mourton-Gilles" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.01484" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478180v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Giangrande" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ruiz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Richards" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvg.1020100308" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ABE6CAA7FA49232FDFD22B59062CC2E60F81B522/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478183v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Giangrande" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Martin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ruiz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Richards" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478161v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-1910(88)90077-7" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3QZFBXW7-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475626v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475625v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-2836(87)90523-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0118XHCZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315770v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vernet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>