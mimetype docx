--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -131,51 +131,51 @@
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carla Molinari; Marco Spada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Cullen's Townscape in USA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Routledge, pp.263-275, 2026</w:t>
+              <w:t xml:space="preserve">, Routledge, pp.263-275, 2026, 9781032876184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05522128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -819,1116 +819,1116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01414144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">EPAD (Etablissement public d'aménagement pour la région dite de la Défense)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Parenthèses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.186-191, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pellerin, Christian / SARI-SEERI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Parenthèses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.335-340, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De la genèse de la centralité à la fabrique de l’urbanité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clément Orillard; Antoine Picon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la ville nouvelle à la ville durable : Marne-la-Vallée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.183-203, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01414444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Pellerin, Christian / SARI-SEERI</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Américanisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.335-340, 2012</w:t>
+              <w:t xml:space="preserve">, pp.24-29, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Américanisme</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quatre Temps (Les)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.24-29, 2012</w:t>
+              <w:t xml:space="preserve">, pp.352-357, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">EPAD (Etablissement public d'aménagement pour la région dite de la Défense)</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saubot, Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.186-191, 2012</w:t>
+              <w:t xml:space="preserve">, pp.375-377, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Saubot, Roger</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.375-377, 2012</w:t>
+              <w:t xml:space="preserve">, pp.231-234, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Gestion</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devedjian, Patrick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.231-234, 2012</w:t>
+              <w:t xml:space="preserve">, pp.157-158, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Quatre Temps (Les)</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les grandes étapes d’un projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clément Orillard; Antoine Picon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la ville nouvelle à la ville durable : Marne-la-Vallée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Parenthèses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.49-75, 2012, ISBN 978-2-86364-274-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarkozy, Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.352-357, 2012</w:t>
+              <w:t xml:space="preserve">, pp.372-374, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Devedjian, Patrick</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Région Parisienne (Aménagement de la)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.157-158, 2012</w:t>
+              <w:t xml:space="preserve">, pp.358-364, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...115 lines deleted...]
-                <w:t xml:space="preserve">Sarkozy, Nicolas</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dufau, Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.372-374, 2012</w:t>
+              <w:t xml:space="preserve">, pp.161-162, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Région Parisienne (Aménagement de la)</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EPASA (Etablissement public d'aménagement de Seine-Arche)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Chabard; Virginie Picon-Lefebvre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, un dictionnaire. Architecture/politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...171 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.192-194, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2055,227 +2055,227 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The French Historiography of Urbanisme: Analyzing the Complexity of a Fragmented Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th Conference of the International Planning History Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Hong Kong, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05522131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">From Paris to Shanghai. The Exportation of Planning Expertise by the Institut d’aménagement et d’urbanisme de la région d’Ile-de-France (IAURIF) in the 1980s and the 1990s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AESOP Annual Congress 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05522129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">The French Historiography of Urbanisme: Analyzing the Complexity of a Fragmented Field</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The French Institut d'Urbanisme and its Chinese Students During the Interwar Period: a First Hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Conference of the International Planning History Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...67 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05522133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2508,165 +2508,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03957778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La cooperación técnica francesa en Argentina durante la segunda mitad de la década del 60: ¿ continuidad o coyuntura ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jordanas Internacionales de Estudios de América Latina y el Caribe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Universidad de Buenos Aires, Oct 2021, Buenos Aires (en ligne), Argentina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Kevin Lynch et l'Italie : histoire de quelques circulations (1951 - 1964)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre héritage des Ciam et invention du territoire Revisiter le débat architectural italien, 1952-1966</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENSA Paris-Est, Jan 2021, Marne-la -Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945651v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03945681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Lynch et l’Italie : histoire de quelques circulations (1951-1964)</w:t>
               </w:r>
@@ -3358,174 +3358,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The paradox of Gordon Cullen: Between International Celebrity and a Limited Carreer Abroad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th IPHS Conference - History, Urbanism, Resilience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Planning History Society, Jul 2016, Delft, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7480/iphs.2016.1.1209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Una nueva generación de consultorías extranjeras para el desarrollismo. El ejemplo francés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1er Congreso Ibero-americano de Historia Urbana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Asociación Iberoamericana de Historia Urbana, Nov 2016, Santiago de Chile, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01414457v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-01414475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schéma directeur, RER et ville nouvelle. Expertise française en Argentine</w:t>
               </w:r>
@@ -3827,2888 +3827,2888 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURAU 08. Symposium of the European Research in Architecture and Urbanism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2008, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flux, mémoires et parcours des étudiants chinois au sein de l’Institut d’urbanisme de l’Université de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Brissaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coudroy de Lille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Collectif Inventer le Grand Paris, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2022.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La centralité au risque de l'équipement commercial : le cas de Saint-Quentin-en-Yvelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inventer le Grand Paris, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2020.0045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie mixte et l'aménagement urbain en France, XXe-XXIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aldhuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commerce et urbanisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René-Paul Desse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9, http://www.riurba.review/revue/jan-juin-2019/, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04019973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La circulation des modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divya Leducq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Demazière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economie mixte et aménagement urbain au XXe siècle, une histoire balisée mais un champ encore largement à explorer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aldhuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Histoire urbaine, 68, pp.5-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhu.068.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paribas et l’économie mixte locale : un réseau pionnier au service d’un développement dans l’immobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Histoire urbaine, 68, pp.33-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhu.068.0033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The anniversaries of the Ecole d’urbanisme de Paris (1919–1969–2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (2), pp.411-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02665433.2021.1889400⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre influencia francesa y desarrollismo latinoamericano: el “urbanismo geopolítico”de los años sesenta y setenta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iberoamericana. América Latina. España. Portugal </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (74), pp.57-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18441/ibam.20.2020.74.57-81⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03301370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure du schéma directeur à l’étranger : la diffusion d’un modèle français ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour mémoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, HS 26, pp.162-169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complexity and contradiction: in memoriam Robert Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Gold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Rego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Pérez Oyarzun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (3), pp.533-538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02665433.2019.1587927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exporting New Towns – A Tale of Two Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen V. Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Town and Country Planning -London- Town and Country Planning Association-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 88 (10), pp.394-401</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02514714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les appels à projets innovants : un renouveau de l’articulation public–privé dans l’aménagement urbain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventing Grand Paris : metropolitan planning history and its valorization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1 - 9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02665433.2017.1359104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acteurs de la « politique des villes nouvelles » et études à l’export. Le cas de l’action en Argentine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50, pp.137-154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exporter l’expertise urbanistique française. Esquisse d’une histoire à travers ses agents et ses marchés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour mémoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, HS Automne 2017, pp.92-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The transnational building of urban design: interplay between genres of discourse in the Anglophone world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (2), pp.209 - 229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02665433.2013.878879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Lynch et l’innovation dans les systèmes de visualisation urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014 (180), pp.63 - 77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S033615001401206X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon Cullen beyond The Architectural Review : some new perspectives from his personal archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (5), pp.719 - 731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13602365.2012.724855⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing urban design's ‘Townscape’ origins: some relationships between a British editorial policy and an American academic field in the 1950s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urban History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36 (02), pp.284 - 302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0963926809006294⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Doctor of design d'Harvard comme prototype : comment penser un doctorat pour les professionnels de l'architecture ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux Communs - Les Cahiers du LAUA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Formes et pratiques de l'activité de recherche, 10, pp.163-185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03194813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un demi-siècle de boulevard périphérique (1973-2023). Temps de discussion 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justinien Tribillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Simonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Thirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25580/igp.2023.0028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session 1 : La formation aux professions du cadre bâti (architecture, génie civil, urbanisme) des étudiants chinois en France dans la première moitié du XXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25580/igp.2022.0010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04776261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier Paris-Moscou : Planifier le Grand Moscou post-soviétique -Temps de discussion 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Panzeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Viganò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lïa Zalivoukhine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25580/igp.2021.0012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Grand Paris contemporain. Temps de discussion 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Vadelorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aldhuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Roseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Malaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/IGP.2019.0051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier Paris-Berlin : Grand Berlin, écriture de l’histoire et politiques urbaines. Temps de discussion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Jaquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harald Bodenschatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25580/igp.2019.0010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plans dans leur épaisseur. Temps de discussion 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jaquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delbaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Vadelorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Aldhuy</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Roseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2018.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plans dans leur épaisseur. Temps de discussion 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Orillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Malaud</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Orillard</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Bertoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/IGP.2019.0051⟩</w:t>
+              <w:t xml:space="preserve">2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2018.0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Clément Orillard</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les plans dans leur épaisseur. Temps de discussion 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Jaquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Bertoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Angelo Bertoni</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Pousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Pousin</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Vadelorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25580/igp.2018.0018⟩</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25580/igp.2018.0016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...253 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680463v1</w:t>
-              </w:r>
-[...1844 lines deleted...]
-                <w:t xml:space="preserve">halshs-03194813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6920,51 +6920,51 @@
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Orillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Picon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Parenthèses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7334,51 +7334,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522128v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945172v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945190v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/entre-rome-et-las-vegas--9782954996165-page-31.htm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/acs.chava.2021.01.0031" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coudroy de Lille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330462v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen V. Ward" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/978-1-83909-430-920201009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330459v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b2.com/les-livres/87-marina-baie-des-anges.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514696v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414183v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414144v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414444v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsparentheses.com/de-la-ville-nouvelle-a-la-ville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414389v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsparentheses.com/la-defense-un-dictionnaire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414192v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414308v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414412v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414382v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414396v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414440v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414402v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414200v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414364v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414174v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Heterotopia-and-the-City-Public-Space-in-a-Postcivil-Society/Dehaene-Cauter/p/book/9781138975965" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522129v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522131v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522133v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945645v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Brissiaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945208v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Henriot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945651v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945681v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330768v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764670v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0040" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330759v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514859v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514861v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648674v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648675v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414457v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414475v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7480/iphs.2016.1.1209" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414453v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414477v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414480v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414481v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522675v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858536v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justinien Tribillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Simonnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Emery" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Thirot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776261v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2022.0010" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767362v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Panzeri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vigan&#242;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#239;a Zalivoukhine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0012" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681024v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bodenschatz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0010" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757017v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/IGP.2019.0051" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680485v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Bertoni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0018" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680529v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0021" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680463v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0016" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266741v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04019973v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Desjardins" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Paul Desse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paris" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271663v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Leducq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourdin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demazi&#232;re" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271607v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Brissaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2022.0013" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945688v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0045" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266752v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.068.0005" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271616v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.068.0033" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286918v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2021.1889400" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301370v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18441/ibam.20.2020.74.57-81" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514715v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514587v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gold" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Rego" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando P&#233;rez Oyarzun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2019.1587927" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514714v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329979v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648672v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2017.1359104" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648673v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648670v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414116v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2013.878879" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414110v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S033615001401206X" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414120v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13602365.2012.724855" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414127v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0963926809006294" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55CC2D285498D61A013A6622A5E5B1C0A19C14D9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194813v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711093v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330655v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167056v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Borruey" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522684v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522128v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Orillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945172v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945190v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/entre-rome-et-las-vegas--9782954996165-page-31.htm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/acs.chava.2021.01.0031" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coudroy de Lille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330462v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen V. Ward" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/978-1-83909-430-920201009" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330459v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-b2.com/les-livres/87-marina-baie-des-anges.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514696v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414183v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414144v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414308v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsparentheses.com/la-defense-un-dictionnaire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414389v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414444v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsparentheses.com/de-la-ville-nouvelle-a-la-ville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414192v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414412v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414382v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414440v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414402v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414200v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414364v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414174v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Heterotopia-and-the-City-Public-Space-in-a-Postcivil-Society/Dehaene-Cauter/p/book/9781138975965" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522131v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522129v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05522133v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945645v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Brissiaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945208v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Henriot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945681v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945651v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330768v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764670v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0040" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330759v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330716v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514859v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514861v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648674v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648675v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414475v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7480/iphs.2016.1.1209" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414457v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414453v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414477v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414480v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414481v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522675v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271607v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Brissaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2022.0013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945688v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0045" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266741v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04019973v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Desjardins" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;-Paul Desse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Paris" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271663v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Leducq" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourdin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demazi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266752v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.068.0005" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271616v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.068.0033" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2021.1889400" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301370v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18441/ibam.20.2020.74.57-81" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514715v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514587v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gold" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Hein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Rego" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando P&#233;rez Oyarzun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2019.1587927" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514714v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329979v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648672v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2017.1359104" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648673v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648670v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414116v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02665433.2013.878879" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414110v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S033615001401206X" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414120v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13602365.2012.724855" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0963926809006294" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55CC2D285498D61A013A6622A5E5B1C0A19C14D9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194813v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04858536v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pousin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justinien Tribillon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Simonnet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Emery" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Thirot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2023.0028" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776261v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2022.0010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767362v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Panzeri" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Vigan&#242;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#239;a Zalivoukhine" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roseau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2021.0012" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757017v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vadelorge" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/IGP.2019.0051" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681024v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaquand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Bodenschatz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2019.0010" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680529v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delbaere" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0021" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680485v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Bertoni" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0018" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680463v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2018.0016" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711093v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330655v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00758755v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Picon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167056v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Borruey" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522684v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>