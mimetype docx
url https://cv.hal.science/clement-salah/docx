--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -505,1045 +505,1045 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ḥanafī Law in Ifrīqiya in the 3rd/9th Century, Asad b. al-Furāt’s Transmission of the Kitāb al-Aṣl by Muḥammad b. al-Ḥasan al-Shaybānī. Three Manuscripts from the Ancient Library of Raqqada-Kairouan Attributed to Al-Asadiyya: Book of Prayer, Book of Manumission, Book of Theft and Brigandage, study and edition by Nejmeddine Hentati</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing Arabic Maghribi Handwritten Text Recognition with RASAM 2: A Comprehensive Dataset and Benchmarking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahan Vidal-Gorène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëmie Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliénor Decours-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Islamic Law and Society</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+              <w:t xml:space="preserve">Computational Humanities Research (CHR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Aarhus, Denmark. pp.200-216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753807v1</w:t>
-[...748 lines deleted...]
-                <w:t xml:space="preserve">hal-04753791v1</w:t>
+                <w:t xml:space="preserve">hal-04722622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Arabic Maghribi Handwritten Text Recognition with RASAM 2: A Comprehensive Dataset and Benchmarking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chahan Vidal-Gorène</w:t>
+                <w:t xml:space="preserve">Les études sur les mondes musulmans et les humanités numériques. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Salah</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antoine Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Humanities Research (CHR)</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Les études sur les mondes musulmans et les humanités numériques, 153, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/130fs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ḥanafī Law in Ifrīqiya in the 3rd/9th Century, Asad b. al-Furāt’s Transmission of the Kitāb al-Aṣl by Muḥammad b. al-Ḥasan al-Shaybānī. Three Manuscripts from the Ancient Library of Raqqada-Kairouan Attributed to Al-Asadiyya: Book of Prayer, Book of Manumission, Book of Theft and Brigandage, study and edition by Nejmeddine Hentati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Islamic Law and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (4), pp.472-477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15685195-20240003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’émergence du mašhūr mālikite (IV e-VIe/Xe-XII e siècle) : harmonisation de la norme juridique et crise de l’autorité en Occident musulman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asiatische Studien/Etudes Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 78 (1), pp.19-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/asia-2024-0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Earliest Manuscripts of Kairouan (9th-11th Centuries): New Approaches for a More Accurate Dating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umberto Bongianino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 71 (3), pp.247 - 303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15700585-202416893⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Islamic Studies and the Digital Humanities. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Islamic Studies and the Digital Humanities, 156, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/130g0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ašhab b. ʿAbd al-ʿAzīz (m. 204/820) et l’évolution du maḏhab mālikite (iiie-vie/ixe-xiie siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Islamic Law and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (4), pp.392-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15685195-bja10040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Garnier, Histoires Hafsides. Pouvoir et idéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin critique des annales islamologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bcai.2534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FENWICK Corisande, Early Islamic North Africa: A New Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Mondes Musulmans et de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 152, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/remmm.18239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasin Dutton: Early Islam in Medina. Mālik and His Muwaṭṭa’. viii, 153 pp. London: Bloomsbury Academic, 2021. £85. ISBN 978 1 3502 6186 0.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the School of Oriental and African Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85 (1), pp.124-125. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04722622v1</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0041977X22000520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le maḏhab ḥanafite d’Ifrīqiya (IIe–IVe/VIIIe–Xe siècle) : Asad b. al-Furāt (m. 213/828) et la transmission du Kitāb al-aṣl d’al-Šaybānī (m. 189/805)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asiatische Studien/Etudes Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 76 (4), pp.853-921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/asia-2022-0045⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1724,77 +1724,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RASAM - A Dataset for the Recognition and Analysis of Scripts in Arabic Maghrebi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahan Vidal-Gorène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëmie Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor Decours-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Dupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1931,51 +1931,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FA2F48DA"/>
+    <w:nsid w:val="B9A483F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2162,51 +2162,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-salah" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7846-4054" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/262431386" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163931v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Chagu&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cl&#233;rice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Kiessling" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stokes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03874725v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas No&#235;mie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Salah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahan Vidal-Gor&#232;ne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753751v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2024-0013" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753807v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685195-20240003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872095v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130fs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753761v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2024-0008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753741v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Bongianino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-202416893" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872098v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130g0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753769v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685195-bja10040" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754975v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bcai.2534" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753823v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.18239" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753784v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X22000520" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753791v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2022-0045" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-04722622v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Lucas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Decours-Perez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03660839v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Alessi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Voguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Warscheid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03430697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dupin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86198-8_19" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/clement-salah" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7846-4054" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/262431386" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163931v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Chagu&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cl&#233;rice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Kiessling" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Stokes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-03874725v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas No&#235;mie" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Salah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahan Vidal-Gor&#232;ne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753751v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2024-0013" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enc.hal.science/hal-04722622v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;mie Lucas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor Decours-Perez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872095v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130fs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753807v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685195-20240003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753761v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2024-0008" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753741v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Bongianino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15700585-202416893" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872098v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130g0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753769v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15685195-bja10040" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754975v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bcai.2534" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753823v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remmm.18239" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X22000520" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/asia-2022-0045" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03660839v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Alessi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Voguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Warscheid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03430697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dupin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86198-8_19" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>